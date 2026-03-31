--- v0 (2025-10-30)
+++ v1 (2026-03-31)
@@ -77,51 +77,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:object w:dxaOrig="825" w:dyaOrig="902" w14:anchorId="1D049C7D">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:59.25pt;height:65.25pt" o:ole="" fillcolor="window">
                   <v:imagedata r:id="rId6" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="CPaint5" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1818995112" r:id="rId7"/>
+                <o:OLEObject Type="Embed" ProgID="CPaint5" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1833016123" r:id="rId7"/>
               </w:object>
             </w:r>
           </w:p>
           <w:p w14:paraId="7C34F679" w14:textId="77777777" w:rsidR="009C402C" w:rsidRPr="00736D37" w:rsidRDefault="009C402C" w:rsidP="00202EE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -3819,73 +3819,73 @@
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00765E3F" w:rsidRPr="00765E3F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>uvjetima za obavljanje djelatnosti („Narodne novine“ broj 74/13</w:t>
       </w:r>
       <w:r w:rsidR="00765E3F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00765E3F" w:rsidRPr="00765E3F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 27/20)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A926179" w14:textId="6F90C077" w:rsidR="00765E3F" w:rsidRDefault="00A02B4F" w:rsidP="0049123A">
+    <w:p w14:paraId="0A926179" w14:textId="7FFB954B" w:rsidR="00765E3F" w:rsidRDefault="00A02B4F" w:rsidP="0049123A">
       <w:pPr>
         <w:pStyle w:val="Bezproreda"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A02B4F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>- Zakon o gradnji („Narodne novine“ broj 153/13, 20/17, 39/19, 125/19</w:t>
+        <w:t xml:space="preserve">- Zakon o gradnji („Narodne novine“ broj </w:t>
       </w:r>
-      <w:r w:rsidR="00A618DC">
+      <w:r w:rsidR="00C45209">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, 145/24</w:t>
+        <w:t>155/25</w:t>
       </w:r>
       <w:r w:rsidRPr="00A02B4F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E360243" w14:textId="77777777" w:rsidR="004A3468" w:rsidRDefault="004A3468" w:rsidP="004A3468">
       <w:pPr>
         <w:pStyle w:val="Bezproreda"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50381E09" w14:textId="77777777" w:rsidR="006C1DF5" w:rsidRPr="0049123A" w:rsidRDefault="006C1DF5" w:rsidP="004A3468">
       <w:pPr>
         <w:pStyle w:val="Bezproreda"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -4415,51 +4415,51 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C686C04" w14:textId="18695559" w:rsidR="00281A17" w:rsidRPr="00736D37" w:rsidRDefault="00281A17" w:rsidP="00214D0E">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00281A17" w:rsidRPr="00736D37" w:rsidSect="00285CA3">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="1418" w:bottom="567" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -5834,71 +5834,73 @@
   </w:num>
   <w:num w:numId="9" w16cid:durableId="507599677">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="2039576932">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="94597533">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="521549938">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="96488089">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="819542513">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:doNotDisplayPageBoundaries/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00202EE1"/>
     <w:rsid w:val="00013EC1"/>
     <w:rsid w:val="00016E0C"/>
     <w:rsid w:val="000722B1"/>
     <w:rsid w:val="000C7CB2"/>
     <w:rsid w:val="000F4E1C"/>
     <w:rsid w:val="00202EE1"/>
     <w:rsid w:val="00214D0E"/>
     <w:rsid w:val="0023365E"/>
+    <w:rsid w:val="00234C6A"/>
     <w:rsid w:val="00281A17"/>
     <w:rsid w:val="00285CA3"/>
     <w:rsid w:val="002934D0"/>
     <w:rsid w:val="002C6610"/>
     <w:rsid w:val="002E5280"/>
     <w:rsid w:val="002F20AC"/>
     <w:rsid w:val="002F3AA0"/>
     <w:rsid w:val="00306DCA"/>
     <w:rsid w:val="00316651"/>
     <w:rsid w:val="00364A92"/>
     <w:rsid w:val="00380C49"/>
     <w:rsid w:val="003B0715"/>
     <w:rsid w:val="003B425F"/>
     <w:rsid w:val="003B4342"/>
     <w:rsid w:val="003D1EC2"/>
     <w:rsid w:val="00416D80"/>
     <w:rsid w:val="00431363"/>
     <w:rsid w:val="004423B1"/>
     <w:rsid w:val="004718D1"/>
     <w:rsid w:val="0049123A"/>
     <w:rsid w:val="00491E24"/>
     <w:rsid w:val="004A26AE"/>
     <w:rsid w:val="004A3468"/>
     <w:rsid w:val="004C1548"/>
     <w:rsid w:val="004C1D5D"/>
@@ -5927,50 +5929,51 @@
     <w:rsid w:val="00780940"/>
     <w:rsid w:val="00801112"/>
     <w:rsid w:val="00801434"/>
     <w:rsid w:val="00803B6A"/>
     <w:rsid w:val="00923F7E"/>
     <w:rsid w:val="0093148F"/>
     <w:rsid w:val="009345F1"/>
     <w:rsid w:val="00971E37"/>
     <w:rsid w:val="009C402C"/>
     <w:rsid w:val="009D2829"/>
     <w:rsid w:val="009D2D53"/>
     <w:rsid w:val="009D46D9"/>
     <w:rsid w:val="009F0A5B"/>
     <w:rsid w:val="00A02B4F"/>
     <w:rsid w:val="00A513DC"/>
     <w:rsid w:val="00A618DC"/>
     <w:rsid w:val="00A943D6"/>
     <w:rsid w:val="00AA0658"/>
     <w:rsid w:val="00AF7B1B"/>
     <w:rsid w:val="00B16153"/>
     <w:rsid w:val="00B63279"/>
     <w:rsid w:val="00B676D6"/>
     <w:rsid w:val="00B75707"/>
     <w:rsid w:val="00BE0E68"/>
     <w:rsid w:val="00C37B05"/>
+    <w:rsid w:val="00C45209"/>
     <w:rsid w:val="00C617CE"/>
     <w:rsid w:val="00C97161"/>
     <w:rsid w:val="00CA3A4E"/>
     <w:rsid w:val="00CC2AA8"/>
     <w:rsid w:val="00CE4BBE"/>
     <w:rsid w:val="00CE4FED"/>
     <w:rsid w:val="00CE6986"/>
     <w:rsid w:val="00D268F4"/>
     <w:rsid w:val="00D30F64"/>
     <w:rsid w:val="00D929EA"/>
     <w:rsid w:val="00DB2423"/>
     <w:rsid w:val="00DB49AB"/>
     <w:rsid w:val="00DE3F51"/>
     <w:rsid w:val="00DF25EC"/>
     <w:rsid w:val="00E3064C"/>
     <w:rsid w:val="00E53838"/>
     <w:rsid w:val="00E53FF6"/>
     <w:rsid w:val="00E54DE3"/>
     <w:rsid w:val="00E621CE"/>
     <w:rsid w:val="00E669C1"/>
     <w:rsid w:val="00E961E1"/>
     <w:rsid w:val="00EE4F86"/>
     <w:rsid w:val="00EF5E8A"/>
     <w:rsid w:val="00F13E63"/>
     <w:rsid w:val="00F2469E"/>
@@ -7388,66 +7391,66 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52C878B1-40B9-4B19-A2B9-24000B3DC0AD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1077</Words>
-  <Characters>6144</Characters>
+  <Words>1073</Words>
+  <Characters>6118</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>51</Lines>
+  <Lines>50</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Naslov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP Inc.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7207</CharactersWithSpaces>
+  <CharactersWithSpaces>7177</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Windows korisnik</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>