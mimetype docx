--- v0 (2025-10-10)
+++ v1 (2026-03-31)
@@ -77,51 +77,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:object w:dxaOrig="825" w:dyaOrig="902" w14:anchorId="293EA427">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:59.25pt;height:65.25pt" o:ole="" fillcolor="window">
                   <v:imagedata r:id="rId6" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="CPaint5" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1818995144" r:id="rId7"/>
+                <o:OLEObject Type="Embed" ProgID="CPaint5" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1833017113" r:id="rId7"/>
               </w:object>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C1E03C0" w14:textId="77777777" w:rsidR="009C402C" w:rsidRPr="00EA1602" w:rsidRDefault="009C402C" w:rsidP="00202EE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -2658,67 +2658,99 @@
         <w:pStyle w:val="Obinitekst"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="009739CA" w:rsidRPr="00473330">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Zakon o pogrebničkoj djelatnosti („Narodne novine“ broj 36/15, 98/19)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AE58EFA" w14:textId="77777777" w:rsidR="00473330" w:rsidRDefault="00473330" w:rsidP="00473330">
+    <w:p w14:paraId="2AE58EFA" w14:textId="2323E5F5" w:rsidR="00473330" w:rsidRDefault="00473330" w:rsidP="00473330">
       <w:pPr>
         <w:pStyle w:val="Obinitekst"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>- Zakon o gradnji („Narodne novine“ broj 153/13, 20/17, 39/19, 125/19)</w:t>
+        <w:t>- Zakon o gradnji („Narodne novine“ broj 15</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB6E35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB6E35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E3A1BE5" w14:textId="6FEBB6E4" w:rsidR="004A3468" w:rsidRDefault="004A3468" w:rsidP="004A3468">
       <w:pPr>
         <w:pStyle w:val="Bezproreda"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40D4413D" w14:textId="77777777" w:rsidR="00680F39" w:rsidRPr="00EA1602" w:rsidRDefault="00680F39" w:rsidP="004D155F">
       <w:pPr>
         <w:pStyle w:val="Bezproreda"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -3143,51 +3175,51 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B8F7314" w14:textId="77777777" w:rsidR="00EA1602" w:rsidRPr="00EA1602" w:rsidRDefault="00EA1602">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00EA1602" w:rsidRPr="00EA1602" w:rsidSect="00D1411A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="1133" w:bottom="567" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -5312,118 +5344,120 @@
   </w:num>
   <w:num w:numId="17" w16cid:durableId="769159594">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1623537543">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="736246736">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1745102566">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1684625905">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1248150201">
     <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:doNotDisplayPageBoundaries/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00202EE1"/>
     <w:rsid w:val="00013EC1"/>
     <w:rsid w:val="00016E0C"/>
     <w:rsid w:val="00040335"/>
     <w:rsid w:val="00056FEF"/>
+    <w:rsid w:val="00095169"/>
     <w:rsid w:val="000C7CB2"/>
     <w:rsid w:val="00105945"/>
     <w:rsid w:val="00160C3E"/>
     <w:rsid w:val="001F2E3D"/>
     <w:rsid w:val="00202EE1"/>
     <w:rsid w:val="002151A7"/>
     <w:rsid w:val="00231169"/>
     <w:rsid w:val="00242136"/>
     <w:rsid w:val="00281A17"/>
     <w:rsid w:val="00285CA3"/>
     <w:rsid w:val="002934D0"/>
     <w:rsid w:val="00295E7F"/>
     <w:rsid w:val="002A7CBC"/>
     <w:rsid w:val="002E1005"/>
     <w:rsid w:val="002E7F27"/>
     <w:rsid w:val="002F20AC"/>
     <w:rsid w:val="0031126A"/>
     <w:rsid w:val="00364A92"/>
     <w:rsid w:val="003B425F"/>
     <w:rsid w:val="003B4342"/>
     <w:rsid w:val="00416D80"/>
     <w:rsid w:val="00431363"/>
     <w:rsid w:val="004423B1"/>
     <w:rsid w:val="00444469"/>
     <w:rsid w:val="00472007"/>
     <w:rsid w:val="00473330"/>
     <w:rsid w:val="00482299"/>
     <w:rsid w:val="00491E24"/>
     <w:rsid w:val="004A26AE"/>
     <w:rsid w:val="004A3468"/>
     <w:rsid w:val="004C1548"/>
     <w:rsid w:val="004C1D5D"/>
     <w:rsid w:val="004C4BFC"/>
     <w:rsid w:val="004D155F"/>
     <w:rsid w:val="00512CA0"/>
     <w:rsid w:val="00523CEB"/>
     <w:rsid w:val="005B55B8"/>
     <w:rsid w:val="0060374D"/>
     <w:rsid w:val="006430B6"/>
     <w:rsid w:val="00647464"/>
     <w:rsid w:val="0065374E"/>
     <w:rsid w:val="00680F39"/>
     <w:rsid w:val="00687D0F"/>
     <w:rsid w:val="006B2944"/>
     <w:rsid w:val="006B33E0"/>
     <w:rsid w:val="006B750F"/>
     <w:rsid w:val="006E0021"/>
     <w:rsid w:val="006E0D35"/>
     <w:rsid w:val="00730A95"/>
     <w:rsid w:val="00736643"/>
+    <w:rsid w:val="007368B5"/>
     <w:rsid w:val="007F40C7"/>
     <w:rsid w:val="00801434"/>
     <w:rsid w:val="00803B6A"/>
     <w:rsid w:val="0093148F"/>
     <w:rsid w:val="0094777B"/>
     <w:rsid w:val="00950702"/>
     <w:rsid w:val="009702D8"/>
     <w:rsid w:val="00971E37"/>
     <w:rsid w:val="009739CA"/>
     <w:rsid w:val="009C402C"/>
     <w:rsid w:val="009D1035"/>
     <w:rsid w:val="009D2829"/>
     <w:rsid w:val="009D2D53"/>
     <w:rsid w:val="00A02BBC"/>
     <w:rsid w:val="00A07CB3"/>
     <w:rsid w:val="00A34B48"/>
     <w:rsid w:val="00A60E1E"/>
     <w:rsid w:val="00A67D50"/>
     <w:rsid w:val="00A830FE"/>
     <w:rsid w:val="00AA21A9"/>
     <w:rsid w:val="00AA5BAC"/>
     <w:rsid w:val="00AA621F"/>
     <w:rsid w:val="00AF7B1B"/>
     <w:rsid w:val="00B12B22"/>
     <w:rsid w:val="00B5109C"/>
@@ -5445,50 +5479,51 @@
     <w:rsid w:val="00D7692B"/>
     <w:rsid w:val="00DB2423"/>
     <w:rsid w:val="00DB49AB"/>
     <w:rsid w:val="00DD79A1"/>
     <w:rsid w:val="00DE3F51"/>
     <w:rsid w:val="00DF25EC"/>
     <w:rsid w:val="00DF43E9"/>
     <w:rsid w:val="00E15919"/>
     <w:rsid w:val="00E32E85"/>
     <w:rsid w:val="00E514D3"/>
     <w:rsid w:val="00E53838"/>
     <w:rsid w:val="00E53FF6"/>
     <w:rsid w:val="00E669C1"/>
     <w:rsid w:val="00E751B0"/>
     <w:rsid w:val="00E83313"/>
     <w:rsid w:val="00E961E1"/>
     <w:rsid w:val="00EA1602"/>
     <w:rsid w:val="00EC0482"/>
     <w:rsid w:val="00EF5E8A"/>
     <w:rsid w:val="00F13E63"/>
     <w:rsid w:val="00F2469E"/>
     <w:rsid w:val="00F37D72"/>
     <w:rsid w:val="00FA7DF8"/>
     <w:rsid w:val="00FB2065"/>
     <w:rsid w:val="00FB4872"/>
+    <w:rsid w:val="00FB6E35"/>
     <w:rsid w:val="00FE1E6A"/>
     <w:rsid w:val="00FE3D02"/>
     <w:rsid w:val="00FE566E"/>
     <w:rsid w:val="00FF21BB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hr-HR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -7431,66 +7466,66 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{741AB625-362E-45BD-9278-884DC2EAABA6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1159</Words>
-  <Characters>6608</Characters>
+  <Words>1155</Words>
+  <Characters>6590</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>55</Lines>
+  <Lines>54</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Naslov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP Inc.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7752</CharactersWithSpaces>
+  <CharactersWithSpaces>7730</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Windows korisnik</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>