--- v0 (2025-10-01)
+++ v1 (2025-12-25)
@@ -1,1069 +1,1068 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1497"/>
-        <w:gridCol w:w="8392"/>
+        <w:gridCol w:w="1491"/>
+        <w:gridCol w:w="8398"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EE3A10" w:rsidRPr="00EE3A10" w:rsidTr="00022B02">
+      <w:tr w:rsidR="00EE3A10" w:rsidRPr="00EE3A10" w14:paraId="1151BFFA" w14:textId="77777777" w:rsidTr="00022B02">
         <w:trPr>
           <w:trHeight w:val="1448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE3A10" w:rsidRPr="00EE3A10" w:rsidRDefault="00EE3A10" w:rsidP="00EE3A10">
+          <w:p w14:paraId="6BE2D327" w14:textId="77777777" w:rsidR="00EE3A10" w:rsidRPr="00EE3A10" w:rsidRDefault="00000000" w:rsidP="00EE3A10">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE3A10">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:object w:dxaOrig="825" w:dyaOrig="902">
+              <w:pict w14:anchorId="0585C5AE">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:63.75pt;height:70.5pt" o:ole="" fillcolor="window">
+                <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:63.75pt;height:70.5pt" fillcolor="window">
                   <v:imagedata r:id="rId4" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="CPaint5" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1753263567" r:id="rId5"/>
-              </w:object>
+              </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EE3A10" w:rsidRPr="00EE3A10" w:rsidRDefault="00EE3A10" w:rsidP="00EE3A10">
+          <w:p w14:paraId="77CB7793" w14:textId="77777777" w:rsidR="00EE3A10" w:rsidRPr="00EE3A10" w:rsidRDefault="00EE3A10" w:rsidP="00EE3A10">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8478" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE3A10" w:rsidRPr="00EE3A10" w:rsidRDefault="00EE3A10" w:rsidP="00EE3A10">
+          <w:p w14:paraId="53B73EB5" w14:textId="77777777" w:rsidR="00EE3A10" w:rsidRPr="00EE3A10" w:rsidRDefault="00EE3A10" w:rsidP="00EE3A10">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE3A10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>KOPRIVNIČKO-KRIŽEVAČKA ŽUPANIJA</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EE3A10" w:rsidRPr="00EE3A10" w:rsidRDefault="00EE3A10" w:rsidP="00EE3A10">
+          <w:p w14:paraId="37ED8CC8" w14:textId="3C088C36" w:rsidR="00EE3A10" w:rsidRPr="00EE3A10" w:rsidRDefault="009C52BA" w:rsidP="00EE3A10">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE3A10">
+            <w:r w:rsidRPr="009C52BA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-              <w:t>Upravni odjel za obrazovanje, kulturu, znanost, sport i nacionalne manjine</w:t>
+              <w:t>Upravni odjel za obrazovanje, zdravstvo, socijalnu skrb i hrvatske branitelje</w:t>
             </w:r>
-            <w:r w:rsidRPr="00EE3A10">
+            <w:r w:rsidR="00EE3A10" w:rsidRPr="00EE3A10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Ulica Antuna </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE3A10">
+            <w:r w:rsidR="00EE3A10" w:rsidRPr="00EE3A10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nemčića</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE3A10">
+            <w:r w:rsidR="00EE3A10" w:rsidRPr="00EE3A10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 5, 48000 Koprivnica</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EE3A10" w:rsidRPr="00EE3A10" w:rsidRDefault="00EE3A10" w:rsidP="00EE3A10">
+          <w:p w14:paraId="2F3EA521" w14:textId="77777777" w:rsidR="00EE3A10" w:rsidRPr="00EE3A10" w:rsidRDefault="00EE3A10" w:rsidP="00EE3A10">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE3A10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">Tel: 048/658-118, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId6" w:history="1">
+            <w:hyperlink r:id="rId5" w:history="1">
               <w:r w:rsidRPr="00EE3A10">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="zh-CN"/>
                 </w:rPr>
                 <w:t>pisarnica@kckzz.hr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EE3A10" w:rsidRDefault="00EE3A10" w:rsidP="00EE3A10"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00A8085F" w:rsidRPr="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
+    <w:p w14:paraId="083E9D42" w14:textId="77777777" w:rsidR="00EE3A10" w:rsidRDefault="00EE3A10" w:rsidP="00EE3A10"/>
+    <w:p w14:paraId="6523B2BC" w14:textId="77777777" w:rsidR="00EE3A10" w:rsidRDefault="00EE3A10" w:rsidP="00EE3A10"/>
+    <w:p w14:paraId="258CB442" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRPr="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A8085F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ZAHTJEV ZA UPIS U REGISTAR SAMOSTALNE SPORTSKE DJELATNOSTI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A8085F" w:rsidRPr="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00EE3A10">
+    <w:p w14:paraId="21EC1947" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRPr="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00EE3A10">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A8085F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Podregistar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A8085F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> samostalne sportske djelatnosti sportaša</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E133F8" w:rsidRDefault="00E133F8" w:rsidP="00EE3A10">
-[...8 lines deleted...]
-    <w:p w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00EE3A10">
+    <w:p w14:paraId="79926F56" w14:textId="77777777" w:rsidR="00E133F8" w:rsidRDefault="00E133F8" w:rsidP="00EE3A10">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01C63F71" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00EE3A10">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A8085F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>OIB podnositelja:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00EE3A10">
+    <w:p w14:paraId="2D7C75A5" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00EE3A10">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ime:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00EE3A10">
+    <w:p w14:paraId="1AB9F923" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00EE3A10">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Prezime:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00EE3A10">
+    <w:p w14:paraId="6B97750D" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00EE3A10">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ulica i broj:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00EE3A10">
+    <w:p w14:paraId="2C725C8D" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00EE3A10">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mjesto:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00EE3A10">
+    <w:p w14:paraId="3A554532" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00EE3A10">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Poštanski broj:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00EE3A10">
+    <w:p w14:paraId="744C5CF0" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00EE3A10">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Sportska djelatnost: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
+    <w:p w14:paraId="309651DC" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a) sudjelovanje u sportskom natjecanju</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
+    <w:p w14:paraId="11CF2357" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>b) sportska priprema</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
+    <w:p w14:paraId="528B7FD8" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sport:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
+    <w:p w14:paraId="4CB466FF" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Županija:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
+    <w:p w14:paraId="3FE02332" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kontakt broj:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
+    <w:p w14:paraId="14B317D9" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Elektronička pošta:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
-[...8 lines deleted...]
-    <w:p w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
+    <w:p w14:paraId="35A69BC7" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53B2E0C2" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Datum upisa:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
-[...8 lines deleted...]
-    <w:p w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
+    <w:p w14:paraId="1065468D" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18503B0F" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Potpis podnositelja:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
-[...44 lines deleted...]
-    <w:p w:rsidR="00A8085F" w:rsidRPr="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
+    <w:p w14:paraId="58F66BE4" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0095E193" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10FB6C6B" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="187AF833" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40908BC4" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="044EA820" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRPr="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00A8085F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Popunjavanjem i potpisivanjem ovog obrasca dajete izričitu privolu za prikupljanje, obrađivanje i čuvanje Vaših osobnih podataka navedenih u obrascu, </w:t>
       </w:r>
       <w:r w:rsidRPr="00A8085F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t>Koprivničko-križevačkoj županiji (u daljnjem tekstu: Voditelju obrade) u svrhu brisanja iz Registra sportskih djelatnosti te</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8085F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> dajete izričitu privolu da Koprivničko-križevačka županija ustupi na obradu osobne podatke iz ovog obrasca nadležnim ministarstvima na njihov zahtjev samo u slučajevima koji su propisani zakonom ili predstavljaju dio ugovornih obveza,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8085F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A8085F" w:rsidRPr="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
+    <w:p w14:paraId="58947B30" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRPr="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A8085F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t>Ovim putem izričito izjavljujete da imate više od 18 godina i da zakonski možete dati privolu za obradu osobnih podataka kako je to navedeno u ovoj izjavi.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A8085F" w:rsidRPr="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
+    <w:p w14:paraId="5346B6AE" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRPr="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A8085F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve">S Vašim osobnim podacima postupat ćemo sukladno Općoj uredbi o zaštiti podataka (EU GDPR) i Zakonu provedbi opće uredbe o zaštiti podataka („Narodne novine“ broj 42/18.), te u skladu s </w:t>
       </w:r>
       <w:r w:rsidRPr="00A8085F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve">Politikom zaštite privatnosti osobnih podataka koja je objavljena i može se pročitati na web stranici Koprivničko-križevačke županije, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidRPr="00A8085F">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="hr-HR"/>
           </w:rPr>
           <w:t>https://kckzz.hr/uprava/politika-zastite-privatnosti-osobnih-podataka/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A8085F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8085F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> uz primjenu odgovarajućih organizacijskih i tehničkih mjera zaštite osobnih podataka od neovlaštenog pristupa, zlouporabe, otkrivanja, gubitka ili uništenja. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A8085F" w:rsidRPr="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
+    <w:p w14:paraId="5ADB0DAC" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRPr="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A8085F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t>            Čuvamo povjerljivost Vaših osobnih podataka te je pristup osobnim podacima omogućen samo onim službenicima kojima su oni potrebni radi provedbe vašeg zahtjeva, a trećim osobama samo u dijelu provedbe ugovornih i zakonskih obveza.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8085F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Voditelj obrade će ishoditi brisanje Vaših osobnih podataka kada oni više neće biti nužni u odnosu na svrhu za koju su prikupljani</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8085F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> sukladno </w:t>
       </w:r>
       <w:r w:rsidRPr="00A8085F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t>Pravilima za upravljanje javnim dokumentarnim gradivom Koprivničko-križevačke županije („Službeni glasnik Koprivničko-križevačke županije“ broj 28/20.).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A8085F" w:rsidRPr="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
+    <w:p w14:paraId="20A85EDF" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRPr="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A8085F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve">Napominjemo da u svako doba, u potpunosti ili djelomice, bez naknade i objašnjenja možete dopuniti nepotpune ili netočne osobne podatke te možete povući svoju privolu i zatražiti prestanak aktivnosti obrade Vaših osobnih podataka Opoziv ne utječe na zakonitost obrade prije njezina povlačenja. Opoziv privole možete podnijeti osobno dolaskom na gore navedenu adresu ili e-poštom na adresu: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="00A8085F">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="hr-HR"/>
           </w:rPr>
           <w:t>zastita.podataka@kckzz.hr</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A8085F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t>. Također, prigovor možete uložiti Agenciji za zaštitu osobnih podataka (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00A8085F">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="hr-HR"/>
           </w:rPr>
           <w:t>www.azop.hr</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A8085F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A8085F" w:rsidRPr="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
+    <w:p w14:paraId="764C4D40" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRPr="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A8085F" w:rsidRPr="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
+    <w:p w14:paraId="683C91F3" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRPr="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
-[...26 lines deleted...]
-    <w:p w:rsidR="0040745F" w:rsidRDefault="0040745F"/>
+    <w:p w14:paraId="76B8014C" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00A8085F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C16C1A4" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRDefault="00A8085F" w:rsidP="00EE3A10">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="600F5BF6" w14:textId="77777777" w:rsidR="00A8085F" w:rsidRPr="00EE3A10" w:rsidRDefault="00A8085F" w:rsidP="00EE3A10">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4847CCBA" w14:textId="77777777" w:rsidR="0040745F" w:rsidRDefault="0040745F"/>
     <w:sectPr w:rsidR="0040745F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EE3A10"/>
     <w:rsid w:val="0040745F"/>
     <w:rsid w:val="00484FE3"/>
+    <w:rsid w:val="00607E47"/>
+    <w:rsid w:val="009C52BA"/>
     <w:rsid w:val="00A8085F"/>
     <w:rsid w:val="00D70114"/>
     <w:rsid w:val="00E133F8"/>
     <w:rsid w:val="00EE3A10"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hr-HR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6BBCFF33"/>
+  <w14:docId w14:val="4526FCCD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{FDEC8944-3525-43CD-860B-97C18E764053}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="hr-HR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1391,58 +1390,64 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Zadanifontodlomka">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Obinatablica">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezpopisa">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstbalonia">
     <w:name w:val="Balloon Text"/>
@@ -1456,86 +1461,86 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TekstbaloniaChar">
     <w:name w:val="Tekst balončića Char"/>
     <w:basedOn w:val="Zadanifontodlomka"/>
     <w:link w:val="Tekstbalonia"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00EE3A10"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="372463223">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1303269057">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zastita.podataka@kckzz.hr" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kckzz.hr/uprava/politika-zastite-privatnosti-osobnih-podataka/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pisarnica@kckzz.hr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.azop.hr" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.azop.hr" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zastita.podataka@kckzz.hr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kckzz.hr/uprava/politika-zastite-privatnosti-osobnih-podataka/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pisarnica@kckzz.hr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema sustava Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1760,70 +1765,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>453</Words>
-  <Characters>2583</Characters>
+  <Words>451</Words>
+  <Characters>2572</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>21</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Naslov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3030</CharactersWithSpaces>
+  <CharactersWithSpaces>3017</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Boris</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>