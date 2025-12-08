--- v0 (2025-10-30)
+++ v1 (2025-12-08)
@@ -1,737 +1,765 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1900"/>
         <w:gridCol w:w="7564"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D90464" w:rsidTr="00D90464">
+      <w:tr w:rsidR="00D90464" w14:paraId="2630F252" w14:textId="77777777" w:rsidTr="00D90464">
         <w:trPr>
           <w:trHeight w:val="1705"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D90464" w:rsidRPr="00D94D7D" w:rsidRDefault="00D90464" w:rsidP="007F3AF2">
+          <w:p w14:paraId="141E2552" w14:textId="77777777" w:rsidR="00D90464" w:rsidRPr="00D94D7D" w:rsidRDefault="00D90464" w:rsidP="007F3AF2">
             <w:pPr>
               <w:pStyle w:val="normal-000005"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="35A42813" wp14:editId="75A241C8">
                   <wp:extent cx="812165" cy="899795"/>
                   <wp:effectExtent l="19050" t="0" r="6985" b="0"/>
                   <wp:docPr id="1" name="Slika 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="812165" cy="899795"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="9525">
                             <a:noFill/>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7564" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D90464" w:rsidRPr="00D94D7D" w:rsidRDefault="00D90464" w:rsidP="007F3AF2">
+          <w:p w14:paraId="638A70F6" w14:textId="77777777" w:rsidR="00D90464" w:rsidRPr="00D94D7D" w:rsidRDefault="00D90464" w:rsidP="007F3AF2">
             <w:pPr>
               <w:pStyle w:val="normal-000005"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D90464" w:rsidRPr="00D94D7D" w:rsidRDefault="00D90464" w:rsidP="007F3AF2">
+          <w:p w14:paraId="511C73B8" w14:textId="77777777" w:rsidR="00D90464" w:rsidRPr="00D94D7D" w:rsidRDefault="00D90464" w:rsidP="007F3AF2">
             <w:pPr>
               <w:pStyle w:val="normal-000005"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D94D7D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>KOPRIVNIČKO-KRIŽEVAČKA ŽUPANIJA</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D90464" w:rsidRPr="00D94D7D" w:rsidRDefault="00D90464" w:rsidP="007F3AF2">
+          <w:p w14:paraId="4B903854" w14:textId="5AD6D225" w:rsidR="00D90464" w:rsidRPr="00D94D7D" w:rsidRDefault="00D90464" w:rsidP="007F3AF2">
             <w:pPr>
               <w:pStyle w:val="normal-000005"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D94D7D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Upravni odjel za opću upravu i imovinska prava</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D90464" w:rsidRPr="00D94D7D" w:rsidRDefault="00D90464" w:rsidP="007F3AF2">
+              <w:t xml:space="preserve">Upravni odjel za opću upravu i </w:t>
+            </w:r>
+            <w:r w:rsidR="00C061B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>zajedničk</w:t>
+            </w:r>
+            <w:r w:rsidR="004D76C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="00C061B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> poslov</w:t>
+            </w:r>
+            <w:r w:rsidR="004D76C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76CDCA3A" w14:textId="77777777" w:rsidR="00D90464" w:rsidRPr="00D94D7D" w:rsidRDefault="00D90464" w:rsidP="007F3AF2">
             <w:pPr>
               <w:pStyle w:val="normal-000005"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D94D7D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Ulica Antuna Nemčića 5, 48000 KOPRIVNICA</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D90464" w:rsidRPr="00D94D7D" w:rsidRDefault="00D90464" w:rsidP="007F3AF2">
+          <w:p w14:paraId="4FD3F97F" w14:textId="77777777" w:rsidR="00D90464" w:rsidRPr="00D94D7D" w:rsidRDefault="00D90464" w:rsidP="007F3AF2">
             <w:pPr>
               <w:pStyle w:val="normal-000005"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D94D7D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Tel: 048/658-172, </w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidRPr="00D94D7D">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>pisarnica@kckzz.hr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00D94D7D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D90464" w:rsidRPr="00D94D7D" w:rsidRDefault="00D90464" w:rsidP="007F3AF2">
+          <w:p w14:paraId="121762AB" w14:textId="77777777" w:rsidR="00D90464" w:rsidRPr="00D94D7D" w:rsidRDefault="00D90464" w:rsidP="007F3AF2">
             <w:pPr>
               <w:pStyle w:val="normal-000005"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A0439F" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
+    <w:p w14:paraId="3ECCF01B" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007E6532" w:rsidRDefault="007E6532" w:rsidP="00A0439F">
+    <w:p w14:paraId="57241E1D" w14:textId="77777777" w:rsidR="007E6532" w:rsidRDefault="007E6532" w:rsidP="00A0439F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A0439F" w:rsidRPr="00181855" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
+    <w:p w14:paraId="1FA4245D" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00181855" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00181855">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>ZAHTJEV</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
+    <w:p w14:paraId="7713D7DA" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA3CCC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>ZA UPIS PROMJENA U REGISTAR</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> STRANIH</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3CCC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> UDRUGA </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
+    <w:p w14:paraId="4F4CBEC1" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>U REPUBLICI HRVATSKOJ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
+    <w:p w14:paraId="4E3ED5FE" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
+    <w:p w14:paraId="5BA44FFB" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA3CCC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>podnosi:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
+    <w:p w14:paraId="499D40CD" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reetkatablice"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2520"/>
-        <w:gridCol w:w="6660"/>
+        <w:gridCol w:w="2472"/>
+        <w:gridCol w:w="6487"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A0439F" w:rsidRPr="00CA3CCC">
+      <w:tr w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w14:paraId="64A4FB5B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
+          <w:p w14:paraId="30CBD28A" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
             <w:pPr>
               <w:ind w:left="-180" w:firstLine="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA3CCC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1. Naziv</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> strane</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA3CCC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> udruge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
+          <w:p w14:paraId="1658B859" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A0439F" w:rsidRPr="00CA3CCC">
+      <w:tr w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w14:paraId="7E3BB81D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="536"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9180" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
+          <w:p w14:paraId="284BC7C6" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
+    <w:p w14:paraId="541331C9" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reetkatablice"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3828"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2092"/>
+        <w:gridCol w:w="3723"/>
+        <w:gridCol w:w="3185"/>
+        <w:gridCol w:w="2046"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00221656" w:rsidRPr="00CA3CCC" w:rsidTr="00221656">
+      <w:tr w:rsidR="00221656" w:rsidRPr="00CA3CCC" w14:paraId="64996009" w14:textId="77777777" w:rsidTr="00221656">
         <w:trPr>
           <w:trHeight w:val="338"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00221656" w:rsidRPr="00CA3CCC" w:rsidRDefault="00221656" w:rsidP="00F71D71">
+          <w:p w14:paraId="7F69D298" w14:textId="77777777" w:rsidR="00221656" w:rsidRPr="00CA3CCC" w:rsidRDefault="00221656" w:rsidP="00F71D71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA3CCC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1a. Skraćeni naziv </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">strane </w:t>
             </w:r>
             <w:r w:rsidRPr="00CA3CCC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>udruge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00221656" w:rsidRDefault="00221656" w:rsidP="00221656">
+          <w:p w14:paraId="19C1049C" w14:textId="77777777" w:rsidR="00221656" w:rsidRDefault="00221656" w:rsidP="00221656">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA3CCC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2. Registarski broj</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> strane</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00221656" w:rsidRPr="00CA3CCC" w:rsidRDefault="00221656" w:rsidP="00221656">
+          <w:p w14:paraId="1CDAA406" w14:textId="77777777" w:rsidR="00221656" w:rsidRPr="00CA3CCC" w:rsidRDefault="00221656" w:rsidP="00221656">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">    udruge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2092" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00221656" w:rsidRPr="00CA3CCC" w:rsidRDefault="00221656" w:rsidP="00221656">
+          <w:p w14:paraId="0AD33B5F" w14:textId="77777777" w:rsidR="00221656" w:rsidRPr="00CA3CCC" w:rsidRDefault="00221656" w:rsidP="00221656">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>OIB strane udruge</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00221656" w:rsidRPr="00CA3CCC" w:rsidTr="00221656">
+      <w:tr w:rsidR="00221656" w:rsidRPr="00CA3CCC" w14:paraId="69B14D48" w14:textId="77777777" w:rsidTr="00221656">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00221656" w:rsidRPr="00CA3CCC" w:rsidRDefault="00221656" w:rsidP="00F71D71">
+          <w:p w14:paraId="6B061FC5" w14:textId="77777777" w:rsidR="00221656" w:rsidRPr="00CA3CCC" w:rsidRDefault="00221656" w:rsidP="00F71D71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00221656" w:rsidRPr="00CA3CCC" w:rsidRDefault="00221656" w:rsidP="00F71D71">
+          <w:p w14:paraId="64FDB4FC" w14:textId="77777777" w:rsidR="00221656" w:rsidRPr="00CA3CCC" w:rsidRDefault="00221656" w:rsidP="00F71D71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2092" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00221656" w:rsidRPr="00CA3CCC" w:rsidRDefault="00221656" w:rsidP="00F71D71">
+          <w:p w14:paraId="74152174" w14:textId="77777777" w:rsidR="00221656" w:rsidRPr="00CA3CCC" w:rsidRDefault="00221656" w:rsidP="00F71D71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
+    <w:p w14:paraId="51EEC3F5" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reetkatablice"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6660"/>
-        <w:gridCol w:w="2520"/>
+        <w:gridCol w:w="6502"/>
+        <w:gridCol w:w="2457"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A0439F" w:rsidRPr="00CA3CCC">
+      <w:tr w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w14:paraId="67AD6E04" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6660" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
+          <w:p w14:paraId="4FE0710F" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
             <w:pPr>
               <w:ind w:left="-180" w:firstLine="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA3CCC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3. Sjedište</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -758,672 +786,672 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> u Republici Hrvatskoj</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA3CCC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (mjesto, ulica i broj)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
+          <w:p w14:paraId="705E2B3B" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A0439F" w:rsidRPr="00CA3CCC">
+      <w:tr w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w14:paraId="7698786D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="583"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9180" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
+          <w:p w14:paraId="03628BC3" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
+    <w:p w14:paraId="5250DD77" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reetkatablice"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4500"/>
-        <w:gridCol w:w="4680"/>
+        <w:gridCol w:w="4399"/>
+        <w:gridCol w:w="4560"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A0439F" w:rsidRPr="00CA3CCC">
+      <w:tr w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w14:paraId="66CB264B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
+          <w:p w14:paraId="034CFF6B" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
             <w:pPr>
               <w:ind w:left="-180" w:firstLine="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA3CCC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">4. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Novi naziv strane udruge (puni novi naziv)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
+          <w:p w14:paraId="3BEF4F8A" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A0439F" w:rsidRPr="00CA3CCC">
+      <w:tr w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w14:paraId="123EFDDB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="515"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9180" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
+          <w:p w14:paraId="1A88EED4" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A0439F" w:rsidRPr="00A416E0" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
+    <w:p w14:paraId="159D6EF0" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00A416E0" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reetkatablice"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="615"/>
-        <w:gridCol w:w="3345"/>
-        <w:gridCol w:w="5220"/>
+        <w:gridCol w:w="3261"/>
+        <w:gridCol w:w="5088"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidTr="00C24245">
+      <w:tr w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w14:paraId="05362C37" w14:textId="77777777" w:rsidTr="00C24245">
         <w:trPr>
           <w:trHeight w:val="486"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="615" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
+          <w:p w14:paraId="53B59F63" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
             <w:pPr>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA3CCC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Prilog:    </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0439F" w:rsidRPr="001E0742" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
+          <w:p w14:paraId="79B08DA0" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="001E0742" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
             <w:pPr>
               <w:ind w:left="-3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Odluka nadležnog tijela o promjeni naziva</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A0439F" w:rsidRPr="00CA3CCC">
+      <w:tr w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w14:paraId="4D4018FA" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
+          <w:p w14:paraId="0A4ADB7A" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
             <w:pPr>
               <w:ind w:left="-180" w:firstLine="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4a. Novi skraćeni naziv strane udruge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
+          <w:p w14:paraId="74D29236" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A0439F" w:rsidRPr="00CA3CCC">
+      <w:tr w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w14:paraId="57633587" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="536"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9180" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
+          <w:p w14:paraId="2F0B164C" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A0439F" w:rsidRPr="00A416E0" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
+    <w:p w14:paraId="140966AB" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00A416E0" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reetkatablice"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="615"/>
-        <w:gridCol w:w="8565"/>
+        <w:gridCol w:w="8349"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A0439F" w:rsidRPr="00CA3CCC">
+      <w:tr w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w14:paraId="4980A66F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="176"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
+          <w:p w14:paraId="47B473CE" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
             <w:pPr>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA3CCC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Prilog:    </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00CD365D" w:rsidP="00F71D71">
+          <w:p w14:paraId="70CB7CD3" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00CD365D" w:rsidP="00F71D71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
             <w:r w:rsidR="00A0439F" w:rsidRPr="00CA3CCC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ao pod</w:t>
             </w:r>
             <w:r w:rsidR="00A0439F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> rubrikom br. 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
+    <w:p w14:paraId="677DCCDC" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reetkatablice"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5940"/>
-        <w:gridCol w:w="3240"/>
+        <w:gridCol w:w="5802"/>
+        <w:gridCol w:w="3157"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A0439F" w:rsidRPr="00CA3CCC">
+      <w:tr w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w14:paraId="30EC45B9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
+          <w:p w14:paraId="6028FA46" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
             <w:pPr>
               <w:ind w:left="-180" w:firstLine="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA3CCC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">5. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nova adresa sjedišta strane udruge u Republici Hrvatskoj</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
+          <w:p w14:paraId="1F162DEB" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A0439F" w:rsidRPr="00CA3CCC">
+      <w:tr w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w14:paraId="4E345E85" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="536"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9180" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
+          <w:p w14:paraId="733B8A45" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A0439F" w:rsidRPr="00A416E0" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
+    <w:p w14:paraId="4A1AEC0F" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00A416E0" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reetkatablice"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="615"/>
-        <w:gridCol w:w="8565"/>
+        <w:gridCol w:w="8349"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A0439F" w:rsidRPr="00CA3CCC">
+      <w:tr w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w14:paraId="21625CB5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
+          <w:p w14:paraId="05DEC9D4" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
             <w:pPr>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA3CCC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Prilog:    </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
+          <w:p w14:paraId="4EF17D57" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Odluka o promjeni adrese sjedišta u Republici Hrvatskoj</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
+    <w:p w14:paraId="558B4705" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reetkatablice"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6946"/>
-        <w:gridCol w:w="2234"/>
+        <w:gridCol w:w="6782"/>
+        <w:gridCol w:w="2177"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001F2CBA" w:rsidTr="00A22F0B">
+      <w:tr w:rsidR="001F2CBA" w14:paraId="03ED24D8" w14:textId="77777777" w:rsidTr="00A22F0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F2CBA" w:rsidRDefault="001F2CBA" w:rsidP="00A22F0B">
+          <w:p w14:paraId="5B307EA7" w14:textId="77777777" w:rsidR="001F2CBA" w:rsidRDefault="001F2CBA" w:rsidP="00A22F0B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F2CBA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">6. Novi ciljevi </w:t>
             </w:r>
             <w:r w:rsidR="00630E4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1437,179 +1465,115 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ostvarivati</w:t>
             </w:r>
             <w:r w:rsidR="00630E4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> u Republici Hrvatskoj</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001F2CBA" w:rsidRDefault="001F2CBA" w:rsidP="001F2CBA">
+          <w:p w14:paraId="6E77C5D3" w14:textId="77777777" w:rsidR="001F2CBA" w:rsidRDefault="001F2CBA" w:rsidP="001F2CBA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F2CBA" w:rsidTr="00F2218B">
+      <w:tr w:rsidR="001F2CBA" w14:paraId="305A00E6" w14:textId="77777777" w:rsidTr="00F2218B">
         <w:trPr>
           <w:trHeight w:val="1701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9180" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001F2CBA" w:rsidRDefault="001F2CBA" w:rsidP="00A0439F">
+          <w:p w14:paraId="3BAB293E" w14:textId="77777777" w:rsidR="001F2CBA" w:rsidRDefault="001F2CBA" w:rsidP="00A0439F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A0439F" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
+    <w:p w14:paraId="07E13513" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...62 lines deleted...]
-          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reetkatablice"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1325"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3226"/>
+        <w:gridCol w:w="1314"/>
+        <w:gridCol w:w="3174"/>
+        <w:gridCol w:w="1330"/>
+        <w:gridCol w:w="3136"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AC6EFF" w:rsidRPr="00CA3CCC">
+      <w:tr w:rsidR="00AC6EFF" w:rsidRPr="00CA3CCC" w14:paraId="10AA2D92" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9180" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC6EFF" w:rsidRDefault="00D71296" w:rsidP="009A1B1B">
+          <w:p w14:paraId="002B1AA7" w14:textId="77777777" w:rsidR="00AC6EFF" w:rsidRDefault="00D71296" w:rsidP="009A1B1B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6462"/>
               </w:tabs>
               <w:ind w:left="-180" w:firstLine="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">7. </w:t>
             </w:r>
@@ -1649,613 +1613,613 @@
             <w:r w:rsidR="009A1B1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>opisno iz odluke o ciljevima i djelatnostima</w:t>
             </w:r>
             <w:r w:rsidR="00920B32">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B62EB6" w:rsidRPr="00CA3CCC" w:rsidTr="00B62EB6">
+      <w:tr w:rsidR="00B62EB6" w:rsidRPr="00CA3CCC" w14:paraId="6B500DB9" w14:textId="77777777" w:rsidTr="00B62EB6">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1325" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B62EB6" w:rsidRDefault="00B62EB6" w:rsidP="00A9498B">
+          <w:p w14:paraId="6BA2F6A8" w14:textId="77777777" w:rsidR="00B62EB6" w:rsidRDefault="00B62EB6" w:rsidP="00A9498B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6462"/>
               </w:tabs>
               <w:ind w:left="-180" w:firstLine="180"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Oznaka</w:t>
             </w:r>
             <w:r w:rsidR="009A1B1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3265" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B62EB6" w:rsidRDefault="00B62EB6" w:rsidP="00B05F84">
+          <w:p w14:paraId="65DD7136" w14:textId="77777777" w:rsidR="00B62EB6" w:rsidRDefault="00B62EB6" w:rsidP="00B05F84">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6462"/>
               </w:tabs>
               <w:ind w:left="-180" w:firstLine="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1364" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B62EB6" w:rsidRDefault="00B62EB6" w:rsidP="00A9498B">
+          <w:p w14:paraId="7B4D2378" w14:textId="77777777" w:rsidR="00B62EB6" w:rsidRDefault="00B62EB6" w:rsidP="00A9498B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6462"/>
               </w:tabs>
               <w:ind w:left="-180" w:firstLine="180"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3226" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B62EB6" w:rsidRDefault="00B62EB6" w:rsidP="00A0439F">
+          <w:p w14:paraId="5956A04A" w14:textId="77777777" w:rsidR="00B62EB6" w:rsidRDefault="00B62EB6" w:rsidP="00A0439F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6462"/>
               </w:tabs>
               <w:ind w:left="-180" w:firstLine="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B62EB6" w:rsidRPr="00CA3CCC" w:rsidTr="00B62EB6">
+      <w:tr w:rsidR="00B62EB6" w:rsidRPr="00CA3CCC" w14:paraId="7E65E276" w14:textId="77777777" w:rsidTr="00B62EB6">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1325" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B62EB6" w:rsidRDefault="00B62EB6" w:rsidP="00A0439F">
+          <w:p w14:paraId="792B600C" w14:textId="77777777" w:rsidR="00B62EB6" w:rsidRDefault="00B62EB6" w:rsidP="00A0439F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6462"/>
               </w:tabs>
               <w:ind w:left="-180" w:firstLine="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3265" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B62EB6" w:rsidRDefault="00B62EB6" w:rsidP="00A0439F">
+          <w:p w14:paraId="1010B7A8" w14:textId="77777777" w:rsidR="00B62EB6" w:rsidRDefault="00B62EB6" w:rsidP="00A0439F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6462"/>
               </w:tabs>
               <w:ind w:left="-180" w:firstLine="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1364" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B62EB6" w:rsidRDefault="00B62EB6" w:rsidP="00A0439F">
+          <w:p w14:paraId="6C624EEB" w14:textId="77777777" w:rsidR="00B62EB6" w:rsidRDefault="00B62EB6" w:rsidP="00A0439F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6462"/>
               </w:tabs>
               <w:ind w:left="-180" w:firstLine="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3226" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B62EB6" w:rsidRDefault="00B62EB6" w:rsidP="00A0439F">
+          <w:p w14:paraId="127A71A1" w14:textId="77777777" w:rsidR="00B62EB6" w:rsidRDefault="00B62EB6" w:rsidP="00A0439F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6462"/>
               </w:tabs>
               <w:ind w:left="-180" w:firstLine="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B62EB6" w:rsidRPr="00CA3CCC" w:rsidTr="00B62EB6">
+      <w:tr w:rsidR="00B62EB6" w:rsidRPr="00CA3CCC" w14:paraId="005A7836" w14:textId="77777777" w:rsidTr="00B62EB6">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1325" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B62EB6" w:rsidRDefault="00B62EB6" w:rsidP="00A0439F">
+          <w:p w14:paraId="25ADB2D1" w14:textId="77777777" w:rsidR="00B62EB6" w:rsidRDefault="00B62EB6" w:rsidP="00A0439F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6462"/>
               </w:tabs>
               <w:ind w:left="-180" w:firstLine="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3265" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B62EB6" w:rsidRDefault="00B62EB6" w:rsidP="00A0439F">
+          <w:p w14:paraId="13B1CFC6" w14:textId="77777777" w:rsidR="00B62EB6" w:rsidRDefault="00B62EB6" w:rsidP="00A0439F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6462"/>
               </w:tabs>
               <w:ind w:left="-180" w:firstLine="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1364" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B62EB6" w:rsidRDefault="00B62EB6" w:rsidP="00A0439F">
+          <w:p w14:paraId="277C9C39" w14:textId="77777777" w:rsidR="00B62EB6" w:rsidRDefault="00B62EB6" w:rsidP="00A0439F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6462"/>
               </w:tabs>
               <w:ind w:left="-180" w:firstLine="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3226" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B62EB6" w:rsidRDefault="00B62EB6" w:rsidP="00A0439F">
+          <w:p w14:paraId="72820082" w14:textId="77777777" w:rsidR="00B62EB6" w:rsidRDefault="00B62EB6" w:rsidP="00A0439F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6462"/>
               </w:tabs>
               <w:ind w:left="-180" w:firstLine="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B62EB6" w:rsidRPr="00CA3CCC" w:rsidTr="00B62EB6">
+      <w:tr w:rsidR="00B62EB6" w:rsidRPr="00CA3CCC" w14:paraId="022B2FE0" w14:textId="77777777" w:rsidTr="00B62EB6">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1325" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B62EB6" w:rsidRDefault="00B62EB6" w:rsidP="00A0439F">
+          <w:p w14:paraId="29C26232" w14:textId="77777777" w:rsidR="00B62EB6" w:rsidRDefault="00B62EB6" w:rsidP="00A0439F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6462"/>
               </w:tabs>
               <w:ind w:left="-180" w:firstLine="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3265" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B62EB6" w:rsidRDefault="00B62EB6" w:rsidP="00A0439F">
+          <w:p w14:paraId="213DE2F2" w14:textId="77777777" w:rsidR="00B62EB6" w:rsidRDefault="00B62EB6" w:rsidP="00A0439F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6462"/>
               </w:tabs>
               <w:ind w:left="-180" w:firstLine="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1364" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B62EB6" w:rsidRDefault="00B62EB6" w:rsidP="00A0439F">
+          <w:p w14:paraId="5E382A6A" w14:textId="77777777" w:rsidR="00B62EB6" w:rsidRDefault="00B62EB6" w:rsidP="00A0439F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6462"/>
               </w:tabs>
               <w:ind w:left="-180" w:firstLine="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3226" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B62EB6" w:rsidRDefault="00B62EB6" w:rsidP="00A0439F">
+          <w:p w14:paraId="2BC00FCF" w14:textId="77777777" w:rsidR="00B62EB6" w:rsidRDefault="00B62EB6" w:rsidP="00A0439F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6462"/>
               </w:tabs>
               <w:ind w:left="-180" w:firstLine="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC6EFF" w:rsidRPr="00CA3CCC" w:rsidTr="009A1B1B">
+      <w:tr w:rsidR="00AC6EFF" w:rsidRPr="00CA3CCC" w14:paraId="6F6CE056" w14:textId="77777777" w:rsidTr="009A1B1B">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9180" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AC6EFF" w:rsidRDefault="009A1B1B" w:rsidP="009A1B1B">
+          <w:p w14:paraId="4DD85647" w14:textId="77777777" w:rsidR="00AC6EFF" w:rsidRDefault="009A1B1B" w:rsidP="009A1B1B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6462"/>
               </w:tabs>
               <w:ind w:left="-180" w:firstLine="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A1B1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
               <w:t>* Odabrati djelatnosti iz Klasifikacije djelatnosti udruga</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E55815" w:rsidRPr="009A1B1B" w:rsidRDefault="00E55815" w:rsidP="009A1B1B">
+          <w:p w14:paraId="7F72BA95" w14:textId="77777777" w:rsidR="00E55815" w:rsidRPr="009A1B1B" w:rsidRDefault="00E55815" w:rsidP="009A1B1B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6462"/>
               </w:tabs>
               <w:ind w:left="-180" w:firstLine="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C263FF" w:rsidRPr="00CA3CCC" w:rsidTr="009856D2">
+      <w:tr w:rsidR="00C263FF" w:rsidRPr="00CA3CCC" w14:paraId="51BF5CCD" w14:textId="77777777" w:rsidTr="009856D2">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9180" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D5C70" w:rsidRDefault="00D71296" w:rsidP="00A0439F">
+          <w:p w14:paraId="3EE726F9" w14:textId="77777777" w:rsidR="008D5C70" w:rsidRDefault="00D71296" w:rsidP="00A0439F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6462"/>
               </w:tabs>
               <w:ind w:left="-180" w:firstLine="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="00C263FF" w:rsidRPr="00C263FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Osobe kojima prestaje pravo zastupanja strane udr</w:t>
             </w:r>
             <w:r w:rsidR="008D5C70">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">uge u Republici Hrvatskoj </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C263FF" w:rsidRPr="00C263FF" w:rsidRDefault="008D5C70" w:rsidP="00A0439F">
+          <w:p w14:paraId="44CEEF4E" w14:textId="77777777" w:rsidR="00C263FF" w:rsidRPr="00C263FF" w:rsidRDefault="008D5C70" w:rsidP="00A0439F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6462"/>
               </w:tabs>
               <w:ind w:left="-180" w:firstLine="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">    (ime i </w:t>
             </w:r>
@@ -2273,1072 +2237,1329 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, OIB</w:t>
             </w:r>
             <w:r w:rsidR="00C263FF" w:rsidRPr="00C263FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> i svojstvo)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C263FF" w:rsidRPr="00CA3CCC" w:rsidTr="009856D2">
+      <w:tr w:rsidR="00C263FF" w:rsidRPr="00CA3CCC" w14:paraId="0B11DCC2" w14:textId="77777777" w:rsidTr="009856D2">
         <w:trPr>
           <w:trHeight w:val="1696"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9180" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00C263FF" w:rsidRPr="00CA3CCC" w:rsidRDefault="00C263FF" w:rsidP="00C263FF">
+          <w:p w14:paraId="3557F9AB" w14:textId="77777777" w:rsidR="00C263FF" w:rsidRPr="00CA3CCC" w:rsidRDefault="00C263FF" w:rsidP="00C263FF">
             <w:pPr>
               <w:ind w:right="-187"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A0439F" w:rsidRPr="00F933C6" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
+    <w:p w14:paraId="474EA477" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00F933C6" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reetkatablice"/>
         <w:tblW w:w="9180" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9180"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C263FF" w:rsidRPr="00CA3CCC">
+      <w:tr w:rsidR="00C263FF" w:rsidRPr="00CA3CCC" w14:paraId="6B88F521" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9180" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C263FF" w:rsidRPr="00C263FF" w:rsidRDefault="00D71296" w:rsidP="00F71D71">
+          <w:p w14:paraId="2F084698" w14:textId="77777777" w:rsidR="00C263FF" w:rsidRPr="00C263FF" w:rsidRDefault="00D71296" w:rsidP="00F71D71">
             <w:pPr>
               <w:ind w:left="-180" w:firstLine="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="00C263FF" w:rsidRPr="00C263FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Nove osobe ovlaštene za zastupanje strane udruge u Republici Hrvatskoj (ime, prezime i svojstvo)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C263FF" w:rsidRPr="00CA3CCC">
+      <w:tr w:rsidR="00C263FF" w:rsidRPr="00CA3CCC" w14:paraId="7095547B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1696"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9180" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C263FF" w:rsidRPr="00CA3CCC" w:rsidRDefault="00C263FF" w:rsidP="00F71D71">
+          <w:p w14:paraId="0030F0DF" w14:textId="41A98643" w:rsidR="00C263FF" w:rsidRPr="00CA3CCC" w:rsidRDefault="00C263FF" w:rsidP="00BF5B6E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A0439F" w:rsidRPr="00A416E0" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
+    <w:p w14:paraId="2BD6D8BD" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00A416E0" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Reetkatablice"/>
+        <w:tblW w:w="31570" w:type="dxa"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9181"/>
+        <w:gridCol w:w="993"/>
+        <w:gridCol w:w="993"/>
+        <w:gridCol w:w="1254"/>
+        <w:gridCol w:w="1254"/>
+        <w:gridCol w:w="237"/>
+        <w:gridCol w:w="1252"/>
+        <w:gridCol w:w="2417"/>
+        <w:gridCol w:w="1354"/>
+        <w:gridCol w:w="233"/>
+        <w:gridCol w:w="448"/>
+        <w:gridCol w:w="5977"/>
+        <w:gridCol w:w="5977"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00BF5B6E" w:rsidRPr="00CA3CCC" w14:paraId="6C607A2C" w14:textId="77777777" w:rsidTr="00BF5B6E">
+        <w:trPr>
+          <w:trHeight w:val="486"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27AF50C7" w14:textId="77777777" w:rsidR="00BF5B6E" w:rsidRDefault="00BF5B6E" w:rsidP="00BF5B6E">
+            <w:pPr>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53A32221" w14:textId="77777777" w:rsidR="00BF5B6E" w:rsidRDefault="00BF5B6E" w:rsidP="00BF5B6E">
+            <w:pPr>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="13074105" w14:textId="17DE2E79" w:rsidR="00BF5B6E" w:rsidRDefault="00BF5B6E" w:rsidP="00BF5B6E">
+            <w:pPr>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5B6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7CA9BEBD" wp14:editId="3D73A06C">
+                  <wp:extent cx="5760720" cy="733425"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="1531297514" name="Slika 1"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 1"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId10">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="5760720" cy="733425"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10B827E0" w14:textId="77777777" w:rsidR="00BF5B6E" w:rsidRDefault="00BF5B6E" w:rsidP="00BF5B6E">
+            <w:pPr>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C6FE077" w14:textId="77777777" w:rsidR="00BF5B6E" w:rsidRPr="00873D31" w:rsidRDefault="00BF5B6E" w:rsidP="00BF5B6E">
+            <w:pPr>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B0327CB" w14:textId="5F123577" w:rsidR="00BF5B6E" w:rsidRPr="00873D31" w:rsidRDefault="00BF5B6E" w:rsidP="00BF5B6E">
+            <w:pPr>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="731A8C9B" w14:textId="77777777" w:rsidR="00BF5B6E" w:rsidRPr="00873D31" w:rsidRDefault="00BF5B6E" w:rsidP="00BF5B6E">
+            <w:pPr>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="351008EF" w14:textId="3009A0F0" w:rsidR="00BF5B6E" w:rsidRPr="00873D31" w:rsidRDefault="00BF5B6E" w:rsidP="00BF5B6E">
+            <w:pPr>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk214610973"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43337B83" w14:textId="77777777" w:rsidR="00BF5B6E" w:rsidRPr="00873D31" w:rsidRDefault="00BF5B6E" w:rsidP="00BF5B6E">
+            <w:pPr>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="243" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29161D65" w14:textId="77777777" w:rsidR="00BF5B6E" w:rsidRPr="00873D31" w:rsidRDefault="00BF5B6E" w:rsidP="00BF5B6E">
+            <w:pPr>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50726623" w14:textId="77777777" w:rsidR="00BF5B6E" w:rsidRPr="00873D31" w:rsidRDefault="00BF5B6E" w:rsidP="00BF5B6E">
+            <w:pPr>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68117A0B" w14:textId="77777777" w:rsidR="00BF5B6E" w:rsidRDefault="00BF5B6E" w:rsidP="00BF5B6E">
+            <w:pPr>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00873D31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00873D31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FC51A44" w14:textId="69B96BA2" w:rsidR="00BF5B6E" w:rsidRPr="00873D31" w:rsidRDefault="00BF5B6E" w:rsidP="00BF5B6E">
+            <w:pPr>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69F69A63" w14:textId="58078F44" w:rsidR="00BF5B6E" w:rsidRPr="00CA3CCC" w:rsidRDefault="00BF5B6E" w:rsidP="00BF5B6E">
+            <w:pPr>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00873D31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Prilog</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03AD0B17" w14:textId="1B8AEEF8" w:rsidR="00BF5B6E" w:rsidRPr="00CA3CCC" w:rsidRDefault="00BF5B6E" w:rsidP="00BF5B6E">
+            <w:pPr>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="238" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E02AB49" w14:textId="34026AEA" w:rsidR="00BF5B6E" w:rsidRPr="00CA3CCC" w:rsidRDefault="00BF5B6E" w:rsidP="00BF5B6E">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="542" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0771D7AE" w14:textId="26B62050" w:rsidR="00BF5B6E" w:rsidRPr="00CA3CCC" w:rsidRDefault="00BF5B6E" w:rsidP="00BF5B6E">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5377920F" w14:textId="06AF31C2" w:rsidR="00BF5B6E" w:rsidRPr="00F933C6" w:rsidRDefault="00BF5B6E" w:rsidP="00BF5B6E">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A006647" w14:textId="35B6C56B" w:rsidR="00BF5B6E" w:rsidRPr="00F933C6" w:rsidRDefault="00BF5B6E" w:rsidP="00BF5B6E">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="0"/>
+    </w:tbl>
+    <w:p w14:paraId="4C3BD5A8" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00F933C6" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Reetkatablice"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8954"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009C5654" w:rsidRPr="00CA3CCC" w14:paraId="0F3A6665" w14:textId="77777777" w:rsidTr="008D11D9">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9180" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E80689F" w14:textId="77777777" w:rsidR="009C5654" w:rsidRPr="00CA3CCC" w:rsidRDefault="009C5654" w:rsidP="00F71D71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F933C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.Prestanak </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>djelovanja strane</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F933C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> udruge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> u Republici Hrvatskoj</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F933C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>odluka nadležnog tijela strane udruge o prestanku djelovanja</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F933C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i datum donošenjaodluke </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w14:paraId="419D9CFC" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="751"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9180" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E76E0DF" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="569C3E72" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00A416E0" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reetkatablice"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="615"/>
-        <w:gridCol w:w="8565"/>
+        <w:gridCol w:w="8349"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A0439F" w:rsidRPr="00CA3CCC">
+      <w:tr w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w14:paraId="5FA344EE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="486"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
+          <w:p w14:paraId="43147F85" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
             <w:pPr>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA3CCC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Prilog:    </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0439F" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
-[...286 lines deleted...]
-          <w:p w:rsidR="00A0439F" w:rsidRPr="00F933C6" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
+          <w:p w14:paraId="046CDE92" w14:textId="4CD447B3" w:rsidR="00A0439F" w:rsidRPr="00F933C6" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
               </w:tabs>
               <w:ind w:left="210" w:hanging="213"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F933C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Odluka o prestanku </w:t>
             </w:r>
             <w:r w:rsidR="007E6532">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>djelovanja</w:t>
             </w:r>
-            <w:r w:rsidR="00C263FF">
+            <w:r w:rsidR="00873D31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">strane </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00F933C6">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C263FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">udruge </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C263FF">
+              <w:t xml:space="preserve">strane </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F933C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:t xml:space="preserve">udruge </w:t>
+            </w:r>
+            <w:r w:rsidR="00C263FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t>u Republici Hrvatskoj</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
+    <w:p w14:paraId="159839A7" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D90464" w:rsidRPr="00E34B6F" w:rsidRDefault="00D90464" w:rsidP="00D90464">
+    <w:p w14:paraId="64C4A91F" w14:textId="77777777" w:rsidR="00580456" w:rsidRDefault="00580456" w:rsidP="00D90464">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:eastAsia="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E34B6F">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="413B5531" w14:textId="77777777" w:rsidR="00580456" w:rsidRDefault="00580456" w:rsidP="00D90464">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AB7C849" w14:textId="77777777" w:rsidR="00873D31" w:rsidRPr="00D84B81" w:rsidRDefault="00873D31" w:rsidP="00873D31">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D84B81">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t xml:space="preserve">Popunjavanjem i potpisivanjem ovog obrasca dajete izričitu privolu za prikupljanje, obrađivanje i čuvanje Vaših osobnih podataka navedenih u obrascu, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E34B6F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00D84B81">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Koprivničko-križevačkoj županiji (u daljnjem tekstu: Voditelju obrade) </w:t>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Koprivničko-križevačkoj županiji (u daljnjem tekstu: Voditelju obrade) u svrhu izdavanja čekova za financiranje obrazovanja odraslih</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E34B6F">
-[...6 lines deleted...]
-        <w:t>u s</w:t>
+      <w:r w:rsidRPr="00D84B81">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> te dajete izričitu privolu da Koprivničko-križevačka županija ustupi na </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>vrhu upisa promjena u registar stranih udruga Republici Hrvatskoj</w:t>
+      <w:r w:rsidRPr="00D84B81">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>obradu osobne podatke iz ovog obrasca nadležnim ministarstvima na njihov zahtjev samo u slučajevima koji su propisani zakonom ili predstavljaju dio ugovornih obveza,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E34B6F">
-[...21 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+      <w:r w:rsidRPr="00D84B81">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D90464" w:rsidRPr="00E34B6F" w:rsidRDefault="00D90464" w:rsidP="00D90464">
-[...1 lines deleted...]
-        <w:suppressAutoHyphens/>
+    <w:p w14:paraId="778B9E43" w14:textId="77777777" w:rsidR="00873D31" w:rsidRPr="00D84B81" w:rsidRDefault="00873D31" w:rsidP="00873D31">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D84B81">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> kako je to navedeno u ovoj izjavi.</w:t>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ovim putem izričito izjavljujete da imate više od 18 godina i da zakonski možete dati privolu za obradu osobnih podataka kako je to navedeno u ovoj izjavi.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D90464" w:rsidRPr="00E34B6F" w:rsidRDefault="00D90464" w:rsidP="00D90464">
+    <w:p w14:paraId="42437962" w14:textId="77777777" w:rsidR="00873D31" w:rsidRPr="00D84B81" w:rsidRDefault="00873D31" w:rsidP="00873D31">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:suppressAutoHyphens/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D84B81">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">S Vašim osobnim podacima postupat ćemo sukladno Općoj uredbi o zaštiti podataka (EU GDPR) i Zakonu provedbi opće uredbe o zaštiti podataka („Narodne novine“ broj 42/18.), te u skladu s </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E34B6F">
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00D84B81">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Politikom zaštite privatnosti osobnih podataka koja je objavljena i može se pročitati na web stranici Koprivničko-križevačke županije, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="00E34B6F">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00D84B81">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:eastAsia="Calibri"/>
             <w:color w:val="0000FF"/>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://kckzz.hr/uprava/politika-zastite-privatnosti-osobnih-podataka/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E34B6F">
-[...5 lines deleted...]
-        <w:t>,</w:t>
+      <w:r w:rsidRPr="00D84B81">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E34B6F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00D84B81">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> uz primjenu odgovarajućih organizacijskih i tehničkih mjera zaštite osobnih podataka od neovlaštenog pristupa, zlouporabe, otkrivanja, gubitka ili uništenja. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D90464" w:rsidRPr="00E34B6F" w:rsidRDefault="00D90464" w:rsidP="00D90464">
-[...1 lines deleted...]
-        <w:suppressAutoHyphens/>
+    <w:p w14:paraId="319486FC" w14:textId="77777777" w:rsidR="00873D31" w:rsidRPr="00D84B81" w:rsidRDefault="00873D31" w:rsidP="00873D31">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D84B81">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>            Čuvamo povjerljivost Vaših osobnih podataka te je pristup osobnim podacima omogućen samo onim službenicima kojima su oni potrebni radi provedbe vašeg zahtjeva, a trećim osobama samo u dijelu provedbe ugovornih i zakonskih obveza.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D84B81">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Voditelj obrade će ishoditi brisanje Vaših osobnih podataka kada oni više neće biti nužni u odnosu na svrhu za koju su prikupljani</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D84B81">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sukladno </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D84B81">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Pravilima za upravljanje javnim dokumentarnim gradivom Koprivničko-križevačke županije („Službeni glasnik Koprivničko-križevačke županije“ broj 28/20.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A0B37FB" w14:textId="77777777" w:rsidR="00873D31" w:rsidRPr="00D84B81" w:rsidRDefault="00873D31" w:rsidP="00873D31">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D84B81">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-[...34 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Napominjemo da u svako doba, u potpunosti ili djelomice, bez naknade i objašnjenja možete dopuniti nepotpune ili netočne osobne podatke te možete povući svoju privolu i zatražiti prestanak aktivnosti obrade Vaših osobnih podataka Opoziv ne utječe na zakonitost obrade prije njezina povlačenja. Opoziv privole možete podnijeti osobno dolaskom na gore navedenu adresu ili e-poštom na adresu: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="00E34B6F">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00D84B81">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:eastAsia="Calibri"/>
             <w:color w:val="0563C1"/>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
             <w:u w:val="single"/>
-            <w:lang w:eastAsia="zh-CN"/>
           </w:rPr>
           <w:t>zastita.podataka@kckzz.hr</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E34B6F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00D84B81">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>. Također, prigovor možete uložiti Agenciji za zaštitu osobnih podataka (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="00E34B6F">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00D84B81">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:eastAsia="Calibri"/>
             <w:color w:val="0000FF"/>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
             <w:u w:val="single"/>
-            <w:lang w:eastAsia="zh-CN"/>
           </w:rPr>
           <w:t>www.azop.hr</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E34B6F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00D84B81">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D90464" w:rsidRDefault="00D90464" w:rsidP="00D90464">
-[...1 lines deleted...]
-        <w:ind w:left="-183" w:right="-51"/>
+    <w:p w14:paraId="0B6F6823" w14:textId="77777777" w:rsidR="00873D31" w:rsidRPr="00D84B81" w:rsidRDefault="00873D31" w:rsidP="00873D31">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:w w:val="96"/>
-[...1 lines deleted...]
-          <w:szCs w:val="15"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
+    <w:p w14:paraId="4BFAB2EC" w14:textId="77777777" w:rsidR="00873D31" w:rsidRPr="00D84B81" w:rsidRDefault="00873D31" w:rsidP="00873D31">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BAEE804" w14:textId="77777777" w:rsidR="00873D31" w:rsidRPr="00D84B81" w:rsidRDefault="00873D31" w:rsidP="00873D31">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6162ABE3" w14:textId="77777777" w:rsidR="00580456" w:rsidRDefault="00580456" w:rsidP="00D90464">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F224C27" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
+    <w:p w14:paraId="01D04804" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
+    <w:p w14:paraId="2E677EBF" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
-[...8 lines deleted...]
-    <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
+    <w:p w14:paraId="53762F31" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00A0439F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reetkatablice"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="4068" w:type="dxa"/>
         <w:tblBorders>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5220"/>
+        <w:gridCol w:w="5004"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A0439F">
+      <w:tr w:rsidR="00A0439F" w14:paraId="4D35F71C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0439F" w:rsidRPr="0064711D" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
+          <w:p w14:paraId="77FD586B" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="0064711D" w:rsidRDefault="00A0439F" w:rsidP="00F71D71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0064711D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">(ime, prezime i potpis osobe ovlaštene za zastupanje </w:t>
             </w:r>
             <w:r w:rsidR="00C263FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">strane </w:t>
             </w:r>
             <w:r w:rsidRPr="0064711D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>udruge)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00C223A1">
+    <w:p w14:paraId="2A55B8ED" w14:textId="77777777" w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidRDefault="00A0439F" w:rsidP="00C223A1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A0439F" w:rsidRPr="00CA3CCC" w:rsidSect="00AC67D8">
-      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-[...1 lines deleted...]
-    <w:p w:rsidR="000C4E43" w:rsidRDefault="000C4E43" w:rsidP="00147517">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="04D5B466" w14:textId="77777777" w:rsidR="00E701C4" w:rsidRDefault="00E701C4" w:rsidP="00147517">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
-  <w:endnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="000C4E43" w:rsidRDefault="000C4E43" w:rsidP="00147517">
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="780C0277" w14:textId="77777777" w:rsidR="00E701C4" w:rsidRDefault="00E701C4" w:rsidP="00147517">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00147517" w:rsidRPr="00533AB3" w:rsidRDefault="00147517" w:rsidP="00147517">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="77C1B85D" w14:textId="77777777" w:rsidR="00147517" w:rsidRPr="00533AB3" w:rsidRDefault="00147517" w:rsidP="00147517">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>O</w:t>
     </w:r>
     <w:r w:rsidRPr="00CA3CCC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="20"/>
@@ -3383,80 +3604,80 @@
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> promjena</w:t>
     </w:r>
     <w:r w:rsidRPr="00CA3CCC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> u Registar </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>stranih udruga u Republici Hrvatskoj</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00147517" w:rsidRDefault="00147517">
+  <w:p w14:paraId="5DCAC31E" w14:textId="77777777" w:rsidR="00147517" w:rsidRDefault="00147517">
     <w:pPr>
       <w:pStyle w:val="Podnoje"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-[...1 lines deleted...]
-    <w:p w:rsidR="000C4E43" w:rsidRDefault="000C4E43" w:rsidP="00147517">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="5EDD47F2" w14:textId="77777777" w:rsidR="00E701C4" w:rsidRDefault="00E701C4" w:rsidP="00147517">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="000C4E43" w:rsidRDefault="000C4E43" w:rsidP="00147517">
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="1C7C2E7E" w14:textId="77777777" w:rsidR="00E701C4" w:rsidRDefault="00E701C4" w:rsidP="00147517">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="014E4BAC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="39689E26"/>
     <w:lvl w:ilvl="0" w:tplc="69AC7834">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="207"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041A0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3552,51 +3773,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041A001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0698177D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7A1E5002"/>
     <w:lvl w:ilvl="0" w:tplc="69AC7834">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="207"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041A0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3692,51 +3913,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041A001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C8553E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="716A702C"/>
     <w:lvl w:ilvl="0" w:tplc="69AC7834">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="207"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041A0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3832,51 +4053,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041A001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DEC0C37"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A65EEA8E"/>
     <w:lvl w:ilvl="0" w:tplc="69AC7834">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="207"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041A0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3972,51 +4193,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041A001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F0C44A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09821636"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4112,422 +4333,674 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1747337684">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="318269365">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="285548954">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="776680107">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="461532568">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:stylePaneFormatFilter w:val="3F01"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
+    <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
+    <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A0439F"/>
     <w:rsid w:val="00024D63"/>
     <w:rsid w:val="0009105E"/>
     <w:rsid w:val="000A0403"/>
     <w:rsid w:val="000C3E89"/>
     <w:rsid w:val="000C4E43"/>
     <w:rsid w:val="000D01D3"/>
     <w:rsid w:val="00144E17"/>
     <w:rsid w:val="00147517"/>
+    <w:rsid w:val="00147CE2"/>
     <w:rsid w:val="00181855"/>
     <w:rsid w:val="001D20A2"/>
     <w:rsid w:val="001E0742"/>
     <w:rsid w:val="001F2CBA"/>
     <w:rsid w:val="00221656"/>
     <w:rsid w:val="002263B7"/>
     <w:rsid w:val="0027794D"/>
     <w:rsid w:val="002D2DE0"/>
     <w:rsid w:val="002D7812"/>
     <w:rsid w:val="002E7705"/>
     <w:rsid w:val="003E012B"/>
+    <w:rsid w:val="0040475D"/>
+    <w:rsid w:val="004D76C9"/>
+    <w:rsid w:val="004D7D18"/>
     <w:rsid w:val="004F71B7"/>
     <w:rsid w:val="00505FCD"/>
     <w:rsid w:val="00533AB3"/>
+    <w:rsid w:val="00580456"/>
     <w:rsid w:val="00630E4F"/>
     <w:rsid w:val="0064711D"/>
     <w:rsid w:val="00652A29"/>
     <w:rsid w:val="00663FBC"/>
     <w:rsid w:val="00697BB3"/>
     <w:rsid w:val="0076327E"/>
     <w:rsid w:val="00773539"/>
     <w:rsid w:val="007E6532"/>
     <w:rsid w:val="00817F2B"/>
     <w:rsid w:val="00842F9E"/>
+    <w:rsid w:val="00873D31"/>
     <w:rsid w:val="008B55B1"/>
     <w:rsid w:val="008B7D2B"/>
     <w:rsid w:val="008D11D9"/>
     <w:rsid w:val="008D5C70"/>
     <w:rsid w:val="00920B32"/>
     <w:rsid w:val="009428CE"/>
     <w:rsid w:val="009856D2"/>
     <w:rsid w:val="009A1B1B"/>
     <w:rsid w:val="009C21BE"/>
     <w:rsid w:val="009C5654"/>
     <w:rsid w:val="009E1768"/>
     <w:rsid w:val="009F00CA"/>
     <w:rsid w:val="00A0439F"/>
     <w:rsid w:val="00A22F0B"/>
     <w:rsid w:val="00A416E0"/>
     <w:rsid w:val="00A4205A"/>
     <w:rsid w:val="00A420D2"/>
     <w:rsid w:val="00A42A58"/>
+    <w:rsid w:val="00A9458F"/>
     <w:rsid w:val="00A9498B"/>
     <w:rsid w:val="00AC67D8"/>
     <w:rsid w:val="00AC6EFF"/>
     <w:rsid w:val="00AE0999"/>
     <w:rsid w:val="00B05F84"/>
     <w:rsid w:val="00B62EB6"/>
     <w:rsid w:val="00B7139E"/>
     <w:rsid w:val="00B74098"/>
+    <w:rsid w:val="00B94F93"/>
+    <w:rsid w:val="00BF5B6E"/>
+    <w:rsid w:val="00C061B0"/>
     <w:rsid w:val="00C223A1"/>
     <w:rsid w:val="00C23974"/>
     <w:rsid w:val="00C24245"/>
     <w:rsid w:val="00C263FF"/>
     <w:rsid w:val="00C26CA2"/>
     <w:rsid w:val="00C81FFA"/>
     <w:rsid w:val="00CA3CCC"/>
     <w:rsid w:val="00CD365D"/>
     <w:rsid w:val="00CE7C66"/>
     <w:rsid w:val="00D32ED6"/>
     <w:rsid w:val="00D34521"/>
     <w:rsid w:val="00D71296"/>
     <w:rsid w:val="00D90464"/>
+    <w:rsid w:val="00DD6426"/>
     <w:rsid w:val="00E36A45"/>
     <w:rsid w:val="00E55815"/>
+    <w:rsid w:val="00E701C4"/>
     <w:rsid w:val="00F03210"/>
     <w:rsid w:val="00F06FDD"/>
     <w:rsid w:val="00F2218B"/>
     <w:rsid w:val="00F6463A"/>
     <w:rsid w:val="00F71D71"/>
     <w:rsid w:val="00F933C6"/>
     <w:rsid w:val="00FD08E9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hr-HR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="573A50AB"/>
+  <w15:docId w15:val="{3EE06417-C9F0-4DFE-9A41-0A5CA1CFE500}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="hr-HR" w:eastAsia="hr-HR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00A0439F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Zadanifontodlomka">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Obinatablica">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezpopisa">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Reetkatablice">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Obinatablica"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A0439F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Zaglavlje">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="ZaglavljeChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00147517"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ZaglavljeChar">
     <w:name w:val="Zaglavlje Char"/>
     <w:basedOn w:val="Zadanifontodlomka"/>
     <w:link w:val="Zaglavlje"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="00147517"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
@@ -4586,338 +5059,75 @@
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TekstbaloniaChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D90464"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TekstbaloniaChar">
     <w:name w:val="Tekst balončića Char"/>
     <w:basedOn w:val="Zadanifontodlomka"/>
     <w:link w:val="Tekstbalonia"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D90464"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...159 lines deleted...]
-    <w:name w:val="Normal"/>
+  <w:style w:type="paragraph" w:styleId="Bezproreda">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A0439F"/>
+    <w:rsid w:val="00873D31"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Zadanifontodlomka">
-[...103 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.azop.hr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zastita.podataka@kckzz.hr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kckzz.hr/uprava/politika-zastite-privatnosti-osobnih-podataka/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pisarnica@kckzz.hr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.azop.hr" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zastita.podataka@kckzz.hr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kckzz.hr/uprava/politika-zastite-privatnosti-osobnih-podataka/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pisarnica@kckzz.hr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema sustava Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5182,66 +5392,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E7060DC-8DB1-42B6-8CA8-52282B8911ED}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>632</Words>
-  <Characters>3606</Characters>
+  <Words>606</Words>
+  <Characters>3460</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
+  <Lines>28</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Naslov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>(Naziv nadležnog ureda)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>RH-TDU</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4230</CharactersWithSpaces>
+  <CharactersWithSpaces>4058</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>(Naziv nadležnog ureda)</dc:title>
   <dc:creator>korisnik</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>