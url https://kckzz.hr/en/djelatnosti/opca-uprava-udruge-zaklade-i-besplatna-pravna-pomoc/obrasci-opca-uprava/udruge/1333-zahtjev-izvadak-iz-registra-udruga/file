--- v0 (2025-10-30)
+++ v1 (2025-12-08)
@@ -1,387 +1,394 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1792"/>
         <w:gridCol w:w="7847"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0085340B" w:rsidTr="0085340B">
+      <w:tr w:rsidR="0085340B" w14:paraId="178194EF" w14:textId="77777777" w:rsidTr="0085340B">
         <w:trPr>
           <w:trHeight w:val="1705"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1792" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0085340B" w:rsidRPr="00D94D7D" w:rsidRDefault="0085340B" w:rsidP="007F3AF2">
+          <w:p w14:paraId="7695C016" w14:textId="77777777" w:rsidR="0085340B" w:rsidRPr="00D94D7D" w:rsidRDefault="0085340B" w:rsidP="007F3AF2">
             <w:pPr>
               <w:pStyle w:val="normal-000005"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6DA4F55B" wp14:editId="6C658982">
                   <wp:extent cx="809625" cy="895350"/>
                   <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
                   <wp:docPr id="1" name="Slika 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="809625" cy="895350"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="9525">
                             <a:noFill/>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7847" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0085340B" w:rsidRPr="00D94D7D" w:rsidRDefault="0085340B" w:rsidP="007F3AF2">
+          <w:p w14:paraId="69F708BF" w14:textId="77777777" w:rsidR="0085340B" w:rsidRPr="00D94D7D" w:rsidRDefault="0085340B" w:rsidP="007F3AF2">
             <w:pPr>
               <w:pStyle w:val="normal-000005"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0085340B" w:rsidRPr="00D94D7D" w:rsidRDefault="0085340B" w:rsidP="007F3AF2">
+          <w:p w14:paraId="451771DC" w14:textId="77777777" w:rsidR="0085340B" w:rsidRPr="00D94D7D" w:rsidRDefault="0085340B" w:rsidP="007F3AF2">
             <w:pPr>
               <w:pStyle w:val="normal-000005"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D94D7D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>KOPRIVNIČKO-KRIŽEVAČKA ŽUPANIJA</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0085340B" w:rsidRPr="00D94D7D" w:rsidRDefault="0085340B" w:rsidP="007F3AF2">
+          <w:p w14:paraId="2F77E308" w14:textId="7772F992" w:rsidR="0085340B" w:rsidRPr="00D94D7D" w:rsidRDefault="0085340B" w:rsidP="007F3AF2">
             <w:pPr>
               <w:pStyle w:val="normal-000005"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D94D7D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Upravni odjel za opću upravu i imovinska prava</w:t>
+              <w:t xml:space="preserve">Upravni odjel za opću upravu i </w:t>
+            </w:r>
+            <w:r w:rsidR="009232E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>zajedničke poslove</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0085340B" w:rsidRPr="00D94D7D" w:rsidRDefault="0085340B" w:rsidP="007F3AF2">
+          <w:p w14:paraId="254D8924" w14:textId="77777777" w:rsidR="0085340B" w:rsidRPr="00D94D7D" w:rsidRDefault="0085340B" w:rsidP="007F3AF2">
             <w:pPr>
               <w:pStyle w:val="normal-000005"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D94D7D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Ulica Antuna Nemčića 5, 48000 KOPRIVNICA</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0085340B" w:rsidRPr="00D94D7D" w:rsidRDefault="0085340B" w:rsidP="007F3AF2">
+          <w:p w14:paraId="2A92FEC0" w14:textId="77777777" w:rsidR="0085340B" w:rsidRPr="00D94D7D" w:rsidRDefault="0085340B" w:rsidP="007F3AF2">
             <w:pPr>
               <w:pStyle w:val="normal-000005"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D94D7D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Tel: 048/658-172, </w:t>
             </w:r>
             <w:hyperlink r:id="rId5" w:history="1">
               <w:r w:rsidRPr="00D94D7D">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>pisarnica@kckzz.hr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00D94D7D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0085340B" w:rsidRPr="00D94D7D" w:rsidRDefault="0085340B" w:rsidP="007F3AF2">
+          <w:p w14:paraId="6443C8F7" w14:textId="77777777" w:rsidR="0085340B" w:rsidRPr="00D94D7D" w:rsidRDefault="0085340B" w:rsidP="007F3AF2">
             <w:pPr>
               <w:pStyle w:val="normal-000005"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D"/>
-    <w:p w:rsidR="0085340B" w:rsidRDefault="0085340B" w:rsidP="00506D35">
+    <w:p w14:paraId="613B4933" w14:textId="77777777" w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D"/>
+    <w:p w14:paraId="3A740218" w14:textId="77777777" w:rsidR="0085340B" w:rsidRDefault="0085340B" w:rsidP="00506D35">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="5954"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0085340B" w:rsidRDefault="0085340B" w:rsidP="00506D35">
+    <w:p w14:paraId="0F812106" w14:textId="77777777" w:rsidR="0085340B" w:rsidRDefault="0085340B" w:rsidP="00506D35">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="5954"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE401D" w:rsidRPr="00452562" w:rsidRDefault="00AE401D" w:rsidP="00506D35">
+    <w:p w14:paraId="67DC8F89" w14:textId="77777777" w:rsidR="00AE401D" w:rsidRPr="00452562" w:rsidRDefault="00AE401D" w:rsidP="00506D35">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="5954"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00452562">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>NAZIV UDRUGE</w:t>
       </w:r>
       <w:r w:rsidRPr="00452562">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00506D35" w:rsidRPr="00452562">
         <w:tab/>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00452562">
         <w:t>_____</w:t>
       </w:r>
       <w:r w:rsidR="00506D35" w:rsidRPr="00452562">
         <w:t>_____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE401D" w:rsidRPr="00452562" w:rsidRDefault="00AE401D" w:rsidP="00506D35">
+    <w:p w14:paraId="137B68FE" w14:textId="77777777" w:rsidR="00AE401D" w:rsidRPr="00452562" w:rsidRDefault="00AE401D" w:rsidP="00506D35">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="5954"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE401D" w:rsidRPr="00452562" w:rsidRDefault="00AE401D" w:rsidP="00506D35">
+    <w:p w14:paraId="0077932C" w14:textId="77777777" w:rsidR="00AE401D" w:rsidRPr="00452562" w:rsidRDefault="00AE401D" w:rsidP="00506D35">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="5954"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00452562">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00506D35" w:rsidRPr="00452562">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>dresa</w:t>
       </w:r>
       <w:r w:rsidRPr="00452562">
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidR="00506D35" w:rsidRPr="00452562">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00452562">
         <w:t>________</w:t>
       </w:r>
       <w:r w:rsidR="00506D35" w:rsidRPr="00452562">
         <w:t>___</w:t>
       </w:r>
       <w:r w:rsidRPr="00452562">
         <w:t>____</w:t>
       </w:r>
       <w:r w:rsidR="00506D35" w:rsidRPr="00452562">
         <w:t>____________________________</w:t>
       </w:r>
       <w:r w:rsidR="00452562">
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE401D" w:rsidRPr="00452562" w:rsidRDefault="00AE401D" w:rsidP="00506D35">
+    <w:p w14:paraId="0655A99F" w14:textId="77777777" w:rsidR="00AE401D" w:rsidRPr="00452562" w:rsidRDefault="00AE401D" w:rsidP="00506D35">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="5954"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE401D" w:rsidRPr="00452562" w:rsidRDefault="00506D35" w:rsidP="00506D35">
+    <w:p w14:paraId="1F58F9CE" w14:textId="77777777" w:rsidR="00AE401D" w:rsidRPr="00452562" w:rsidRDefault="00506D35" w:rsidP="00506D35">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="5954"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00452562">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Telefon</w:t>
       </w:r>
       <w:r w:rsidR="00AE401D" w:rsidRPr="00452562">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00AE401D" w:rsidRPr="00452562">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00452562">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AE401D" w:rsidRPr="00452562">
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00452562">
         <w:t>__</w:t>
       </w:r>
       <w:r w:rsidR="00AE401D" w:rsidRPr="00452562">
         <w:t>____________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00452562">
         <w:t>____________________</w:t>
       </w:r>
       <w:r w:rsidR="00452562">
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D5A52" w:rsidRPr="00452562" w:rsidRDefault="005D5A52" w:rsidP="00506D35">
+    <w:p w14:paraId="337405EC" w14:textId="77777777" w:rsidR="005D5A52" w:rsidRPr="00452562" w:rsidRDefault="005D5A52" w:rsidP="00506D35">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="5954"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005D5A52" w:rsidRPr="00452562" w:rsidRDefault="00506D35" w:rsidP="00506D35">
+    <w:p w14:paraId="0513FE20" w14:textId="77777777" w:rsidR="005D5A52" w:rsidRPr="00452562" w:rsidRDefault="00506D35" w:rsidP="00506D35">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="5954"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00452562">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Registarski broj udruge</w:t>
       </w:r>
       <w:r w:rsidR="005D5A52" w:rsidRPr="00452562">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00452562">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
@@ -395,122 +402,122 @@
       <w:r w:rsidRPr="00452562">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="005D5A52" w:rsidRPr="00452562">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00452562">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>_________</w:t>
       </w:r>
       <w:r w:rsidR="005D5A52" w:rsidRPr="00452562">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>____________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D">
+    <w:p w14:paraId="6B08C31D" w14:textId="77777777" w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D"/>
+    <w:p w14:paraId="4A321B8B" w14:textId="77777777" w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D"/>
+    <w:p w14:paraId="7F578A38" w14:textId="77777777" w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D"/>
+    <w:p w14:paraId="5C5E87AB" w14:textId="77777777" w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Predmet</w:t>
       </w:r>
       <w:r>
         <w:t>: Izvadak iz Registra udruga</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D">
+    <w:p w14:paraId="318798BE" w14:textId="77777777" w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D"/>
+    <w:p w14:paraId="39FB80E6" w14:textId="77777777" w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D"/>
+    <w:p w14:paraId="008CC329" w14:textId="77777777" w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D"/>
+    <w:p w14:paraId="3327B9F0" w14:textId="77777777" w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D">
       <w:r>
         <w:t xml:space="preserve">               Molim naslov da nam izda </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>IZVADAK IZ REGISTRA UDRUGA</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00452562" w:rsidRDefault="00452562" w:rsidP="00AE401D"/>
-    <w:p w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D">
+    <w:p w14:paraId="1614EEF4" w14:textId="77777777" w:rsidR="00452562" w:rsidRDefault="00452562" w:rsidP="00AE401D"/>
+    <w:p w14:paraId="3C1FBF8D" w14:textId="77777777" w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D">
       <w:r>
         <w:t>u svrhu  ____________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00A748FB">
         <w:t>__________</w:t>
       </w:r>
       <w:r w:rsidR="005D5A52">
         <w:t>___</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D"/>
-    <w:p w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D">
+    <w:p w14:paraId="29044932" w14:textId="77777777" w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D"/>
+    <w:p w14:paraId="2478D18B" w14:textId="77777777" w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D">
       <w:r>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="005D5A52">
         <w:t>___</w:t>
       </w:r>
       <w:r w:rsidR="00A748FB">
         <w:t>__________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D"/>
-    <w:p w:rsidR="005D5A52" w:rsidRDefault="005D5A52" w:rsidP="00AE401D">
+    <w:p w14:paraId="4A0B74D2" w14:textId="77777777" w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D"/>
+    <w:p w14:paraId="348D8663" w14:textId="77777777" w:rsidR="005D5A52" w:rsidRDefault="005D5A52" w:rsidP="00AE401D">
       <w:r>
         <w:t>______________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00A748FB">
         <w:t>__________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D"/>
-    <w:p w:rsidR="0085340B" w:rsidRPr="00E34B6F" w:rsidRDefault="0085340B" w:rsidP="0085340B">
+    <w:p w14:paraId="34696599" w14:textId="77777777" w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D"/>
+    <w:p w14:paraId="4A6B6C0F" w14:textId="77777777" w:rsidR="0085340B" w:rsidRPr="00E34B6F" w:rsidRDefault="0085340B" w:rsidP="0085340B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E34B6F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Popunjavanjem i potpisivanjem ovog obrasca dajete izričitu privolu za prikupljanje, obrađivanje i čuvanje Vaših osobnih podataka navedenih u obrascu, </w:t>
       </w:r>
       <w:r w:rsidRPr="00E34B6F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
@@ -541,84 +548,84 @@
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00E34B6F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>te dajete izričitu privolu da Koprivničko-križevačka županija ustupi na obradu osobne podatke iz ovog obrasca nadležnim ministarstvima na njihov zahtjev samo u slučajevima koji su propisani zakonom ili predstavljaju dio ugovornih obveza,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E34B6F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0085340B" w:rsidRPr="00E34B6F" w:rsidRDefault="0085340B" w:rsidP="0085340B">
+    <w:p w14:paraId="161D4E3F" w14:textId="77777777" w:rsidR="0085340B" w:rsidRPr="00E34B6F" w:rsidRDefault="0085340B" w:rsidP="0085340B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E34B6F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Ovim putem izričito izjavljujete da imate više od 18 godina i da zakonski možete dati privolu za obradu osobnih podataka</w:t>
       </w:r>
       <w:r w:rsidRPr="00E34B6F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> kako je to navedeno u ovoj izjavi.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0085340B" w:rsidRPr="00E34B6F" w:rsidRDefault="0085340B" w:rsidP="0085340B">
+    <w:p w14:paraId="7D4F95B5" w14:textId="77777777" w:rsidR="0085340B" w:rsidRPr="00E34B6F" w:rsidRDefault="0085340B" w:rsidP="0085340B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E34B6F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">S Vašim osobnim podacima postupat ćemo sukladno Općoj uredbi o zaštiti podataka (EU GDPR) i Zakonu provedbi opće uredbe o zaštiti podataka („Narodne novine“ broj 42/18.), te u skladu s </w:t>
       </w:r>
       <w:r w:rsidRPr="00E34B6F">
         <w:rPr>
@@ -637,102 +644,102 @@
             <w:szCs w:val="16"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://kckzz.hr/uprava/politika-zastite-privatnosti-osobnih-podataka/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E34B6F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E34B6F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> uz primjenu odgovarajućih organizacijskih i tehničkih mjera zaštite osobnih podataka od neovlaštenog pristupa, zlouporabe, otkrivanja, gubitka ili uništenja. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0085340B" w:rsidRPr="00E34B6F" w:rsidRDefault="0085340B" w:rsidP="0085340B">
+    <w:p w14:paraId="712F4440" w14:textId="77777777" w:rsidR="0085340B" w:rsidRPr="00E34B6F" w:rsidRDefault="0085340B" w:rsidP="0085340B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E34B6F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Čuvamo povjerljivost Vaših osobnih podataka te je pristup osobnim podacima omogućen samo onim službenicima kojima su oni potrebni radi provedbe vašeg zahtjeva, a trećim osobama samo u dijelu provedbe ugovornih i zakonskih obveza.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E34B6F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> Voditelj obrade će ishoditi brisanje Vaših osobnih podataka kada oni više neće biti nužni u odnosu na svrhu za koju su prikupljani</w:t>
       </w:r>
       <w:r w:rsidRPr="00E34B6F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> sukladno </w:t>
       </w:r>
       <w:r w:rsidRPr="00E34B6F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Pravilniku o zaštiti i čuvanju arhivskoga i registraturnog gradiva Koprivničko-križevačke županije („Službeni glasnik Koprivničko–križevačke županije“, broj 7/14. i 14/15.).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0085340B" w:rsidRPr="00E34B6F" w:rsidRDefault="0085340B" w:rsidP="0085340B">
+    <w:p w14:paraId="3D5A4310" w14:textId="77777777" w:rsidR="0085340B" w:rsidRPr="00E34B6F" w:rsidRDefault="0085340B" w:rsidP="0085340B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E34B6F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">Napominjemo da u svako doba, u potpunosti ili djelomice, bez naknade i objašnjenja možete dopuniti nepotpune ili netočne osobne podatke te možete povući svoju privolu i zatražiti prestanak aktivnosti obrade Vaših osobnih podataka Opoziv ne utječe na zakonitost obrade prije njezina povlačenja. Opoziv privole možete podnijeti osobno dolaskom na gore navedenu adresu ili e-poštom na adresu: </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="00E34B6F">
           <w:rPr>
@@ -758,84 +765,84 @@
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00E34B6F">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="zh-CN"/>
           </w:rPr>
           <w:t>www.azop.hr</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E34B6F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D"/>
-    <w:p w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D">
+    <w:p w14:paraId="4ACB815F" w14:textId="77777777" w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D"/>
+    <w:p w14:paraId="7C2EFB11" w14:textId="77777777" w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D">
       <w:r>
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidR="00452562">
         <w:t xml:space="preserve"> _________</w:t>
       </w:r>
       <w:r>
         <w:t>_____</w:t>
       </w:r>
       <w:r w:rsidR="00A748FB">
         <w:t xml:space="preserve">, dana </w:t>
       </w:r>
       <w:r>
         <w:t>___________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D">
+    <w:p w14:paraId="3162A80C" w14:textId="77777777" w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D"/>
+    <w:p w14:paraId="30D5AB5A" w14:textId="77777777" w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D"/>
+    <w:p w14:paraId="101B711E" w14:textId="77777777" w:rsidR="0085340B" w:rsidRDefault="0085340B" w:rsidP="00AE401D"/>
+    <w:p w14:paraId="07CF4213" w14:textId="77777777" w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D">
       <w:r>
         <w:t xml:space="preserve">                                                              </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> _______________________________   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE401D" w:rsidRPr="00506D35" w:rsidRDefault="00AE401D" w:rsidP="00AE401D">
+    <w:p w14:paraId="352692E4" w14:textId="77777777" w:rsidR="00AE401D" w:rsidRPr="00506D35" w:rsidRDefault="00AE401D" w:rsidP="00AE401D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00506D35">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                             </w:t>
       </w:r>
       <w:r w:rsidRPr="00506D35">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidR="00506D35">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -857,361 +864,605 @@
         <w:tab/>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="00506D35" w:rsidRPr="00506D35">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00506D35">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Potpis osobe ovlaštene za zastupanje udruge</w:t>
       </w:r>
       <w:r w:rsidR="00506D35" w:rsidRPr="00506D35">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D"/>
-    <w:p w:rsidR="00485AB0" w:rsidRDefault="00485AB0"/>
+    <w:p w14:paraId="23DE1351" w14:textId="77777777" w:rsidR="00AE401D" w:rsidRDefault="00AE401D" w:rsidP="00AE401D"/>
+    <w:p w14:paraId="1997BFC7" w14:textId="77777777" w:rsidR="00485AB0" w:rsidRDefault="00485AB0"/>
     <w:sectPr w:rsidR="00485AB0" w:rsidSect="0085340B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="1133" w:bottom="567" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AE401D"/>
     <w:rsid w:val="001D529D"/>
     <w:rsid w:val="00452562"/>
     <w:rsid w:val="00485AB0"/>
     <w:rsid w:val="00493BE7"/>
     <w:rsid w:val="004E2033"/>
     <w:rsid w:val="00506D35"/>
     <w:rsid w:val="005A513F"/>
     <w:rsid w:val="005D5A52"/>
     <w:rsid w:val="00615DE8"/>
     <w:rsid w:val="00704B35"/>
     <w:rsid w:val="0085340B"/>
+    <w:rsid w:val="009232E6"/>
     <w:rsid w:val="00983A5B"/>
     <w:rsid w:val="00A12511"/>
     <w:rsid w:val="00A748FB"/>
     <w:rsid w:val="00A95B99"/>
+    <w:rsid w:val="00AC6C62"/>
     <w:rsid w:val="00AE13BF"/>
     <w:rsid w:val="00AE401D"/>
     <w:rsid w:val="00BA7B9B"/>
     <w:rsid w:val="00C0140F"/>
     <w:rsid w:val="00D01168"/>
     <w:rsid w:val="00D92E34"/>
     <w:rsid w:val="00E66C95"/>
     <w:rsid w:val="00FC25D7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hr-HR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="11266"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="2CD911F7"/>
+  <w15:docId w15:val="{C68C601F-AFB6-4BF9-ABDA-8EDE98832AB6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="hr-HR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00AE401D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="hr-HR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Naslov1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Naslov1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00AE401D"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Zadanifontodlomka">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Obinatablica">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezpopisa">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Naslov1Char">
     <w:name w:val="Naslov 1 Char"/>
     <w:basedOn w:val="Zadanifontodlomka"/>
     <w:link w:val="Naslov1"/>
     <w:rsid w:val="00AE401D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
@@ -1249,51 +1500,51 @@
     <w:rsid w:val="0085340B"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TekstbaloniaChar">
     <w:name w:val="Tekst balončića Char"/>
     <w:basedOn w:val="Zadanifontodlomka"/>
     <w:link w:val="Tekstbalonia"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0085340B"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="hr-HR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.azop.hr" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zastita.podataka@kckzz.hr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kckzz.hr/uprava/politika-zastite-privatnosti-osobnih-podataka/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pisarnica@kckzz.hr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -1548,50 +1799,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>522</Words>
-  <Characters>2979</Characters>
+  <Words>523</Words>
+  <Characters>2985</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>24</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3495</CharactersWithSpaces>
+  <CharactersWithSpaces>3501</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Lada</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>