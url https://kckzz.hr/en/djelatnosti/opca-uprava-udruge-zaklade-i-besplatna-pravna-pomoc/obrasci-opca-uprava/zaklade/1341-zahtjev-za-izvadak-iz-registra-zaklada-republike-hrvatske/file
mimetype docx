--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -1,430 +1,437 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1792"/>
         <w:gridCol w:w="7280"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AA67C9" w:rsidTr="00AA67C9">
+      <w:tr w:rsidR="00AA67C9" w14:paraId="651A67A1" w14:textId="77777777" w:rsidTr="00AA67C9">
         <w:trPr>
           <w:trHeight w:val="1705"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1792" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA67C9" w:rsidRPr="00D94D7D" w:rsidRDefault="00AA67C9" w:rsidP="00A23FA6">
+          <w:p w14:paraId="00651CCF" w14:textId="77777777" w:rsidR="00AA67C9" w:rsidRPr="00D94D7D" w:rsidRDefault="00AA67C9" w:rsidP="00A23FA6">
             <w:pPr>
               <w:pStyle w:val="normal-000005"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1F29D660" wp14:editId="2311F193">
                   <wp:extent cx="809625" cy="895350"/>
                   <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
                   <wp:docPr id="1" name="Slika 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId5"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="809625" cy="895350"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="9525">
                             <a:noFill/>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7280" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA67C9" w:rsidRPr="00D94D7D" w:rsidRDefault="00AA67C9" w:rsidP="00A23FA6">
+          <w:p w14:paraId="420EDEAE" w14:textId="77777777" w:rsidR="00AA67C9" w:rsidRPr="00D94D7D" w:rsidRDefault="00AA67C9" w:rsidP="00A23FA6">
             <w:pPr>
               <w:pStyle w:val="normal-000005"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00AA67C9" w:rsidRPr="00D94D7D" w:rsidRDefault="00AA67C9" w:rsidP="00A23FA6">
+          <w:p w14:paraId="4F819CDE" w14:textId="77777777" w:rsidR="00AA67C9" w:rsidRPr="00D94D7D" w:rsidRDefault="00AA67C9" w:rsidP="00A23FA6">
             <w:pPr>
               <w:pStyle w:val="normal-000005"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D94D7D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>KOPRIVNIČKO-KRIŽEVAČKA ŽUPANIJA</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AA67C9" w:rsidRPr="00D94D7D" w:rsidRDefault="00AA67C9" w:rsidP="00A23FA6">
+          <w:p w14:paraId="3A6BC8D7" w14:textId="6F2BDC68" w:rsidR="00AA67C9" w:rsidRPr="00D94D7D" w:rsidRDefault="00AA67C9" w:rsidP="00A23FA6">
             <w:pPr>
               <w:pStyle w:val="normal-000005"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D94D7D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Upravni odjel za opću upravu i imovinska prava</w:t>
+              <w:t xml:space="preserve">Upravni odjel za opću upravu i </w:t>
+            </w:r>
+            <w:r w:rsidR="0047166F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>zajedničke poslove</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AA67C9" w:rsidRPr="00D94D7D" w:rsidRDefault="00AA67C9" w:rsidP="00A23FA6">
+          <w:p w14:paraId="5404B1ED" w14:textId="77777777" w:rsidR="00AA67C9" w:rsidRPr="00D94D7D" w:rsidRDefault="00AA67C9" w:rsidP="00A23FA6">
             <w:pPr>
               <w:pStyle w:val="normal-000005"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D94D7D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Ulica Antuna Nemčića 5, 48000 KOPRIVNICA</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AA67C9" w:rsidRPr="00D94D7D" w:rsidRDefault="00AA67C9" w:rsidP="00A23FA6">
+          <w:p w14:paraId="532AB86C" w14:textId="77777777" w:rsidR="00AA67C9" w:rsidRPr="00D94D7D" w:rsidRDefault="00AA67C9" w:rsidP="00A23FA6">
             <w:pPr>
               <w:pStyle w:val="normal-000005"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D94D7D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Tel: 048/658-172, </w:t>
             </w:r>
             <w:hyperlink r:id="rId6" w:history="1">
               <w:r w:rsidRPr="00D94D7D">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>pisarnica@kckzz.hr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00D94D7D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AA67C9" w:rsidRPr="00D94D7D" w:rsidRDefault="00AA67C9" w:rsidP="00A23FA6">
+          <w:p w14:paraId="28F1F395" w14:textId="77777777" w:rsidR="00AA67C9" w:rsidRPr="00D94D7D" w:rsidRDefault="00AA67C9" w:rsidP="00A23FA6">
             <w:pPr>
               <w:pStyle w:val="normal-000005"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AA67C9" w:rsidRDefault="00AA67C9">
+    <w:p w14:paraId="410676C9" w14:textId="77777777" w:rsidR="00AA67C9" w:rsidRDefault="00AA67C9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000F3333" w:rsidRPr="00173ED9" w:rsidRDefault="00173ED9">
+    <w:p w14:paraId="3007DB0E" w14:textId="77777777" w:rsidR="000F3333" w:rsidRPr="00173ED9" w:rsidRDefault="00173ED9">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173ED9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NAZIV ZAKLADE:</w:t>
       </w:r>
       <w:r w:rsidRPr="00173ED9">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> ____</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>___________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00173ED9" w:rsidRPr="00173ED9" w:rsidRDefault="00173ED9">
+    <w:p w14:paraId="386B805A" w14:textId="77777777" w:rsidR="00173ED9" w:rsidRPr="00173ED9" w:rsidRDefault="00173ED9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173ED9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Adresa: _______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00173ED9" w:rsidRPr="00173ED9" w:rsidRDefault="00173ED9">
+    <w:p w14:paraId="0F27D57D" w14:textId="77777777" w:rsidR="00173ED9" w:rsidRPr="00173ED9" w:rsidRDefault="00173ED9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173ED9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Telefon: ______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00173ED9" w:rsidRPr="00173ED9" w:rsidRDefault="00173ED9">
+    <w:p w14:paraId="0635D941" w14:textId="77777777" w:rsidR="00173ED9" w:rsidRPr="00173ED9" w:rsidRDefault="00173ED9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173ED9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Registarski broj zaklade: ________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00173ED9" w:rsidRDefault="00173ED9" w:rsidP="00AA67C9">
-[...8 lines deleted...]
-    <w:p w:rsidR="00173ED9" w:rsidRDefault="00173ED9" w:rsidP="00173ED9">
+    <w:p w14:paraId="5ADC58F8" w14:textId="77777777" w:rsidR="00173ED9" w:rsidRDefault="00173ED9" w:rsidP="00AA67C9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="524E1170" w14:textId="77777777" w:rsidR="00173ED9" w:rsidRDefault="00173ED9" w:rsidP="00173ED9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Predmet: Izvadak iz Registra zaklada</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00173ED9" w:rsidRDefault="00173ED9" w:rsidP="00173ED9">
-[...8 lines deleted...]
-    <w:p w:rsidR="00173ED9" w:rsidRDefault="00173ED9" w:rsidP="00173ED9">
+    <w:p w14:paraId="17FFCC62" w14:textId="77777777" w:rsidR="00173ED9" w:rsidRDefault="00173ED9" w:rsidP="00173ED9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B508525" w14:textId="77777777" w:rsidR="00173ED9" w:rsidRDefault="00173ED9" w:rsidP="00173ED9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Molim naslov da nam izda </w:t>
       </w:r>
       <w:r w:rsidRPr="00173ED9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>IZVADAK IZ REGISTRA ZAKLADA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> u svrhu </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA67C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00AA67C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AA67C9" w:rsidRPr="00AA67C9" w:rsidRDefault="00AA67C9" w:rsidP="00173ED9">
+    <w:p w14:paraId="6B10C976" w14:textId="77777777" w:rsidR="00AA67C9" w:rsidRPr="00AA67C9" w:rsidRDefault="00AA67C9" w:rsidP="00173ED9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AA67C9" w:rsidRPr="00E34B6F" w:rsidRDefault="00AA67C9" w:rsidP="00AA67C9">
+    <w:p w14:paraId="7E0D98B8" w14:textId="77777777" w:rsidR="00AA67C9" w:rsidRPr="00E34B6F" w:rsidRDefault="00AA67C9" w:rsidP="00AA67C9">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E34B6F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Popunjavanjem i potpisivanjem ovog obrasca dajete izričitu privolu za prikupljanje, obrađivanje i čuvanje Vaših osobnih podataka navedenih u obrascu, </w:t>
       </w:r>
       <w:r w:rsidRPr="00E34B6F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
@@ -454,84 +461,84 @@
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00E34B6F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>te dajete izričitu privolu da Koprivničko-križevačka županija ustupi na obradu osobne podatke iz ovog obrasca nadležnim ministarstvima na njihov zahtjev samo u slučajevima koji su propisani zakonom ili predstavljaju dio ugovornih obveza,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E34B6F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AA67C9" w:rsidRPr="00E34B6F" w:rsidRDefault="00AA67C9" w:rsidP="00AA67C9">
+    <w:p w14:paraId="6AA8B790" w14:textId="77777777" w:rsidR="00AA67C9" w:rsidRPr="00E34B6F" w:rsidRDefault="00AA67C9" w:rsidP="00AA67C9">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E34B6F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Ovim putem izričito izjavljujete da imate više od 18 godina i da zakonski možete dati privolu za obradu osobnih podataka</w:t>
       </w:r>
       <w:r w:rsidRPr="00E34B6F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> kako je to navedeno u ovoj izjavi.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AA67C9" w:rsidRPr="00E34B6F" w:rsidRDefault="00AA67C9" w:rsidP="00AA67C9">
+    <w:p w14:paraId="6596FEBB" w14:textId="77777777" w:rsidR="00AA67C9" w:rsidRPr="00E34B6F" w:rsidRDefault="00AA67C9" w:rsidP="00AA67C9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E34B6F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">S Vašim osobnim podacima postupat ćemo sukladno Općoj uredbi o zaštiti podataka (EU GDPR) i Zakonu provedbi opće uredbe o zaštiti podataka („Narodne novine“ broj 42/18.), te u skladu s </w:t>
       </w:r>
       <w:r w:rsidRPr="00E34B6F">
         <w:rPr>
@@ -550,102 +557,102 @@
             <w:szCs w:val="16"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://kckzz.hr/uprava/politika-zastite-privatnosti-osobnih-podataka/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E34B6F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E34B6F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> uz primjenu odgovarajućih organizacijskih i tehničkih mjera zaštite osobnih podataka od neovlaštenog pristupa, zlouporabe, otkrivanja, gubitka ili uništenja. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AA67C9" w:rsidRPr="00E34B6F" w:rsidRDefault="00AA67C9" w:rsidP="00AA67C9">
+    <w:p w14:paraId="6CB72997" w14:textId="77777777" w:rsidR="00AA67C9" w:rsidRPr="00E34B6F" w:rsidRDefault="00AA67C9" w:rsidP="00AA67C9">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E34B6F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Čuvamo povjerljivost Vaših osobnih podataka te je pristup osobnim podacima omogućen samo onim službenicima kojima su oni potrebni radi provedbe vašeg zahtjeva, a trećim osobama samo u dijelu provedbe ugovornih i zakonskih obveza.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E34B6F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> Voditelj obrade će ishoditi brisanje Vaših osobnih podataka kada oni više neće biti nužni u odnosu na svrhu za koju su prikupljani</w:t>
       </w:r>
       <w:r w:rsidRPr="00E34B6F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> sukladno </w:t>
       </w:r>
       <w:r w:rsidRPr="00E34B6F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Pravilniku o zaštiti i čuvanju arhivskoga i registraturnog gradiva Koprivničko-križevačke županije („Službeni glasnik Koprivničko–križevačke županije“, broj 7/14. i 14/15.).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AA67C9" w:rsidRPr="00E34B6F" w:rsidRDefault="00AA67C9" w:rsidP="00AA67C9">
+    <w:p w14:paraId="49C38801" w14:textId="77777777" w:rsidR="00AA67C9" w:rsidRPr="00E34B6F" w:rsidRDefault="00AA67C9" w:rsidP="00AA67C9">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E34B6F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">Napominjemo da u svako doba, u potpunosti ili djelomice, bez naknade i objašnjenja možete dopuniti nepotpune ili netočne osobne podatke te možete povući svoju privolu i zatražiti prestanak aktivnosti obrade Vaših osobnih podataka Opoziv ne utječe na zakonitost obrade prije njezina povlačenja. Opoziv privole možete podnijeti osobno dolaskom na gore navedenu adresu ili e-poštom na adresu: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00E34B6F">
           <w:rPr>
@@ -671,154 +678,154 @@
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00E34B6F">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="zh-CN"/>
           </w:rPr>
           <w:t>www.azop.hr</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E34B6F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AA67C9" w:rsidRDefault="00AA67C9" w:rsidP="00AA67C9"/>
-    <w:p w:rsidR="00173ED9" w:rsidRPr="00AA67C9" w:rsidRDefault="00AA67C9" w:rsidP="00173ED9">
+    <w:p w14:paraId="6D457BD5" w14:textId="77777777" w:rsidR="00AA67C9" w:rsidRDefault="00AA67C9" w:rsidP="00AA67C9"/>
+    <w:p w14:paraId="1DAC82AE" w14:textId="77777777" w:rsidR="00173ED9" w:rsidRPr="00AA67C9" w:rsidRDefault="00AA67C9" w:rsidP="00173ED9">
       <w:r>
         <w:t>U ______________, dana ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00173ED9" w:rsidRDefault="00173ED9" w:rsidP="00173ED9">
+    <w:p w14:paraId="7E1E210D" w14:textId="77777777" w:rsidR="00173ED9" w:rsidRDefault="00173ED9" w:rsidP="00173ED9">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00173ED9" w:rsidRDefault="00173ED9" w:rsidP="00173ED9">
+    <w:p w14:paraId="64E6F9BD" w14:textId="77777777" w:rsidR="00173ED9" w:rsidRDefault="00173ED9" w:rsidP="00173ED9">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                           (potpis)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00173ED9" w:rsidRPr="00173ED9" w:rsidRDefault="00173ED9">
+    <w:p w14:paraId="0C07B7FB" w14:textId="77777777" w:rsidR="00173ED9" w:rsidRPr="00173ED9" w:rsidRDefault="00173ED9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00173ED9" w:rsidRPr="00173ED9" w:rsidSect="00AA67C9">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="1440" w:bottom="851" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1DC12140"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8F0AF0F0"/>
     <w:lvl w:ilvl="0" w:tplc="041A0015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041A001B" w:tentative="1">
@@ -863,277 +870,521 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="138619062">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00173ED9"/>
     <w:rsid w:val="000F3333"/>
     <w:rsid w:val="0012655F"/>
     <w:rsid w:val="00173ED9"/>
     <w:rsid w:val="00317E6A"/>
+    <w:rsid w:val="0047166F"/>
     <w:rsid w:val="006450E6"/>
     <w:rsid w:val="006860EE"/>
     <w:rsid w:val="006B6007"/>
     <w:rsid w:val="00835C7C"/>
     <w:rsid w:val="00AA67C9"/>
     <w:rsid w:val="00CA443B"/>
+    <w:rsid w:val="00DA3440"/>
     <w:rsid w:val="00DE2485"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hr-HR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="2F9B1316"/>
+  <w15:docId w15:val="{4A2BFE59-7418-462D-8590-CB1D564FCD9A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="hr-HR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00317E6A"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Zadanifontodlomka">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Obinatablica">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezpopisa">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Odlomakpopisa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CA443B"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
@@ -1176,51 +1427,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TekstbaloniaChar">
     <w:name w:val="Tekst balončića Char"/>
     <w:basedOn w:val="Zadanifontodlomka"/>
     <w:link w:val="Tekstbalonia"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA67C9"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zastita.podataka@kckzz.hr" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kckzz.hr/uprava/politika-zastite-privatnosti-osobnih-podataka/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pisarnica@kckzz.hr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.azop.hr" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema sustava Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -1441,76 +1692,76 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>494</Words>
-  <Characters>2816</Characters>
+  <Words>495</Words>
+  <Characters>2822</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>23</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Naslov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3304</CharactersWithSpaces>
+  <CharactersWithSpaces>3311</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Korisnik</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>