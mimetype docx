--- v0 (2025-10-10)
+++ v1 (2025-12-12)
@@ -1,132 +1,132 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9606" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4077"/>
         <w:gridCol w:w="5529"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C62640" w:rsidRPr="00900441" w14:paraId="55651A0B" w14:textId="77777777" w:rsidTr="00C005DE">
+      <w:tr w:rsidR="00C62640" w:rsidRPr="00900441" w14:paraId="0D83D3E0" w14:textId="77777777" w:rsidTr="00C005DE">
         <w:trPr>
           <w:trHeight w:val="1124"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9606" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="9BBB59"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C537B80" w14:textId="77777777" w:rsidR="004E5A57" w:rsidRPr="00900441" w:rsidRDefault="004E5A57" w:rsidP="004E5A57">
+          <w:p w14:paraId="685C5899" w14:textId="77777777" w:rsidR="004E5A57" w:rsidRPr="00900441" w:rsidRDefault="004E5A57" w:rsidP="004E5A57">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="49B59014" w14:textId="77777777" w:rsidR="004E5A57" w:rsidRPr="00900441" w:rsidRDefault="00C62640" w:rsidP="0060298C">
+          <w:p w14:paraId="39BFC8B6" w14:textId="77777777" w:rsidR="004E5A57" w:rsidRPr="00900441" w:rsidRDefault="00C62640" w:rsidP="0060298C">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00900441">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve">ZAHTJEV ZA </w:t>
             </w:r>
             <w:r w:rsidR="0060298C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve"> IZDAVANJE DOPUŠTENJA I UTVRĐIVANJE UVJETA ZAŠTITE PRIRODE </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C62640" w:rsidRPr="00900441" w14:paraId="179A2860" w14:textId="77777777" w:rsidTr="000870F4">
+      <w:tr w:rsidR="00C62640" w:rsidRPr="00900441" w14:paraId="654C5BA0" w14:textId="77777777" w:rsidTr="000870F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9606" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="22A4FC7A" w14:textId="77777777" w:rsidR="00F64A4B" w:rsidRDefault="00C62640" w:rsidP="0060298C">
+          <w:p w14:paraId="1563DF1E" w14:textId="62A3C3BD" w:rsidR="00F64A4B" w:rsidRDefault="00C62640" w:rsidP="0060298C">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00900441">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00094821">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -147,582 +147,645 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>članku</w:t>
             </w:r>
             <w:r w:rsidR="00094821">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C565B9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-              <w:t xml:space="preserve">143. I </w:t>
+              <w:t xml:space="preserve">143. </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA266F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidR="00C565B9">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0060298C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>144</w:t>
             </w:r>
             <w:r w:rsidR="007453BD" w:rsidRPr="00900441">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00094821">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00056B11" w:rsidRPr="00900441">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-              <w:t>Zakona o zaštiti prirode (N</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00094821">
+              <w:t xml:space="preserve">Zakona o zaštiti prirode </w:t>
+            </w:r>
+            <w:r w:rsidR="00814B9E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-              <w:t>arodne novine br. 80/13</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BB7231">
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="337331DB" w14:textId="0C6463B1" w:rsidR="002937C1" w:rsidRPr="007D194B" w:rsidRDefault="002937C1" w:rsidP="00C565B9">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>,</w:t>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D194B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sukladno odredbama članka 9. Stavka 1. </w:t>
+            </w:r>
+            <w:r w:rsidR="00C24509">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>t</w:t>
             </w:r>
             <w:r w:rsidR="00C565B9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:b/>
-[...7 lines deleted...]
-            <w:r w:rsidR="00BB7231">
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>očke 52</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D194B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:b/>
-[...7 lines deleted...]
-            <w:r w:rsidR="00056B11" w:rsidRPr="00900441">
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Zakona o zaštiti prirode </w:t>
+            </w:r>
+            <w:r w:rsidR="00C565B9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-              <w:pStyle w:val="Bezproreda"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">zahvat </w:t>
+            </w:r>
+            <w:r w:rsidR="007D194B" w:rsidRPr="007D194B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="007D194B">
+              <w:t>je svako privremeno ili trajno djelovanje čovjeka na prirodu koje može narušiti prirodnu ravnot</w:t>
+            </w:r>
+            <w:r w:rsidR="00257581">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sukladno odredbama članka 9. Stavka 1. </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C24509">
+              <w:t>ežu, ak</w:t>
+            </w:r>
+            <w:r w:rsidR="007D194B" w:rsidRPr="007D194B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-              <w:t>t</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C565B9">
+              <w:t>o cilj tog djelovanja nije zaštita i očuvanje prirode</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA266F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-              <w:t>očke 52</w:t>
-[...66 lines deleted...]
-              <w:t>o cilj tog djelovanja nije zaštita i očuvanje prirode.</w:t>
+              <w:t xml:space="preserve"> – tipa uređenje rekreacijskih staza, rušenje stabala, preoravanje travnjaka, sadnja, obrana od poplava i dr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C62640" w:rsidRPr="00900441" w14:paraId="6FD61CD5" w14:textId="77777777" w:rsidTr="000870F4">
+      <w:tr w:rsidR="00C62640" w:rsidRPr="00900441" w14:paraId="2054F7BB" w14:textId="77777777" w:rsidTr="000870F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD"/>
           </w:tcPr>
-          <w:p w14:paraId="100BA193" w14:textId="77777777" w:rsidR="00C62640" w:rsidRPr="00900441" w:rsidRDefault="00C62640" w:rsidP="00C62640">
+          <w:p w14:paraId="3D63E463" w14:textId="77777777" w:rsidR="00C62640" w:rsidRPr="00900441" w:rsidRDefault="00C62640" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD"/>
           </w:tcPr>
-          <w:p w14:paraId="29424ECF" w14:textId="77777777" w:rsidR="00C62640" w:rsidRPr="00900441" w:rsidRDefault="00C62640" w:rsidP="00C62640">
+          <w:p w14:paraId="3C3D8CF2" w14:textId="77777777" w:rsidR="00C62640" w:rsidRPr="00900441" w:rsidRDefault="00C62640" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C62640" w:rsidRPr="00900441" w14:paraId="41078F7C" w14:textId="77777777" w:rsidTr="000870F4">
+      <w:tr w:rsidR="00C62640" w:rsidRPr="00900441" w14:paraId="66000238" w14:textId="77777777" w:rsidTr="000870F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="041D1C15" w14:textId="77777777" w:rsidR="00C62640" w:rsidRDefault="00094821" w:rsidP="00C62640">
+          <w:p w14:paraId="76B09646" w14:textId="77777777" w:rsidR="00C62640" w:rsidRDefault="00094821" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>Pisani zahtjev se podnosi na adresu:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6BCAF91D" w14:textId="77777777" w:rsidR="00094821" w:rsidRDefault="00094821" w:rsidP="00C62640">
-[...9 lines deleted...]
-          <w:p w14:paraId="64C3C32C" w14:textId="77777777" w:rsidR="00094821" w:rsidRPr="00094821" w:rsidRDefault="00094821" w:rsidP="00094821">
+          <w:p w14:paraId="6F81F75C" w14:textId="77777777" w:rsidR="00094821" w:rsidRDefault="00094821" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67FB6F0B" w14:textId="77777777" w:rsidR="00094821" w:rsidRPr="00094821" w:rsidRDefault="00094821" w:rsidP="00094821">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45234FB8" w14:textId="77777777" w:rsidR="00C62640" w:rsidRPr="00900441" w:rsidRDefault="00C62640" w:rsidP="00C62640">
+          <w:p w14:paraId="33DFE51E" w14:textId="77777777" w:rsidR="00C62640" w:rsidRPr="00900441" w:rsidRDefault="00C62640" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00900441">
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve">Koprivničko-križevačka županija, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76B60C6C" w14:textId="77777777" w:rsidR="008C7B65" w:rsidRPr="00900441" w:rsidRDefault="00C62640" w:rsidP="00C565B9">
+          <w:p w14:paraId="2F658DDC" w14:textId="7D9F4200" w:rsidR="008C7B65" w:rsidRPr="00900441" w:rsidRDefault="00C62640" w:rsidP="00C565B9">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00900441">
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve">Upravni odjel </w:t>
             </w:r>
             <w:r w:rsidR="009D453E">
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-              <w:t xml:space="preserve">za prostorno uređenje, gradnju, </w:t>
+              <w:t xml:space="preserve">za </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA266F">
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">poljoprivredu, vodno gospodarstvo, </w:t>
+            </w:r>
+            <w:r w:rsidR="009D453E">
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00900441">
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>zaštitu okoliša</w:t>
             </w:r>
             <w:r w:rsidR="009D453E">
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve"> i zaštitu prirode</w:t>
             </w:r>
             <w:r w:rsidRPr="00900441">
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-              <w:t xml:space="preserve">, Nemčićeva 5, </w:t>
+              <w:t>, Nemčićeva 5,</w:t>
             </w:r>
             <w:r w:rsidR="004E5A57" w:rsidRPr="00900441">
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00900441">
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>48</w:t>
             </w:r>
             <w:r w:rsidR="004E5A57" w:rsidRPr="00900441">
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00900441">
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>000 Koprivnica</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C7B65" w:rsidRPr="00900441" w14:paraId="4FD0F357" w14:textId="77777777" w:rsidTr="000870F4">
+      <w:tr w:rsidR="008C7B65" w:rsidRPr="00900441" w14:paraId="78F1A4D4" w14:textId="77777777" w:rsidTr="000870F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A185273" w14:textId="77777777" w:rsidR="008C7B65" w:rsidRPr="00900441" w:rsidRDefault="008C7B65" w:rsidP="008C7B65">
+          <w:p w14:paraId="2961FB42" w14:textId="77777777" w:rsidR="008C7B65" w:rsidRPr="00900441" w:rsidRDefault="008C7B65" w:rsidP="008C7B65">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00900441">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>Kontakt:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="721FEDC6" w14:textId="77777777" w:rsidR="008F1869" w:rsidRPr="00900441" w:rsidRDefault="009D453E" w:rsidP="003B2F3C">
+          <w:p w14:paraId="2EF0CF72" w14:textId="6A5EA622" w:rsidR="008F1869" w:rsidRDefault="009D453E" w:rsidP="003B2F3C">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>Tel: 048/658-147</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="4DF1C9A1" w14:textId="77777777" w:rsidR="008C7B65" w:rsidRPr="00900441" w:rsidRDefault="008C7B65" w:rsidP="003B2F3C">
+            <w:r w:rsidR="00CA266F">
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B3AD443" w14:textId="1AD8B240" w:rsidR="00CA266F" w:rsidRPr="00900441" w:rsidRDefault="00CA266F" w:rsidP="003B2F3C">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      048/658-126</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CA4F645" w14:textId="77777777" w:rsidR="00CA266F" w:rsidRDefault="008C7B65" w:rsidP="003B2F3C">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00900441">
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve">e-mail: </w:t>
             </w:r>
             <w:hyperlink r:id="rId5" w:history="1">
-              <w:r w:rsidR="00DD0A00" w:rsidRPr="00FA532F">
+              <w:r w:rsidR="00CA266F" w:rsidRPr="009A3262">
+                <w:rPr>
+                  <w:rStyle w:val="Hiperveza"/>
+                  <w:lang w:eastAsia="hr-HR"/>
+                </w:rPr>
+                <w:t>ana.kranjcev@kckzz.hr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CA266F">
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   i  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6753124B" w14:textId="1EA35F06" w:rsidR="008C7B65" w:rsidRPr="00900441" w:rsidRDefault="00CA266F" w:rsidP="003B2F3C">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">             </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId6" w:history="1">
+              <w:r w:rsidRPr="009A3262">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:lang w:eastAsia="hr-HR"/>
                 </w:rPr>
                 <w:t>valentina.stefokovic@kckzz.hr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="009D453E">
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C62640" w:rsidRPr="00900441" w14:paraId="7F45B7CB" w14:textId="77777777" w:rsidTr="000870F4">
+      <w:tr w:rsidR="00C62640" w:rsidRPr="00900441" w14:paraId="6AC83B2A" w14:textId="77777777" w:rsidTr="000870F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E141FE2" w14:textId="77777777" w:rsidR="00C62640" w:rsidRPr="00900441" w:rsidRDefault="00C62640" w:rsidP="003B2F3C">
+          <w:p w14:paraId="694D5432" w14:textId="77777777" w:rsidR="00C62640" w:rsidRPr="00900441" w:rsidRDefault="00C62640" w:rsidP="003B2F3C">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00900441">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Podaci o nositelju zahvata </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0517DB53" w14:textId="77777777" w:rsidR="00C62640" w:rsidRPr="00900441" w:rsidRDefault="003B2F3C" w:rsidP="00C005DE">
+          <w:p w14:paraId="56A3F3AE" w14:textId="5F122B6B" w:rsidR="00C62640" w:rsidRPr="00900441" w:rsidRDefault="003B2F3C" w:rsidP="00C005DE">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB2B19">
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve">Za </w:t>
             </w:r>
             <w:r w:rsidR="00C005DE" w:rsidRPr="00AB2B19">
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve">OPG/ </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB2B19">
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>tvrtku/obrt</w:t>
             </w:r>
             <w:r w:rsidR="00FF5601">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="0060298C">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-              <w:t>fizička osoba</w:t>
+              <w:t>fizičk</w:t>
+            </w:r>
+            <w:r w:rsidR="0069406A">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidR="0060298C">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> osob</w:t>
+            </w:r>
+            <w:r w:rsidR="0069406A">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>u</w:t>
             </w:r>
             <w:r w:rsidR="00C565B9">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>/udrugu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C62640" w:rsidRPr="00900441" w14:paraId="705EFE9B" w14:textId="77777777" w:rsidTr="000870F4">
+      <w:tr w:rsidR="00C62640" w:rsidRPr="00900441" w14:paraId="7ECE5E41" w14:textId="77777777" w:rsidTr="000870F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30A8F33D" w14:textId="77777777" w:rsidR="00C62640" w:rsidRPr="00900441" w:rsidRDefault="003B2F3C" w:rsidP="00C005DE">
+          <w:p w14:paraId="1E92BC1C" w14:textId="77777777" w:rsidR="00C62640" w:rsidRPr="00900441" w:rsidRDefault="003B2F3C" w:rsidP="00C005DE">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00900441">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve">Naziv </w:t>
             </w:r>
             <w:r w:rsidR="000F6F1D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
@@ -766,1562 +829,1811 @@
             </w:r>
             <w:r w:rsidR="00C565B9">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>/udruge</w:t>
             </w:r>
             <w:r w:rsidRPr="00900441">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C8834D0" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="00900441" w:rsidRDefault="00152E00" w:rsidP="00C62640">
+          <w:p w14:paraId="7E474FC4" w14:textId="77777777" w:rsidR="00C62640" w:rsidRDefault="00C62640" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10CC0AFE" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="00900441" w:rsidRDefault="00152E00" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C62640" w:rsidRPr="00900441" w14:paraId="07A4CBDF" w14:textId="77777777" w:rsidTr="000870F4">
+      <w:tr w:rsidR="00C62640" w:rsidRPr="00900441" w14:paraId="0F7E5355" w14:textId="77777777" w:rsidTr="000870F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="075A617F" w14:textId="77777777" w:rsidR="00C62640" w:rsidRPr="00900441" w:rsidRDefault="003B2F3C" w:rsidP="00C62640">
+          <w:p w14:paraId="4E02D55B" w14:textId="77777777" w:rsidR="00C62640" w:rsidRPr="00900441" w:rsidRDefault="003B2F3C" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00900441">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>Adresa:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="315AE8E1" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="00900441" w:rsidRDefault="00152E00" w:rsidP="00C62640">
+          <w:p w14:paraId="5DBFD3B5" w14:textId="77777777" w:rsidR="00C62640" w:rsidRDefault="00C62640" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2329A3D1" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="00900441" w:rsidRDefault="00152E00" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2F3C" w:rsidRPr="00900441" w14:paraId="2FCFC663" w14:textId="77777777" w:rsidTr="000870F4">
+      <w:tr w:rsidR="003B2F3C" w:rsidRPr="00900441" w14:paraId="65555E92" w14:textId="77777777" w:rsidTr="000870F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="582DCC1A" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRPr="00900441" w:rsidRDefault="003B2F3C" w:rsidP="00C62640">
+          <w:p w14:paraId="7C4FA583" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRPr="00900441" w:rsidRDefault="003B2F3C" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00900441">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>Mjesto i poštanski broj:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FFBF415" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="00900441" w:rsidRDefault="00152E00" w:rsidP="00C62640">
+          <w:p w14:paraId="168D974A" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRDefault="003B2F3C" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50F1BFBC" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="00900441" w:rsidRDefault="00152E00" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2F3C" w:rsidRPr="00900441" w14:paraId="48099553" w14:textId="77777777" w:rsidTr="000870F4">
+      <w:tr w:rsidR="003B2F3C" w:rsidRPr="00900441" w14:paraId="0FA59A3F" w14:textId="77777777" w:rsidTr="000870F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50FA8813" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRPr="00900441" w:rsidRDefault="003B2F3C" w:rsidP="00C62640">
+          <w:p w14:paraId="1719E7A0" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRPr="00900441" w:rsidRDefault="003B2F3C" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00900441">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>Odgovorna osoba:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36431F03" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="00900441" w:rsidRDefault="00152E00" w:rsidP="00C62640">
+          <w:p w14:paraId="57D79DC5" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRDefault="003B2F3C" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05CC74B3" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="00900441" w:rsidRDefault="00152E00" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007453BD" w:rsidRPr="00900441" w14:paraId="6D6F89D8" w14:textId="77777777" w:rsidTr="000870F4">
+      <w:tr w:rsidR="007453BD" w:rsidRPr="00900441" w14:paraId="1877D9F2" w14:textId="77777777" w:rsidTr="000870F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32B265D3" w14:textId="77777777" w:rsidR="007453BD" w:rsidRPr="00900441" w:rsidRDefault="007453BD" w:rsidP="00C62640">
+          <w:p w14:paraId="5F1B2499" w14:textId="77777777" w:rsidR="007453BD" w:rsidRPr="00900441" w:rsidRDefault="007453BD" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00900441">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>Kontakt osoba:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00F90CDF" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="00900441" w:rsidRDefault="00152E00" w:rsidP="00C62640">
+          <w:p w14:paraId="2F57E6E3" w14:textId="77777777" w:rsidR="007453BD" w:rsidRDefault="007453BD" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A415C1E" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="00900441" w:rsidRDefault="00152E00" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2F3C" w:rsidRPr="00900441" w14:paraId="07ED0DA4" w14:textId="77777777" w:rsidTr="000870F4">
+      <w:tr w:rsidR="003B2F3C" w:rsidRPr="00900441" w14:paraId="4C320D6D" w14:textId="77777777" w:rsidTr="000870F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B082492" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRPr="00900441" w:rsidRDefault="003B2F3C" w:rsidP="00C62640">
+          <w:p w14:paraId="48F0D3BC" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRPr="00900441" w:rsidRDefault="003B2F3C" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00900441">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>Telefon/fax.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="326FD938" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="00900441" w:rsidRDefault="00152E00" w:rsidP="00C62640">
+          <w:p w14:paraId="59F79D53" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRDefault="003B2F3C" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B5B64AE" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="00900441" w:rsidRDefault="00152E00" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2F3C" w:rsidRPr="00900441" w14:paraId="44792483" w14:textId="77777777" w:rsidTr="000870F4">
+      <w:tr w:rsidR="003B2F3C" w:rsidRPr="00900441" w14:paraId="16C40013" w14:textId="77777777" w:rsidTr="000870F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C310D51" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRPr="00900441" w:rsidRDefault="003B2F3C" w:rsidP="00C62640">
+          <w:p w14:paraId="3739DA80" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRPr="00900441" w:rsidRDefault="003B2F3C" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00900441">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>e-mail:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70D8B3DD" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="00900441" w:rsidRDefault="00152E00" w:rsidP="00C62640">
+          <w:p w14:paraId="41803A6A" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRDefault="003B2F3C" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F4DCD25" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="00900441" w:rsidRDefault="00152E00" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2F3C" w:rsidRPr="00900441" w14:paraId="1BE4A51A" w14:textId="77777777" w:rsidTr="000870F4">
+      <w:tr w:rsidR="003B2F3C" w:rsidRPr="00900441" w14:paraId="65A58B0B" w14:textId="77777777" w:rsidTr="000870F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="767A9FE9" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRPr="00900441" w:rsidRDefault="0060298C" w:rsidP="00C62640">
+          <w:p w14:paraId="7843A7A6" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRPr="00900441" w:rsidRDefault="0060298C" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>OIB</w:t>
             </w:r>
-            <w:r w:rsidR="008F7EAC">
-[...8 lines deleted...]
-            <w:r w:rsidR="00D72F48">
+            <w:r w:rsidR="003B2F3C" w:rsidRPr="00900441">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5955A42E" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRDefault="003B2F3C" w:rsidP="00C62640">
-[...7 lines deleted...]
-          <w:p w14:paraId="45886056" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="00900441" w:rsidRDefault="00152E00" w:rsidP="00C62640">
+          <w:p w14:paraId="568387D6" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRDefault="003B2F3C" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0EFEF263" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="00900441" w:rsidRDefault="00152E00" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2F3C" w:rsidRPr="00900441" w14:paraId="4B860453" w14:textId="77777777" w:rsidTr="000870F4">
+      <w:tr w:rsidR="003B2F3C" w:rsidRPr="00900441" w14:paraId="14630630" w14:textId="77777777" w:rsidTr="000870F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD"/>
           </w:tcPr>
-          <w:p w14:paraId="2D9E9277" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRPr="00900441" w:rsidRDefault="00FF5601" w:rsidP="000870F4">
+          <w:p w14:paraId="1AD3FEFD" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRPr="00900441" w:rsidRDefault="00FF5601" w:rsidP="000870F4">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>PRILOG</w:t>
             </w:r>
             <w:r w:rsidR="003B2F3C" w:rsidRPr="00900441">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD"/>
           </w:tcPr>
-          <w:p w14:paraId="3765A5AA" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRDefault="00310272" w:rsidP="00C62640">
+          <w:p w14:paraId="51E9E928" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRDefault="00310272" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00900441">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003B2F3C" w:rsidRPr="00AB2B19">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>Izvadak iz registra</w:t>
             </w:r>
             <w:r w:rsidR="0060298C">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>/preslika osobne iskaznice</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51913AB5" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="009D453E" w:rsidRDefault="00152E00" w:rsidP="00C62640">
+          <w:p w14:paraId="15A274AE" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="009D453E" w:rsidRDefault="00152E00" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D453E" w:rsidRPr="00900441" w14:paraId="6E5CBFD2" w14:textId="77777777" w:rsidTr="00FF5601">
+      <w:tr w:rsidR="009D453E" w:rsidRPr="00900441" w14:paraId="7F048EEE" w14:textId="77777777" w:rsidTr="00FF5601">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9606" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC" w:themeFill="accent3" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w14:paraId="6F60C46F" w14:textId="77777777" w:rsidR="009D453E" w:rsidRPr="009D453E" w:rsidRDefault="009D453E" w:rsidP="00FF5601">
+          <w:p w14:paraId="35F12426" w14:textId="77777777" w:rsidR="009D453E" w:rsidRPr="009D453E" w:rsidRDefault="009D453E" w:rsidP="00FF5601">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0060298C" w:rsidRPr="00900441" w14:paraId="337C5313" w14:textId="77777777" w:rsidTr="0060298C">
+      <w:tr w:rsidR="0060298C" w:rsidRPr="00900441" w14:paraId="5F85448D" w14:textId="77777777" w:rsidTr="000870F4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4077" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CEC4B73" w14:textId="77777777" w:rsidR="0060298C" w:rsidRDefault="0060298C" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>2. Podaci o izvoditelju zahvata</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="401778E2" w14:textId="77777777" w:rsidR="0060298C" w:rsidRPr="00900441" w:rsidRDefault="0060298C" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0060298C" w:rsidRPr="00900441" w14:paraId="5E74A95D" w14:textId="77777777" w:rsidTr="000870F4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4077" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16A3B5E2" w14:textId="77777777" w:rsidR="0060298C" w:rsidRPr="0060298C" w:rsidRDefault="0060298C" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0060298C">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>Naziv:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21855EB8" w14:textId="77777777" w:rsidR="0060298C" w:rsidRDefault="0060298C" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="148F747D" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="00900441" w:rsidRDefault="00152E00" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0060298C" w:rsidRPr="00900441" w14:paraId="7EF5F1B8" w14:textId="77777777" w:rsidTr="000870F4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4077" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C923957" w14:textId="77777777" w:rsidR="0060298C" w:rsidRPr="0060298C" w:rsidRDefault="0060298C" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0060298C">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>Kontakt podaci:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50AE8F4D" w14:textId="77777777" w:rsidR="0060298C" w:rsidRDefault="0060298C" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53BC6EDD" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="00900441" w:rsidRDefault="00152E00" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0060298C" w:rsidRPr="00900441" w14:paraId="289FCC51" w14:textId="77777777" w:rsidTr="000870F4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4077" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C470D17" w14:textId="77777777" w:rsidR="0060298C" w:rsidRPr="0060298C" w:rsidRDefault="0060298C" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0060298C">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>Odgovarajuće ovlaštenje (ukoliko je potrebno)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CCDFEE7" w14:textId="77777777" w:rsidR="0060298C" w:rsidRDefault="0060298C" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55B8ABB3" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="00900441" w:rsidRDefault="00152E00" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0060298C" w:rsidRPr="00900441" w14:paraId="3B16FF86" w14:textId="77777777" w:rsidTr="0060298C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9606" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC" w:themeFill="accent3" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w14:paraId="7737D1E6" w14:textId="77777777" w:rsidR="0060298C" w:rsidRPr="00900441" w:rsidRDefault="0060298C" w:rsidP="00C62640">
+          <w:p w14:paraId="156E148C" w14:textId="77777777" w:rsidR="0060298C" w:rsidRPr="00900441" w:rsidRDefault="0060298C" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2F3C" w:rsidRPr="00900441" w14:paraId="0E253D6E" w14:textId="77777777" w:rsidTr="000870F4">
+      <w:tr w:rsidR="003B2F3C" w:rsidRPr="00900441" w14:paraId="2DE7B1CD" w14:textId="77777777" w:rsidTr="000870F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="438BD6BF" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRPr="00900441" w:rsidRDefault="00D72F48" w:rsidP="00D72F48">
+          <w:p w14:paraId="7C558826" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRPr="00900441" w:rsidRDefault="002937C1" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Podaci o lokaciji </w:t>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00310272" w:rsidRPr="00900441">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> zahvat</w:t>
-            </w:r>
+              <w:t>. Podaci o lokaciji i zahvatu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78551D27" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRDefault="003B2F3C" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="744C4B0A" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="00900441" w:rsidRDefault="00152E00" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B2F3C" w:rsidRPr="00900441" w14:paraId="30092368" w14:textId="77777777" w:rsidTr="000870F4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4077" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C9CBFFE" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRPr="00900441" w:rsidRDefault="00310272" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00900441">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>Grad/Općina u kojoj se nalazi zahvat:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="147E47CC" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRDefault="003B2F3C" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B950C64" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="00900441" w:rsidRDefault="00152E00" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B2F3C" w:rsidRPr="00900441" w14:paraId="541FD51C" w14:textId="77777777" w:rsidTr="000870F4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4077" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69A026C5" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRPr="00900441" w:rsidRDefault="00C24509" w:rsidP="00310272">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-              <w:t>a</w:t>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>Katastarska općina</w:t>
+            </w:r>
+            <w:r w:rsidR="00310272" w:rsidRPr="00900441">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66BA24DE" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="00900441" w:rsidRDefault="00152E00" w:rsidP="00C62640">
+          <w:p w14:paraId="3FFC332D" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRDefault="003B2F3C" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4944167F" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="00900441" w:rsidRDefault="00152E00" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2F3C" w:rsidRPr="00900441" w14:paraId="06E59DA6" w14:textId="77777777" w:rsidTr="000870F4">
+      <w:tr w:rsidR="003B2F3C" w:rsidRPr="00900441" w14:paraId="4C9DC35F" w14:textId="77777777" w:rsidTr="000870F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45B26433" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRPr="00900441" w:rsidRDefault="00310272" w:rsidP="00C62640">
+          <w:p w14:paraId="643F7E3E" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRPr="00900441" w:rsidRDefault="00310272" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00900441">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-              <w:t>Grad/Općina u kojoj se nalazi zahvat:</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>Broj katastarskih čestica:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67BADE0E" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="00900441" w:rsidRDefault="00152E00" w:rsidP="00C62640">
+          <w:p w14:paraId="72DB0004" w14:textId="77777777" w:rsidR="00152E00" w:rsidRDefault="00152E00" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="569C7E15" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="00900441" w:rsidRDefault="00152E00" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2F3C" w:rsidRPr="00900441" w14:paraId="4F411D01" w14:textId="77777777" w:rsidTr="000870F4">
+      <w:tr w:rsidR="009D453E" w:rsidRPr="00900441" w14:paraId="18FE3F56" w14:textId="77777777" w:rsidTr="000870F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31DDA5A0" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRPr="00900441" w:rsidRDefault="00C24509" w:rsidP="00310272">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="5B5CE1E3" w14:textId="77777777" w:rsidR="009D453E" w:rsidRPr="009D453E" w:rsidRDefault="0060298C" w:rsidP="00C24509">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-              <w:t>Katastarska općina</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">: </w:t>
+              <w:t xml:space="preserve">Površina </w:t>
+            </w:r>
+            <w:r w:rsidR="00C24509">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>zahvata</w:t>
+            </w:r>
+            <w:r w:rsidR="00152E00">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (m</w:t>
+            </w:r>
+            <w:r w:rsidR="00152E00" w:rsidRPr="00152E00">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00152E00">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F27A712" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="00900441" w:rsidRDefault="00152E00" w:rsidP="00C224CB">
+          <w:p w14:paraId="15529B28" w14:textId="77777777" w:rsidR="009D453E" w:rsidRDefault="009D453E" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D171145" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="00900441" w:rsidRDefault="00152E00" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2F3C" w:rsidRPr="00900441" w14:paraId="7DBBD11E" w14:textId="77777777" w:rsidTr="000870F4">
+      <w:tr w:rsidR="00152E00" w:rsidRPr="00900441" w14:paraId="4072F26D" w14:textId="77777777" w:rsidTr="000870F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10028370" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRPr="00900441" w:rsidRDefault="00310272" w:rsidP="00C62640">
-[...16 lines deleted...]
-              <w:t>Broj katastarskih čestica:</w:t>
+          <w:p w14:paraId="6CD093B7" w14:textId="77777777" w:rsidR="00152E00" w:rsidRDefault="00152E00" w:rsidP="00C24509">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>Ukupna površina parcele (m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00152E00">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B790B85" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="00900441" w:rsidRDefault="00152E00" w:rsidP="00C62640">
+          <w:p w14:paraId="18BFCCA4" w14:textId="77777777" w:rsidR="00152E00" w:rsidRDefault="00152E00" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="111A7E7B" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="00900441" w:rsidRDefault="00152E00" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D453E" w:rsidRPr="00900441" w14:paraId="3B0FEA38" w14:textId="77777777" w:rsidTr="000870F4">
+      <w:tr w:rsidR="00FF5601" w:rsidRPr="00900441" w14:paraId="773F98B8" w14:textId="77777777" w:rsidTr="000870F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29526A01" w14:textId="77777777" w:rsidR="009D453E" w:rsidRPr="009D453E" w:rsidRDefault="0060298C" w:rsidP="003359BB">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="14CB0CDA" w14:textId="77777777" w:rsidR="00FF5601" w:rsidRPr="00900441" w:rsidRDefault="0060298C" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-              <w:t xml:space="preserve">Površina </w:t>
-[...9 lines deleted...]
-            </w:r>
+              <w:t>Trajanje i vrijeme izvođenja radova:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CB8C516" w14:textId="77777777" w:rsidR="00FF5601" w:rsidRDefault="00FF5601" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="676DB82E" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="00900441" w:rsidRDefault="00152E00" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B2F3C" w:rsidRPr="00900441" w14:paraId="69E84A1A" w14:textId="77777777" w:rsidTr="000870F4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4077" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DD2CD24" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRPr="00900441" w:rsidRDefault="002937C1" w:rsidP="0060298C">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-              <w:t>:</w:t>
+              <w:t>Podaci o korištenoj opremi, alatima, strojevima i dr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59B976D0" w14:textId="77777777" w:rsidR="00152E00" w:rsidRPr="00900441" w:rsidRDefault="00152E00" w:rsidP="00C62640">
+          <w:p w14:paraId="7B14D97B" w14:textId="77777777" w:rsidR="00310272" w:rsidRPr="00900441" w:rsidRDefault="00310272" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF5601" w:rsidRPr="00900441" w14:paraId="552AA710" w14:textId="77777777" w:rsidTr="000870F4">
-[...89 lines deleted...]
-      <w:tr w:rsidR="00C005DE" w:rsidRPr="00900441" w14:paraId="74B43561" w14:textId="77777777" w:rsidTr="002937C1">
+      <w:tr w:rsidR="00C005DE" w:rsidRPr="00900441" w14:paraId="6323BBA5" w14:textId="77777777" w:rsidTr="002937C1">
         <w:trPr>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A7D15DB" w14:textId="77777777" w:rsidR="00C005DE" w:rsidRPr="00900441" w:rsidRDefault="002937C1" w:rsidP="00C62640">
-[...11 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="0F6FC28E" w14:textId="77777777" w:rsidR="00C005DE" w:rsidRPr="00CA266F" w:rsidRDefault="002937C1" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA266F">
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>Navesti razlog  i svrhu zahvata:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BBC5FCE" w14:textId="77777777" w:rsidR="00C005DE" w:rsidRPr="00900441" w:rsidRDefault="00C005DE" w:rsidP="00C62640">
+          <w:p w14:paraId="4D8785C5" w14:textId="77777777" w:rsidR="00C005DE" w:rsidRPr="00900441" w:rsidRDefault="00C005DE" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C005DE" w:rsidRPr="00900441" w14:paraId="22E3FCB1" w14:textId="77777777" w:rsidTr="002937C1">
+      <w:tr w:rsidR="00C005DE" w:rsidRPr="00900441" w14:paraId="4FB23CD3" w14:textId="77777777" w:rsidTr="002937C1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4070B862" w14:textId="77777777" w:rsidR="00C005DE" w:rsidRPr="002937C1" w:rsidRDefault="002937C1" w:rsidP="002937C1">
+          <w:p w14:paraId="6CE2840D" w14:textId="77777777" w:rsidR="00C005DE" w:rsidRPr="002937C1" w:rsidRDefault="002937C1" w:rsidP="002937C1">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002937C1">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>Prilog:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3F5E620A" w14:textId="77777777" w:rsidR="0085059F" w:rsidRPr="003359BB" w:rsidRDefault="00152E00" w:rsidP="003359BB">
+          <w:p w14:paraId="48F0E221" w14:textId="1D5C6BC6" w:rsidR="00152E00" w:rsidRPr="00152E00" w:rsidRDefault="0069406A" w:rsidP="0085059F">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00152E00">
+              <w:t>K</w:t>
+            </w:r>
+            <w:r w:rsidR="00152E00" w:rsidRPr="00152E00">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-              <w:t xml:space="preserve">kartografski prikaz lokacije ( u odgovarajućem mjerilu) u odnosu na prostorni raspored Ekološke mreže (skinuti na </w:t>
-[...2 lines deleted...]
-              <w:r w:rsidRPr="00152E00">
+              <w:t xml:space="preserve">artografski prikaz lokacije ( u odgovarajućem mjerilu) u odnosu na prostorni raspored Ekološke mreže (skinuti na </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r w:rsidR="00152E00" w:rsidRPr="00152E00">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:i/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="hr-HR"/>
                 </w:rPr>
                 <w:t>https://ispu.mgipu.hr</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00152E00">
+            <w:r w:rsidR="00152E00" w:rsidRPr="00152E00">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...164 lines deleted...]
-          <w:p w14:paraId="0F915D85" w14:textId="77777777" w:rsidR="00725E0B" w:rsidRDefault="00F1660A" w:rsidP="00F1660A">
+          <w:p w14:paraId="5C1FEC1F" w14:textId="77777777" w:rsidR="0085059F" w:rsidRPr="002937C1" w:rsidRDefault="0085059F" w:rsidP="0085059F">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
-                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:bCs/>
-[...351 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>Vlasnički list za predmetnu parcelu</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F1869" w:rsidRPr="00900441" w14:paraId="4C7C2886" w14:textId="77777777" w:rsidTr="00BA11B2">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="003B2F3C" w:rsidRPr="00900441" w14:paraId="5D1DE7C5" w14:textId="77777777" w:rsidTr="008F1869">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC" w:themeFill="accent3" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w14:paraId="4D53A413" w14:textId="77777777" w:rsidR="008F1869" w:rsidRPr="00900441" w:rsidRDefault="008F1869" w:rsidP="001674F4">
-[...18 lines deleted...]
-              <w:t>PRILOZI:</w:t>
+          <w:p w14:paraId="03D44326" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRPr="00900441" w:rsidRDefault="00B25DE5" w:rsidP="002937C1">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00310272" w:rsidRPr="00900441">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="002937C1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+            <w:r w:rsidR="00C005DE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>pis</w:t>
+            </w:r>
+            <w:r w:rsidR="002937C1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC" w:themeFill="accent3" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w14:paraId="1CCA47CB" w14:textId="77777777" w:rsidR="00D72F48" w:rsidRDefault="00D72F48" w:rsidP="001674F4">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="0120A9C7" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRPr="00C005DE" w:rsidRDefault="00C005DE" w:rsidP="002937C1">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F1869">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>pis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">no prikazati </w:t>
+            </w:r>
+            <w:r w:rsidR="002937C1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">lokaciju i planirane radnje </w:t>
+            </w:r>
+            <w:r w:rsidR="00655B01">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(veličina </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F1869">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>i površina zauzeta radovima/prenamjenom površine)</w:t>
+            </w:r>
+            <w:r w:rsidR="002937C1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007C73B9" w:rsidRPr="00900441" w14:paraId="619732B6" w14:textId="77777777" w:rsidTr="000870F4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9606" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F515E69" w14:textId="77777777" w:rsidR="008F1869" w:rsidRDefault="008F1869" w:rsidP="008F1869">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4F9FD263" w14:textId="77777777" w:rsidR="008F1869" w:rsidRDefault="008F1869" w:rsidP="008F1869">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4156FD8D" w14:textId="77777777" w:rsidR="008F1869" w:rsidRDefault="008F1869" w:rsidP="008F1869">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4149DF0B" w14:textId="77777777" w:rsidR="008F1869" w:rsidRDefault="008F1869" w:rsidP="008F1869">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49FE7426" w14:textId="77777777" w:rsidR="008F1869" w:rsidRDefault="008F1869" w:rsidP="008F1869">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="41BAB6C3" w14:textId="77777777" w:rsidR="008F1869" w:rsidRDefault="008F1869" w:rsidP="008F1869">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33023254" w14:textId="77777777" w:rsidR="008F1869" w:rsidRDefault="008F1869" w:rsidP="008F1869">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="76519209" w14:textId="77777777" w:rsidR="008F1869" w:rsidRDefault="008F1869" w:rsidP="008F1869">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="325C5516" w14:textId="77777777" w:rsidR="008F1869" w:rsidRDefault="008F1869" w:rsidP="008F1869">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B390389" w14:textId="77777777" w:rsidR="007D194B" w:rsidRDefault="007D194B" w:rsidP="008F1869">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="754970BD" w14:textId="77777777" w:rsidR="007D194B" w:rsidRDefault="007D194B" w:rsidP="008F1869">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D76F7ED" w14:textId="77777777" w:rsidR="007D194B" w:rsidRDefault="007D194B" w:rsidP="008F1869">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7811FCE9" w14:textId="77777777" w:rsidR="007D194B" w:rsidRDefault="007D194B" w:rsidP="008F1869">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6520713A" w14:textId="77777777" w:rsidR="007D194B" w:rsidRDefault="007D194B" w:rsidP="008F1869">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28A49E34" w14:textId="77777777" w:rsidR="007D194B" w:rsidRDefault="007D194B" w:rsidP="008F1869">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E560C74" w14:textId="77777777" w:rsidR="007D194B" w:rsidRDefault="007D194B" w:rsidP="008F1869">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="562896A1" w14:textId="77777777" w:rsidR="007D194B" w:rsidRDefault="007D194B" w:rsidP="008F1869">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E278C2E" w14:textId="77777777" w:rsidR="007D194B" w:rsidRDefault="007D194B" w:rsidP="008F1869">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E39BDEA" w14:textId="77777777" w:rsidR="007D194B" w:rsidRDefault="007D194B" w:rsidP="008F1869">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0837A7EE" w14:textId="77777777" w:rsidR="007D194B" w:rsidRDefault="007D194B" w:rsidP="008F1869">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A321AEB" w14:textId="77777777" w:rsidR="007D194B" w:rsidRDefault="007D194B" w:rsidP="008F1869">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4F3F91D2" w14:textId="77777777" w:rsidR="007D194B" w:rsidRDefault="007D194B" w:rsidP="008F1869">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54CA0712" w14:textId="77777777" w:rsidR="007D194B" w:rsidRDefault="007D194B" w:rsidP="008F1869">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="657E18F3" w14:textId="77777777" w:rsidR="007D194B" w:rsidRDefault="007D194B" w:rsidP="008F1869">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="31901332" w14:textId="77777777" w:rsidR="007D194B" w:rsidRDefault="007D194B" w:rsidP="008F1869">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F3D34BC" w14:textId="77777777" w:rsidR="007D194B" w:rsidRDefault="007D194B" w:rsidP="008F1869">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A1D0CC0" w14:textId="77777777" w:rsidR="007D194B" w:rsidRDefault="007D194B" w:rsidP="008F1869">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="777F16B6" w14:textId="77777777" w:rsidR="007D194B" w:rsidRPr="00900441" w:rsidRDefault="007D194B" w:rsidP="008F1869">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F1869" w:rsidRPr="00900441" w14:paraId="0C0A018E" w14:textId="77777777" w:rsidTr="008F1869">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4077" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC" w:themeFill="accent3" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="00814DDB" w14:textId="77777777" w:rsidR="008F1869" w:rsidRPr="00900441" w:rsidRDefault="008F1869" w:rsidP="001674F4">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:b/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00900441">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="1730F6E3" w14:textId="77777777" w:rsidR="008F1869" w:rsidRPr="00900441" w:rsidRDefault="00655B01" w:rsidP="001674F4">
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>PRILOZI:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC" w:themeFill="accent3" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B9486F3" w14:textId="77777777" w:rsidR="008F1869" w:rsidRPr="00900441" w:rsidRDefault="00655B01" w:rsidP="001674F4">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:i/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
             <w:r w:rsidR="008F1869">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
@@ -2329,433 +2641,329 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve"> postojeće</w:t>
             </w:r>
             <w:r w:rsidR="002937C1">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>g stanja parcele na terenu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="522B7026" w14:textId="498DD855" w:rsidR="00462FD1" w:rsidRDefault="00C005DE" w:rsidP="00462FD1">
+    <w:p w14:paraId="76EA6B8A" w14:textId="661A7EEA" w:rsidR="008F1869" w:rsidRPr="00C005DE" w:rsidRDefault="00C005DE" w:rsidP="00C005DE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C005DE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
-        <w:t>Obrazac zahtjeva izradio Upravni odjel za prostorno uređenje, gradnju, zaštitu okoliša i zaštitu prirode Koprivn</w:t>
+        <w:t xml:space="preserve">Obrazac zahtjeva izradio Upravni odjel za </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA266F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">poljoprivredu, vodno gospodarstvo, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C005DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="hr-HR"/>
+        </w:rPr>
+        <w:t>zaštitu okoliša i zaštitu prirode Koprivn</w:t>
       </w:r>
       <w:r w:rsidR="00152E00">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve">ičko-križevačke županije, </w:t>
       </w:r>
-      <w:r w:rsidR="00D33132">
+      <w:r w:rsidR="00CA266F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
-        <w:t>siječanj</w:t>
+        <w:t>studeni</w:t>
       </w:r>
-      <w:r w:rsidR="00BB7231">
+      <w:r w:rsidR="0069406A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
-        <w:t>.202</w:t>
+        <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00BA11B2">
+      <w:r w:rsidR="00C110C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C005DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="hr-HR"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00814B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="hr-HR"/>
+        </w:rPr>
+        <w:t>25</w:t>
       </w:r>
       <w:r w:rsidRPr="00C005DE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="677A48FB" w14:textId="77777777" w:rsidR="00462FD1" w:rsidRDefault="00462FD1" w:rsidP="00462FD1">
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="1A2C8DDD" w14:textId="65F6697D" w:rsidR="008F1869" w:rsidRDefault="00814B9E" w:rsidP="008F1869">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t>Koprivnica</w:t>
       </w:r>
-      <w:r w:rsidR="00BB7231">
+      <w:r w:rsidR="008F1869">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
-        <w:t>,______________ 202</w:t>
+        <w:t>,______________ 20</w:t>
       </w:r>
-      <w:r w:rsidR="00BA11B2">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>25</w:t>
       </w:r>
       <w:r w:rsidR="008F1869">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve">. god. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38E6D2F7" w14:textId="77777777" w:rsidR="008F1869" w:rsidRDefault="008F1869" w:rsidP="008F1869">
+    <w:p w14:paraId="3A4B0D29" w14:textId="77777777" w:rsidR="008F1869" w:rsidRDefault="008F1869" w:rsidP="008F1869">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7350"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:tab/>
         <w:t>Potpis:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A3811EB" w14:textId="77777777" w:rsidR="0063798E" w:rsidRDefault="008F1869" w:rsidP="008F1869">
+    <w:p w14:paraId="6C44A85F" w14:textId="77777777" w:rsidR="000022CF" w:rsidRPr="008F1869" w:rsidRDefault="008F1869" w:rsidP="008F1869">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6210"/>
           <w:tab w:val="left" w:pos="6870"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:tab/>
         <w:t>____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24142317" w14:textId="77777777" w:rsidR="0063798E" w:rsidRPr="0063798E" w:rsidRDefault="0063798E" w:rsidP="0063798E">
-[...129 lines deleted...]
-    <w:sectPr w:rsidR="000022CF" w:rsidRPr="00CD276E" w:rsidSect="00B31AB2">
+    <w:sectPr w:rsidR="000022CF" w:rsidRPr="008F1869" w:rsidSect="00B31AB2">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="1417" w:bottom="1843" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="234368FC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7D68751E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -3389,202 +3597,186 @@
     <w:lvl w:ilvl="7" w:tplc="041A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1129393665">
+  <w:num w:numId="1" w16cid:durableId="761099471">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="246350143">
+  <w:num w:numId="2" w16cid:durableId="1899782341">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1185441848">
+  <w:num w:numId="3" w16cid:durableId="702824341">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="397704806">
+  <w:num w:numId="4" w16cid:durableId="285935570">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="994145909">
+  <w:num w:numId="5" w16cid:durableId="993222716">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1174303921">
+  <w:num w:numId="6" w16cid:durableId="2976084">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000003F3"/>
     <w:rsid w:val="000003F3"/>
     <w:rsid w:val="000022CF"/>
-    <w:rsid w:val="00022DCB"/>
     <w:rsid w:val="00040345"/>
     <w:rsid w:val="00056B11"/>
     <w:rsid w:val="000870F4"/>
     <w:rsid w:val="00094423"/>
     <w:rsid w:val="00094821"/>
     <w:rsid w:val="000E4BDB"/>
     <w:rsid w:val="000F6F1D"/>
-    <w:rsid w:val="00142D12"/>
     <w:rsid w:val="00152B21"/>
     <w:rsid w:val="00152E00"/>
     <w:rsid w:val="00160A74"/>
     <w:rsid w:val="00222D59"/>
     <w:rsid w:val="00257581"/>
     <w:rsid w:val="00281140"/>
     <w:rsid w:val="002937C1"/>
     <w:rsid w:val="00310272"/>
     <w:rsid w:val="003228C6"/>
-    <w:rsid w:val="003359BB"/>
     <w:rsid w:val="003B2F3C"/>
-    <w:rsid w:val="00462FD1"/>
     <w:rsid w:val="00476482"/>
     <w:rsid w:val="00497438"/>
     <w:rsid w:val="004E5A57"/>
     <w:rsid w:val="0055106A"/>
     <w:rsid w:val="005C02F4"/>
     <w:rsid w:val="0060298C"/>
-    <w:rsid w:val="0063798E"/>
     <w:rsid w:val="00655B01"/>
-    <w:rsid w:val="0067213A"/>
     <w:rsid w:val="006863B4"/>
+    <w:rsid w:val="0069406A"/>
     <w:rsid w:val="006D43C3"/>
-    <w:rsid w:val="00725E0B"/>
+    <w:rsid w:val="00705751"/>
     <w:rsid w:val="007453BD"/>
     <w:rsid w:val="007C73B9"/>
     <w:rsid w:val="007D194B"/>
+    <w:rsid w:val="00814B9E"/>
     <w:rsid w:val="0085059F"/>
     <w:rsid w:val="008C7B65"/>
+    <w:rsid w:val="008D4333"/>
     <w:rsid w:val="008E2C70"/>
     <w:rsid w:val="008F1869"/>
-    <w:rsid w:val="008F7EAC"/>
     <w:rsid w:val="00900441"/>
-    <w:rsid w:val="009B3A1A"/>
     <w:rsid w:val="009D453E"/>
     <w:rsid w:val="009E0815"/>
     <w:rsid w:val="00A80551"/>
     <w:rsid w:val="00A81AE6"/>
     <w:rsid w:val="00AB2B19"/>
     <w:rsid w:val="00AE77EC"/>
     <w:rsid w:val="00B25DE5"/>
     <w:rsid w:val="00B31AB2"/>
-    <w:rsid w:val="00BA11B2"/>
-    <w:rsid w:val="00BB7231"/>
+    <w:rsid w:val="00B36AE9"/>
     <w:rsid w:val="00BF7C9B"/>
     <w:rsid w:val="00C005DE"/>
-    <w:rsid w:val="00C224CB"/>
+    <w:rsid w:val="00C110C7"/>
     <w:rsid w:val="00C24509"/>
     <w:rsid w:val="00C44A5C"/>
     <w:rsid w:val="00C565B9"/>
     <w:rsid w:val="00C62640"/>
-    <w:rsid w:val="00C74D2F"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00D33132"/>
+    <w:rsid w:val="00CA266F"/>
     <w:rsid w:val="00D54E98"/>
-    <w:rsid w:val="00D72F48"/>
-    <w:rsid w:val="00DD0A00"/>
     <w:rsid w:val="00E4644D"/>
     <w:rsid w:val="00E7538C"/>
     <w:rsid w:val="00EC0F4B"/>
-    <w:rsid w:val="00F1660A"/>
     <w:rsid w:val="00F279B6"/>
     <w:rsid w:val="00F330BA"/>
     <w:rsid w:val="00F52CBC"/>
     <w:rsid w:val="00F64A4B"/>
-    <w:rsid w:val="00F706C6"/>
-    <w:rsid w:val="00F803F2"/>
     <w:rsid w:val="00F94B07"/>
-    <w:rsid w:val="00FB3459"/>
     <w:rsid w:val="00FD3D67"/>
     <w:rsid w:val="00FF5601"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hr-HR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="242AF7A2"/>
-  <w15:docId w15:val="{3C29D824-D0F2-4786-AA12-F2F9EC88EB64}"/>
+  <w14:docId w14:val="3F54E66E"/>
+  <w15:docId w15:val="{21FC466F-E535-4CBA-8D73-829D6818B9B9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="hr-HR" w:eastAsia="hr-HR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3705,51 +3897,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -4324,66 +4516,67 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F279B6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TekstbaloniaChar">
     <w:name w:val="Tekst balončića Char"/>
     <w:basedOn w:val="Zadanifontodlomka"/>
     <w:link w:val="Tekstbalonia"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F279B6"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Odlomakpopisa">
-[...8 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:styleId="Nerijeenospominjanje">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00814B9E"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="952781785">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="744304598">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -4510,55 +4703,57 @@
                                                 </w:div>
                                               </w:divsChild>
                                             </w:div>
                                           </w:divsChild>
                                         </w:div>
                                       </w:divsChild>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ispu.mgipu.hr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:valentina.stefokovic@kckzz.hr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ispu.mgipu.hr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:valentina.stefokovic@kckzz.hr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ana.kranjcev@kckzz.hr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4804,67 +4999,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2172</Characters>
+  <Pages>1</Pages>
+  <Words>341</Words>
+  <Characters>1947</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>16</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Naslov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2547</CharactersWithSpaces>
+  <CharactersWithSpaces>2284</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>