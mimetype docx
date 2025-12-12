--- v0 (2025-10-10)
+++ v1 (2025-12-12)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9606" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4077"/>
         <w:gridCol w:w="5529"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C62640" w:rsidRPr="00900441" w14:paraId="7D554465" w14:textId="77777777" w:rsidTr="006A31C9">
         <w:trPr>
           <w:trHeight w:val="841"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9606" w:type="dxa"/>
@@ -119,51 +119,51 @@
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000F6F1D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C62640" w:rsidRPr="00900441" w14:paraId="397736E8" w14:textId="77777777" w:rsidTr="000870F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9606" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4B2DDCAA" w14:textId="77777777" w:rsidR="00F64A4B" w:rsidRPr="00174DE7" w:rsidRDefault="00094821" w:rsidP="006E6C4B">
+          <w:p w14:paraId="4B2DDCAA" w14:textId="132A9012" w:rsidR="00F64A4B" w:rsidRPr="00174DE7" w:rsidRDefault="00094821" w:rsidP="006E6C4B">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00174DE7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
@@ -268,61 +268,85 @@
             </w:r>
             <w:r w:rsidR="00AD3333">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00615E5C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve"> 14/19</w:t>
             </w:r>
+            <w:r w:rsidR="00B37EEC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
             <w:r w:rsidR="00AD3333">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> i 127/19</w:t>
+              <w:t xml:space="preserve"> 127/19</w:t>
+            </w:r>
+            <w:r w:rsidR="00B37EEC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i 155/23</w:t>
             </w:r>
             <w:r w:rsidR="00056B11" w:rsidRPr="00174DE7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C62640" w:rsidRPr="00900441" w14:paraId="37B7AA11" w14:textId="77777777" w:rsidTr="00921890">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="2D823142" w14:textId="77777777" w:rsidR="00C62640" w:rsidRPr="00900441" w:rsidRDefault="00C62640" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
@@ -332,149 +356,153 @@
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="76A875AF" w14:textId="77777777" w:rsidR="00C62640" w:rsidRPr="00900441" w:rsidRDefault="00C62640" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C62640" w:rsidRPr="00900441" w14:paraId="4AD5933C" w14:textId="77777777" w:rsidTr="000870F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C0432CF" w14:textId="77777777" w:rsidR="00C62640" w:rsidRDefault="00094821" w:rsidP="00C62640">
+          <w:p w14:paraId="1C0432CF" w14:textId="59D48D5E" w:rsidR="00C62640" w:rsidRDefault="0049475A" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-              <w:t>Pisani zahtjev se podnosi na adresu:</w:t>
+              <w:t>Z</w:t>
+            </w:r>
+            <w:r w:rsidR="00094821">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>ahtjev se podnosi na adresu:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="681DE080" w14:textId="77777777" w:rsidR="00094821" w:rsidRDefault="00094821" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5D3A7C45" w14:textId="77777777" w:rsidR="00094821" w:rsidRPr="00094821" w:rsidRDefault="00094821" w:rsidP="00094821">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="27BE40E1" w14:textId="77777777" w:rsidR="00C62640" w:rsidRPr="00900441" w:rsidRDefault="00C62640" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00900441">
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve">Koprivničko-križevačka županija, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="48CBBB19" w14:textId="77777777" w:rsidR="008C7B65" w:rsidRPr="00900441" w:rsidRDefault="00C62640" w:rsidP="006E6C4B">
+          <w:p w14:paraId="036E1B5E" w14:textId="77777777" w:rsidR="0049475A" w:rsidRDefault="00C62640" w:rsidP="006E6C4B">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00900441">
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve">Upravni odjel </w:t>
             </w:r>
             <w:r w:rsidR="009D453E">
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-              <w:t xml:space="preserve">za prostorno uređenje, gradnju, </w:t>
+              <w:t xml:space="preserve">za </w:t>
+            </w:r>
+            <w:r w:rsidR="0049475A">
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>poljoprivredu, vodno gospodarstvo, zaštitu okoliša i zaštitu prirode</w:t>
             </w:r>
             <w:r w:rsidRPr="00900441">
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-              <w:t>zaštitu okoliša</w:t>
-[...10 lines deleted...]
-              </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidR="009D453E">
-[...4 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w14:paraId="48CBBB19" w14:textId="023D4433" w:rsidR="008C7B65" w:rsidRPr="00900441" w:rsidRDefault="00C62640" w:rsidP="006E6C4B">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00900441">
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve">Nemčićeva 5, </w:t>
             </w:r>
             <w:r w:rsidR="004E5A57" w:rsidRPr="00900441">
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00900441">
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>48</w:t>
             </w:r>
             <w:r w:rsidR="004E5A57" w:rsidRPr="00900441">
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00900441">
@@ -521,187 +549,250 @@
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>Tel: 048/658-147</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="281091D4" w14:textId="77777777" w:rsidR="008F1869" w:rsidRPr="00900441" w:rsidRDefault="008F1869" w:rsidP="003B2F3C">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>Tel:048/658-126</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1EB74317" w14:textId="77777777" w:rsidR="008C7B65" w:rsidRPr="00900441" w:rsidRDefault="008C7B65" w:rsidP="003B2F3C">
+          <w:p w14:paraId="3D2D3AA2" w14:textId="77777777" w:rsidR="007369BC" w:rsidRDefault="008C7B65" w:rsidP="003B2F3C">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00900441">
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve">e-mail: </w:t>
             </w:r>
             <w:hyperlink r:id="rId5" w:history="1">
               <w:r w:rsidR="002D36DF" w:rsidRPr="00CB15F5">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:lang w:eastAsia="hr-HR"/>
                 </w:rPr>
                 <w:t>valentina.stefokovic@kckzz.hr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="009D453E">
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="007369BC">
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i     </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EB74317" w14:textId="0BBB1E13" w:rsidR="008C7B65" w:rsidRPr="00900441" w:rsidRDefault="007369BC" w:rsidP="003B2F3C">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">             </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId6" w:history="1">
+              <w:r w:rsidRPr="009A3262">
+                <w:rPr>
+                  <w:rStyle w:val="Hiperveza"/>
+                  <w:lang w:eastAsia="hr-HR"/>
+                </w:rPr>
+                <w:t>ana.kranjcev@kckzz.hr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C62640" w:rsidRPr="00900441" w14:paraId="5CDBEB51" w14:textId="77777777" w:rsidTr="000870F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3FF6659E" w14:textId="77777777" w:rsidR="00C62640" w:rsidRPr="00900441" w:rsidRDefault="00C62640" w:rsidP="003B2F3C">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00900441">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Podaci o nositelju zahvata </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AA52727" w14:textId="77777777" w:rsidR="00C62640" w:rsidRPr="00397460" w:rsidRDefault="003B2F3C" w:rsidP="00C005DE">
+          <w:p w14:paraId="6AA52727" w14:textId="37577345" w:rsidR="00C62640" w:rsidRPr="00397460" w:rsidRDefault="003B2F3C" w:rsidP="00C005DE">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00900441">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve">Za </w:t>
             </w:r>
             <w:r w:rsidR="00C005DE">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>OPG/</w:t>
             </w:r>
             <w:r w:rsidR="00C005DE" w:rsidRPr="00900441">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00900441">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>tvrtku/obrt</w:t>
             </w:r>
             <w:r w:rsidR="00FF5601">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="00615E5C">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-              <w:t>fizička osoba</w:t>
+              <w:t>fizičk</w:t>
+            </w:r>
+            <w:r w:rsidR="0063493B">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidR="00615E5C">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> osob</w:t>
+            </w:r>
+            <w:r w:rsidR="0063493B">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidR="0049475A">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>/JLS</w:t>
             </w:r>
             <w:r w:rsidR="00397460">
               <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve">              </w:t>
             </w:r>
             <w:r w:rsidR="00397460" w:rsidRPr="00397460">
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00397460" w:rsidRPr="00397460">
               <w:rPr>
                 <w:i/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>zaokružiti)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C62640" w:rsidRPr="00900441" w14:paraId="21B7F35F" w14:textId="77777777" w:rsidTr="000870F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BDF6EB2" w14:textId="77777777" w:rsidR="00C62640" w:rsidRPr="00900441" w:rsidRDefault="003B2F3C" w:rsidP="00C005DE">
+          <w:p w14:paraId="7BDF6EB2" w14:textId="7356B536" w:rsidR="00C62640" w:rsidRPr="00900441" w:rsidRDefault="003B2F3C" w:rsidP="00C005DE">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00900441">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve">Naziv </w:t>
             </w:r>
             <w:r w:rsidR="000F6F1D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
@@ -720,50 +811,59 @@
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>/obrta</w:t>
             </w:r>
             <w:r w:rsidR="00094821">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="00615E5C">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>fizička osoba</w:t>
+            </w:r>
+            <w:r w:rsidR="0049475A">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>/JLS</w:t>
             </w:r>
             <w:r w:rsidRPr="00900441">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="45A68E90" w14:textId="77777777" w:rsidR="00C62640" w:rsidRPr="00900441" w:rsidRDefault="00C62640" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -1265,50 +1365,90 @@
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>Površina parcela:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="160CEC3B" w14:textId="77777777" w:rsidR="009D453E" w:rsidRPr="00900441" w:rsidRDefault="009D453E" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="0049475A" w:rsidRPr="00900441" w14:paraId="6FE1FEF3" w14:textId="77777777" w:rsidTr="000870F4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4077" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E9B3856" w14:textId="31B0893E" w:rsidR="0049475A" w:rsidRDefault="0049475A" w:rsidP="00142FC7">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>Površina obuhvata zahvata:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03CD23C5" w14:textId="77777777" w:rsidR="0049475A" w:rsidRPr="00900441" w:rsidRDefault="0049475A" w:rsidP="00C62640">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00FF5601" w:rsidRPr="00900441" w14:paraId="50EB15F7" w14:textId="77777777" w:rsidTr="000870F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13C0603B" w14:textId="77777777" w:rsidR="00FF5601" w:rsidRPr="00900441" w:rsidRDefault="00142FC7" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>Dosadašnja namjena površina/zemljišta</w:t>
             </w:r>
           </w:p>
@@ -1340,175 +1480,175 @@
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F30F94">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>PRILOG:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0EBCD"/>
           </w:tcPr>
-          <w:p w14:paraId="27DA196A" w14:textId="77777777" w:rsidR="00142FC7" w:rsidRPr="00F30F94" w:rsidRDefault="003F7A67" w:rsidP="00F30F94">
+          <w:p w14:paraId="27DA196A" w14:textId="6E5D5DB4" w:rsidR="00142FC7" w:rsidRPr="00F30F94" w:rsidRDefault="003F7A67" w:rsidP="00F30F94">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
             <w:r w:rsidR="00F30F94" w:rsidRPr="00F30F94">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>art</w:t>
             </w:r>
             <w:r w:rsidR="00F30F94">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve">ografski prikaz lokacije </w:t>
             </w:r>
             <w:r w:rsidR="00174DE7">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-              <w:t xml:space="preserve">( u odgovarajućem mjerilu) </w:t>
+              <w:t xml:space="preserve">(u odgovarajućem mjerilu) </w:t>
             </w:r>
             <w:r w:rsidR="00F30F94">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>u odnosu na prostorni raspored Ekološke mreže</w:t>
             </w:r>
             <w:r w:rsidR="00F30F94" w:rsidRPr="00F30F94">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006A31C9">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve">(skinuti na </w:t>
             </w:r>
-            <w:hyperlink r:id="rId6" w:history="1">
+            <w:hyperlink r:id="rId7" w:history="1">
               <w:r w:rsidR="006A31C9" w:rsidRPr="00321972">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:b/>
                   <w:i/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="hr-HR"/>
                 </w:rPr>
                 <w:t>https://ispu.mgipu.hr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="006A31C9">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006A31C9" w:rsidRPr="00142FC7">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="006A31C9">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve"> ili na  </w:t>
             </w:r>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r w:rsidR="006A31C9" w:rsidRPr="00321972">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:b/>
                   <w:i/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="hr-HR"/>
                 </w:rPr>
                 <w:t>http://www.bioportal.hr/gis/</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="006A31C9">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00EB0472">
               <w:rPr>
                 <w:b/>
@@ -1564,51 +1704,51 @@
             <w:r w:rsidR="00174DE7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2689F958" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRPr="00174DE7" w:rsidRDefault="003B2F3C" w:rsidP="00C62640">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC" w:themeFill="accent3" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w14:paraId="162F5946" w14:textId="77777777" w:rsidR="003B2F3C" w:rsidRPr="00C005DE" w:rsidRDefault="00C005DE" w:rsidP="00921890">
+          <w:p w14:paraId="162F5946" w14:textId="312E301C" w:rsidR="003B2F3C" w:rsidRPr="00C005DE" w:rsidRDefault="00C005DE" w:rsidP="00921890">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
             <w:r w:rsidRPr="008F1869">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
@@ -1653,51 +1793,69 @@
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve">prikazati </w:t>
             </w:r>
             <w:r w:rsidR="00655B01">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>zahvat</w:t>
             </w:r>
             <w:r w:rsidR="00174DE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-              <w:t>/planiranu radnju</w:t>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="0049475A">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>opisati postojeće stanje na terenu/</w:t>
+            </w:r>
+            <w:r w:rsidR="00174DE7">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>planiranu radnju</w:t>
             </w:r>
             <w:r w:rsidR="00921890">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve"> i</w:t>
             </w:r>
             <w:r w:rsidRPr="008F1869">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00921890">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
@@ -1734,60 +1892,96 @@
             <w:r w:rsidRPr="008F1869">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>pisati utjecaj aktivnosti na E</w:t>
             </w:r>
             <w:r w:rsidR="00655B01">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>kološku mrežu</w:t>
             </w:r>
             <w:r w:rsidRPr="008F1869">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (koje emisije onečišćenja u zrak, vodu, tlo se očekuju</w:t>
+              <w:t xml:space="preserve"> (koje emisije onečišćenja u zrak, vodu, </w:t>
+            </w:r>
+            <w:r w:rsidR="007369BC">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">emisije i eventualno zagađenje </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F1869">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>tl</w:t>
+            </w:r>
+            <w:r w:rsidR="007369BC">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>a,… pri</w:t>
             </w:r>
             <w:r w:rsidR="00174DE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> prilikom izgradnje i kod daljnje upotrebe</w:t>
+              <w:t xml:space="preserve">likom izgradnje i kod </w:t>
+            </w:r>
+            <w:r w:rsidR="007369BC">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>kasnije korištenje lokacije</w:t>
             </w:r>
             <w:r w:rsidRPr="008F1869">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C73B9" w:rsidRPr="00900441" w14:paraId="78050DCB" w14:textId="77777777" w:rsidTr="000870F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9606" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2961B52E" w14:textId="77777777" w:rsidR="008F1869" w:rsidRDefault="00921890" w:rsidP="008F1869">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
@@ -1816,169 +2010,248 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>Svrha zahvata:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09BAA2D5" w14:textId="77777777" w:rsidR="00921890" w:rsidRDefault="00921890" w:rsidP="008F1869">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="58056E83" w14:textId="77777777" w:rsidR="008F1869" w:rsidRDefault="00921890" w:rsidP="008F1869">
+          <w:p w14:paraId="507B4658" w14:textId="50C61FD2" w:rsidR="0049475A" w:rsidRDefault="0049475A" w:rsidP="008F1869">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
+              <w:t>Opis postojeće situacije/stanja na terenu:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60C2F968" w14:textId="77777777" w:rsidR="0049475A" w:rsidRDefault="0049475A" w:rsidP="008F1869">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="628F2EE2" w14:textId="77777777" w:rsidR="0049475A" w:rsidRDefault="0049475A" w:rsidP="008F1869">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="58056E83" w14:textId="292A2286" w:rsidR="008F1869" w:rsidRDefault="00921890" w:rsidP="008F1869">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
               <w:t>Predviđeno trajanje radnje i razdoblje godine</w:t>
             </w:r>
             <w:r w:rsidR="006E6C4B">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t xml:space="preserve"> u kojem se zahvat planira provesti</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="636D8D13" w14:textId="77777777" w:rsidR="006E6C4B" w:rsidRDefault="006E6C4B" w:rsidP="008F1869">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7CCA0AE8" w14:textId="77777777" w:rsidR="00921890" w:rsidRDefault="00921890" w:rsidP="008F1869">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6E1173E5" w14:textId="77777777" w:rsidR="00921890" w:rsidRDefault="00921890" w:rsidP="008F1869">
+          <w:p w14:paraId="6E1173E5" w14:textId="238632F3" w:rsidR="00921890" w:rsidRDefault="00921890" w:rsidP="008F1869">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-              <w:t>Obuhvat zahvata (dimenzije, kapacitet …):</w:t>
+              <w:t xml:space="preserve">Obuhvat </w:t>
+            </w:r>
+            <w:r w:rsidR="0049475A">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">planiranog </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>zahvata (dimenzije, kapacitet</w:t>
+            </w:r>
+            <w:r w:rsidR="0063493B">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>…):</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E97FDB8" w14:textId="77777777" w:rsidR="00921890" w:rsidRDefault="00921890" w:rsidP="008F1869">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="17ED5A7B" w14:textId="77777777" w:rsidR="006E6C4B" w:rsidRDefault="006E6C4B" w:rsidP="008F1869">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="07B4E3F9" w14:textId="77777777" w:rsidR="00921890" w:rsidRDefault="00921890" w:rsidP="008F1869">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Način izvođenja zahvata (materijali, alati,  strojevi i dr.):</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="419A7F47" w14:textId="77777777" w:rsidR="00921890" w:rsidRDefault="00921890" w:rsidP="008F1869">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5F11ACFE" w14:textId="77777777" w:rsidR="006E6C4B" w:rsidRDefault="006E6C4B" w:rsidP="008F1869">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -2386,72 +2659,50 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1213FED6" w14:textId="77777777" w:rsidR="008F1869" w:rsidRDefault="008F1869" w:rsidP="008F1869">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="24240B72" w14:textId="77777777" w:rsidR="008F1869" w:rsidRDefault="008F1869" w:rsidP="008F1869">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="15D7D4A1" w14:textId="77777777" w:rsidR="008F1869" w:rsidRDefault="008F1869" w:rsidP="008F1869">
-            <w:pPr>
-[...20 lines deleted...]
-          <w:p w14:paraId="1CB2244E" w14:textId="77777777" w:rsidR="008F1869" w:rsidRDefault="008F1869" w:rsidP="008F1869">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="79278585" w14:textId="77777777" w:rsidR="008F1869" w:rsidRDefault="008F1869" w:rsidP="008F1869">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7C3A4090" w14:textId="77777777" w:rsidR="008F1869" w:rsidRDefault="008F1869" w:rsidP="008F1869">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:rPr>
@@ -2501,402 +2752,428 @@
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00921890">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>PRILOZI:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC" w:themeFill="accent3" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w14:paraId="16D93F79" w14:textId="77777777" w:rsidR="00EB0472" w:rsidRPr="00EB0472" w:rsidRDefault="00174DE7" w:rsidP="00EB0472">
+          <w:p w14:paraId="0B5E18F9" w14:textId="77777777" w:rsidR="00EB0472" w:rsidRDefault="00142FC7" w:rsidP="00EB0472">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00921890">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-              <w:t>CD</w:t>
+              <w:t xml:space="preserve">Idejno </w:t>
+            </w:r>
+            <w:r w:rsidR="00174DE7" w:rsidRPr="00921890">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">rješenje sa </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00921890">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>kart</w:t>
+            </w:r>
+            <w:r w:rsidR="00174DE7" w:rsidRPr="00921890">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t>om</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00921890">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> lokacije</w:t>
+            </w:r>
+            <w:r w:rsidR="005A1E08">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="hr-HR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (ukoliko postoji potreba za idejnim rješenjem</w:t>
             </w:r>
             <w:r w:rsidR="00397460">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-              <w:t>/</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00921890">
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16D93F79" w14:textId="62D0AA4B" w:rsidR="0049475A" w:rsidRPr="00EB0472" w:rsidRDefault="0049475A" w:rsidP="00EB0472">
+            <w:pPr>
+              <w:pStyle w:val="Bezproreda"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00142FC7" w:rsidRPr="00921890">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hr-HR"/>
               </w:rPr>
-              <w:t xml:space="preserve">Idejno </w:t>
-[...59 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve">Fotografije </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6071300F" w14:textId="3B86B2F2" w:rsidR="008F1869" w:rsidRPr="00C005DE" w:rsidRDefault="00C005DE" w:rsidP="00C005DE">
+    <w:p w14:paraId="00B00FE2" w14:textId="081BA56D" w:rsidR="00F8574A" w:rsidRPr="00C005DE" w:rsidRDefault="00C005DE" w:rsidP="00C005DE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C005DE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
-        <w:t>Obrazac zahtjeva izradio Upravni odjel za prostorno uređenje, gradnju, zaštitu okoliša i zaštitu prirode Koprivni</w:t>
+        <w:t>Obrazac zahtjeva izradio Upravni odjel za p</w:t>
+      </w:r>
+      <w:r w:rsidR="0049475A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="hr-HR"/>
+        </w:rPr>
+        <w:t>oljoprivredu, vodno gospodarstvo, zaštitu okoliša i zaštitu prirode K</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C005DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="hr-HR"/>
+        </w:rPr>
+        <w:t>oprivni</w:t>
       </w:r>
       <w:r w:rsidR="00FC3D87">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t>č</w:t>
       </w:r>
       <w:r w:rsidR="00397460">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
-        <w:t>ko-križevačke županije, siječanj</w:t>
+        <w:t xml:space="preserve">ko-križevačke županije, </w:t>
       </w:r>
-      <w:r w:rsidR="006E6C4B">
+      <w:r w:rsidR="0049475A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>listopad</w:t>
+      </w:r>
+      <w:r w:rsidR="0063493B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="hr-HR"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00921890">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00397460">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00B231BF">
+      <w:r w:rsidR="00B37EEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00C005DE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00921890">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> godine</w:t>
       </w:r>
+      <w:r w:rsidR="0049475A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="hr-HR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="714DA768" w14:textId="77777777" w:rsidR="00C005DE" w:rsidRDefault="00533CBC" w:rsidP="008F1869">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B1C3991" w14:textId="3ACDDF77" w:rsidR="008F1869" w:rsidRDefault="00E82589" w:rsidP="008F1869">
+    <w:p w14:paraId="4B1C3991" w14:textId="220E82EB" w:rsidR="008F1869" w:rsidRDefault="00E82589" w:rsidP="008F1869">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t>Koprivnica,______________ 202</w:t>
       </w:r>
-      <w:r w:rsidR="008162F1">
+      <w:r w:rsidR="00B37EEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="008F1869">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve">. god. </w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="6DC6AB8E" w14:textId="77777777" w:rsidR="008F1869" w:rsidRDefault="008F1869" w:rsidP="008F1869">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7350"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:tab/>
         <w:t>Potpis:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79B05C72" w14:textId="77777777" w:rsidR="000022CF" w:rsidRPr="008F1869" w:rsidRDefault="008F1869" w:rsidP="008F1869">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6210"/>
           <w:tab w:val="left" w:pos="6870"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:tab/>
         <w:t>____________________________</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="000022CF" w:rsidRPr="008F1869" w:rsidSect="00B31AB2">
+    <w:sectPr w:rsidR="000022CF" w:rsidRPr="008F1869" w:rsidSect="00382727">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="1417" w:bottom="1843" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
@@ -2907,51 +3184,51 @@
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="234368FC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7D68751E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -3724,177 +4001,188 @@
   <w:num w:numId="1" w16cid:durableId="1741755205">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1277909919">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1412118765">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="118374808">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="780033423">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="972829535">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="734011567">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000003F3"/>
     <w:rsid w:val="000003F3"/>
     <w:rsid w:val="000022CF"/>
     <w:rsid w:val="00056B11"/>
     <w:rsid w:val="000870F4"/>
     <w:rsid w:val="00094423"/>
     <w:rsid w:val="00094821"/>
     <w:rsid w:val="000C716C"/>
+    <w:rsid w:val="000D13C1"/>
     <w:rsid w:val="000E4BDB"/>
     <w:rsid w:val="000F6F1D"/>
     <w:rsid w:val="00142FC7"/>
     <w:rsid w:val="00152B21"/>
     <w:rsid w:val="00160A74"/>
     <w:rsid w:val="00174DE7"/>
     <w:rsid w:val="001D3479"/>
     <w:rsid w:val="00222D59"/>
     <w:rsid w:val="00224978"/>
     <w:rsid w:val="00281140"/>
     <w:rsid w:val="002D36DF"/>
     <w:rsid w:val="00310272"/>
     <w:rsid w:val="00375904"/>
+    <w:rsid w:val="00382727"/>
     <w:rsid w:val="00394851"/>
     <w:rsid w:val="00397460"/>
     <w:rsid w:val="003B2F3C"/>
     <w:rsid w:val="003C052E"/>
     <w:rsid w:val="003D2321"/>
     <w:rsid w:val="003F7A67"/>
     <w:rsid w:val="00476482"/>
+    <w:rsid w:val="0049475A"/>
     <w:rsid w:val="00497438"/>
     <w:rsid w:val="004B7B79"/>
     <w:rsid w:val="004E5A57"/>
     <w:rsid w:val="00533CBC"/>
     <w:rsid w:val="0055106A"/>
+    <w:rsid w:val="00580ACB"/>
     <w:rsid w:val="005A1E08"/>
     <w:rsid w:val="005C02F4"/>
     <w:rsid w:val="00615E5C"/>
+    <w:rsid w:val="0063493B"/>
     <w:rsid w:val="00655B01"/>
     <w:rsid w:val="006863B4"/>
     <w:rsid w:val="006A31C9"/>
     <w:rsid w:val="006E6C4B"/>
+    <w:rsid w:val="00705751"/>
     <w:rsid w:val="00723735"/>
+    <w:rsid w:val="007369BC"/>
     <w:rsid w:val="007453BD"/>
     <w:rsid w:val="007C73B9"/>
     <w:rsid w:val="007F766C"/>
     <w:rsid w:val="008162F1"/>
     <w:rsid w:val="00830A90"/>
     <w:rsid w:val="008C7B65"/>
     <w:rsid w:val="008F1869"/>
     <w:rsid w:val="00900441"/>
     <w:rsid w:val="00921890"/>
     <w:rsid w:val="009B3D9F"/>
     <w:rsid w:val="009D453E"/>
     <w:rsid w:val="009E0815"/>
     <w:rsid w:val="00A11783"/>
     <w:rsid w:val="00A505ED"/>
     <w:rsid w:val="00A80551"/>
     <w:rsid w:val="00A81AE6"/>
     <w:rsid w:val="00AD3333"/>
     <w:rsid w:val="00B231BF"/>
     <w:rsid w:val="00B25DE5"/>
     <w:rsid w:val="00B31AB2"/>
+    <w:rsid w:val="00B37EEC"/>
     <w:rsid w:val="00BF7C9B"/>
     <w:rsid w:val="00C005DE"/>
+    <w:rsid w:val="00C2585A"/>
     <w:rsid w:val="00C44A5C"/>
     <w:rsid w:val="00C5573D"/>
     <w:rsid w:val="00C62640"/>
+    <w:rsid w:val="00CE0400"/>
     <w:rsid w:val="00D54E98"/>
     <w:rsid w:val="00DC0717"/>
     <w:rsid w:val="00DC5603"/>
     <w:rsid w:val="00DD5FE0"/>
     <w:rsid w:val="00E4644D"/>
     <w:rsid w:val="00E82589"/>
     <w:rsid w:val="00EB0472"/>
     <w:rsid w:val="00EC0F4B"/>
     <w:rsid w:val="00F279B6"/>
     <w:rsid w:val="00F30F94"/>
     <w:rsid w:val="00F330BA"/>
     <w:rsid w:val="00F52CBC"/>
     <w:rsid w:val="00F64A4B"/>
+    <w:rsid w:val="00F8574A"/>
     <w:rsid w:val="00FC3D87"/>
     <w:rsid w:val="00FD3D67"/>
     <w:rsid w:val="00FF5601"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hr-HR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4DFC2E82"/>
   <w15:docId w15:val="{2B2A4672-1316-4F19-BD72-933144F56C72}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="hr-HR" w:eastAsia="hr-HR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4015,51 +4303,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -4634,55 +4922,79 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F279B6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TekstbaloniaChar">
     <w:name w:val="Tekst balončića Char"/>
     <w:basedOn w:val="Zadanifontodlomka"/>
     <w:link w:val="Tekstbalonia"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F279B6"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="SlijeenaHiperveza">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F8574A"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Nerijeenospominjanje">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007369BC"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="952781785">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="744304598">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -4809,55 +5121,57 @@
                                                 </w:div>
                                               </w:divsChild>
                                             </w:div>
                                           </w:divsChild>
                                         </w:div>
                                       </w:divsChild>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioportal.hr/gis/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ispu.mgipu.hr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:valentina.stefokovic@kckzz.hr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioportal.hr/gis/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ispu.mgipu.hr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ana.kranjcev@kckzz.hr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:valentina.stefokovic@kckzz.hr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5103,67 +5417,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1903</Characters>
+  <Pages>1</Pages>
+  <Words>373</Words>
+  <Characters>2130</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Naslov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2232</CharactersWithSpaces>
+  <CharactersWithSpaces>2499</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>