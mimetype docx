--- v0 (2025-11-10)
+++ v1 (2026-02-21)
@@ -2,88 +2,106 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="56FD116B" w14:textId="77777777" w:rsidR="00F50C22" w:rsidRDefault="003B6068" w:rsidP="00F50C22">
+    <w:p w14:paraId="56FD116B" w14:textId="35C69618" w:rsidR="00F50C22" w:rsidRDefault="003B6068" w:rsidP="00F50C22">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B6068">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">POPIS </w:t>
       </w:r>
       <w:r w:rsidR="00F50C22">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">USTANOVA I </w:t>
       </w:r>
       <w:r w:rsidRPr="003B6068">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">PRUŽATELJA SOCIJELNE USLUGE </w:t>
+        <w:t>PRUŽATELJA SOCIJ</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE0231">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6068">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">LNE USLUGE </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DDDE6AC" w14:textId="6E83F28E" w:rsidR="003B6068" w:rsidRPr="003B6068" w:rsidRDefault="003B6068" w:rsidP="00F50C22">
+    <w:p w14:paraId="2DDDE6AC" w14:textId="1E78E240" w:rsidR="003B6068" w:rsidRPr="003B6068" w:rsidRDefault="003B6068" w:rsidP="00F50C22">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B6068">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>SMJEŠT</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE0231">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00F50C22">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>J</w:t>
       </w:r>
       <w:r w:rsidRPr="003B6068">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>A NA PODRUČJU</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="648B1EAE" w14:textId="27DB9488" w:rsidR="00B91BB7" w:rsidRPr="003B6068" w:rsidRDefault="003B6068" w:rsidP="003B6068">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B6068">
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -193,51 +211,51 @@
           <w:b/>
         </w:rPr>
         <w:t>Ustanove za smještaj starijih osoba</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D618A9A" w14:textId="77777777" w:rsidR="00B91BB7" w:rsidRPr="00C16A88" w:rsidRDefault="00B91BB7" w:rsidP="00B91BB7">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reetkatablice"/>
         <w:tblW w:w="8613" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3927"/>
         <w:gridCol w:w="3269"/>
         <w:gridCol w:w="1417"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B91BB7" w:rsidRPr="00C16A88" w14:paraId="78A14F20" w14:textId="77777777" w:rsidTr="003B6068">
+      <w:tr w:rsidR="00B91BB7" w:rsidRPr="00C16A88" w14:paraId="78A14F20" w14:textId="77777777" w:rsidTr="00AE0231">
         <w:trPr>
           <w:trHeight w:val="645"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3927" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
           </w:tcPr>
           <w:p w14:paraId="1A790423" w14:textId="77777777" w:rsidR="003B6068" w:rsidRDefault="003B6068" w:rsidP="003B6068">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="40E9399D" w14:textId="0DC6B0CB" w:rsidR="00B91BB7" w:rsidRPr="003B6068" w:rsidRDefault="003B6068" w:rsidP="003B6068">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
@@ -315,714 +333,854 @@
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B6068">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>KAPACITET USTANOVE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B6068" w:rsidRPr="00C16A88" w14:paraId="44DF502F" w14:textId="77777777" w:rsidTr="003B6068">
+      <w:tr w:rsidR="003B6068" w:rsidRPr="00C16A88" w14:paraId="44DF502F" w14:textId="77777777" w:rsidTr="00AE0231">
         <w:trPr>
           <w:trHeight w:val="880"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3927" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F39E474" w14:textId="77777777" w:rsidR="003B6068" w:rsidRDefault="003B6068" w:rsidP="003B6068"/>
           <w:p w14:paraId="5491333F" w14:textId="4250C247" w:rsidR="003B6068" w:rsidRPr="00C16A88" w:rsidRDefault="003B6068" w:rsidP="003B6068">
             <w:r w:rsidRPr="00C16A88">
               <w:t>DOM ZA STARIJE I NEMOĆNE OSOBE KOPRIVNICA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="591AF921" w14:textId="1266E1D8" w:rsidR="003B6068" w:rsidRPr="003B6068" w:rsidRDefault="003B6068" w:rsidP="003B6068">
-[...35 lines deleted...]
-            <w:r w:rsidRPr="003B6068">
+          <w:p w14:paraId="591AF921" w14:textId="1266E1D8" w:rsidR="003B6068" w:rsidRPr="009278B2" w:rsidRDefault="003B6068" w:rsidP="003B6068">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009278B2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trg E. Kumičića 17, Koprivnica</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AD450EF" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="009278B2" w:rsidRDefault="003B6068" w:rsidP="003B6068">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009278B2">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tel: 250-200</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64B72370" w14:textId="3E31DAE2" w:rsidR="003B6068" w:rsidRPr="003B6068" w:rsidRDefault="003B6068" w:rsidP="003B6068">
+          <w:p w14:paraId="64B72370" w14:textId="3E31DAE2" w:rsidR="003B6068" w:rsidRPr="009278B2" w:rsidRDefault="003B6068" w:rsidP="003B6068">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
-              <w:r w:rsidRPr="003B6068">
+              <w:r w:rsidRPr="009278B2">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>zeljka.koluder@dom-kc.hr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="60D77639" w14:textId="32CE5B35" w:rsidR="003B6068" w:rsidRPr="00C16A88" w:rsidRDefault="003B6068" w:rsidP="003B6068">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>27</w:t>
             </w:r>
             <w:r>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B6068" w:rsidRPr="00C16A88" w14:paraId="74EEC6E4" w14:textId="77777777" w:rsidTr="003B6068">
+      <w:tr w:rsidR="00AE0231" w14:paraId="71B08F8C" w14:textId="77777777" w:rsidTr="00AE0231">
+        <w:tblPrEx>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="880"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3927" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="676D2AD0" w14:textId="155367AA" w:rsidR="00AE0231" w:rsidRPr="00AE0231" w:rsidRDefault="00AE0231">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Dom za starije i nemoćne osobe „Dom sestre Jadranke“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="621060E0" w14:textId="77777777" w:rsidR="00AE0231" w:rsidRPr="009278B2" w:rsidRDefault="00AE0231">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="apple-style-span"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009278B2">
+              <w:rPr>
+                <w:rStyle w:val="apple-style-span"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Čabraji 36</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2961601F" w14:textId="77777777" w:rsidR="00AE0231" w:rsidRPr="009278B2" w:rsidRDefault="00AE0231">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="apple-style-span"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009278B2">
+              <w:rPr>
+                <w:rStyle w:val="apple-style-span"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kloštar </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009278B2">
+              <w:rPr>
+                <w:rStyle w:val="apple-style-span"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Vojakovački</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009278B2">
+              <w:rPr>
+                <w:rStyle w:val="apple-style-span"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17B14A93" w14:textId="77777777" w:rsidR="00AE0231" w:rsidRPr="009278B2" w:rsidRDefault="00AE0231">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009278B2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tel: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009278B2">
+              <w:rPr>
+                <w:rStyle w:val="apple-style-span"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">697-050; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009278B2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">098/491-949 ; 095/901-9770 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07869D8E" w14:textId="77777777" w:rsidR="00AE0231" w:rsidRPr="009278B2" w:rsidRDefault="00AE0231">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r w:rsidRPr="009278B2">
+                <w:rPr>
+                  <w:rStyle w:val="Hiperveza"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>domsestrejadranke@gmail.com</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5257143F" w14:textId="77777777" w:rsidR="00AE0231" w:rsidRDefault="00AE0231" w:rsidP="00AE0231">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="apple-style-span"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="apple-style-span"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B6068" w:rsidRPr="00C16A88" w14:paraId="74EEC6E4" w14:textId="77777777" w:rsidTr="00AE0231">
         <w:trPr>
           <w:trHeight w:val="826"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3927" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4613EEFE" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="00C16A88" w:rsidRDefault="003B6068" w:rsidP="003B6068">
             <w:r w:rsidRPr="00C16A88">
               <w:t xml:space="preserve">Dom za starije i nemoćne osobe „Zlatne godine“ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C2BED3D" w14:textId="0B1EAC7B" w:rsidR="003B6068" w:rsidRPr="003B6068" w:rsidRDefault="003B6068" w:rsidP="003B6068">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="003B6068">
+          <w:p w14:paraId="5C2BED3D" w14:textId="0B1EAC7B" w:rsidR="003B6068" w:rsidRPr="009278B2" w:rsidRDefault="003B6068" w:rsidP="003B6068">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="apple-style-span"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009278B2">
               <w:rPr>
                 <w:rStyle w:val="Istaknuto"/>
                 <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Brdo </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003B6068">
+            <w:r w:rsidRPr="009278B2">
               <w:rPr>
                 <w:rStyle w:val="Istaknuto"/>
                 <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Cirkvensko</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003B6068">
+            <w:r w:rsidRPr="009278B2">
               <w:rPr>
                 <w:rStyle w:val="apple-converted-space"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003B6068">
+            <w:r w:rsidRPr="009278B2">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">59, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003B6068">
+            <w:r w:rsidRPr="009278B2">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Cirkvena</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="1C391428" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="003B6068" w:rsidRDefault="003B6068" w:rsidP="003B6068">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="003B6068">
+          <w:p w14:paraId="1C391428" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="009278B2" w:rsidRDefault="003B6068" w:rsidP="003B6068">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="apple-style-span"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009278B2">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Tel: 211-100</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="54C6F196" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="003B6068" w:rsidRDefault="003B6068" w:rsidP="003B6068">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="003B6068">
+          <w:p w14:paraId="54C6F196" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="009278B2" w:rsidRDefault="003B6068" w:rsidP="003B6068">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidRPr="009278B2">
                 <w:rPr>
                   <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                   <w:color w:val="0000FF" w:themeColor="hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="en-US"/>
                 </w:rPr>
                 <w:t>inesivelic22@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F2EE407" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="00C16A88" w:rsidRDefault="003B6068" w:rsidP="003B6068">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Istaknuto"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:rPr>
                 <w:rStyle w:val="Istaknuto"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B6068" w:rsidRPr="00C16A88" w14:paraId="35D346D2" w14:textId="77777777" w:rsidTr="003B6068">
+      <w:tr w:rsidR="003B6068" w:rsidRPr="00C16A88" w14:paraId="35D346D2" w14:textId="77777777" w:rsidTr="00AE0231">
         <w:trPr>
           <w:trHeight w:val="852"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3927" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07511DD4" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="00C16A88" w:rsidRDefault="003B6068" w:rsidP="003B6068">
             <w:r w:rsidRPr="00C16A88">
               <w:t xml:space="preserve">Dom za starije i nemoćne osobe „Sveta Ana“ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A917507" w14:textId="485F4D20" w:rsidR="003B6068" w:rsidRPr="003B6068" w:rsidRDefault="003B6068" w:rsidP="003B6068">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="003B6068">
+          <w:p w14:paraId="5A917507" w14:textId="485F4D20" w:rsidR="003B6068" w:rsidRPr="009278B2" w:rsidRDefault="003B6068" w:rsidP="003B6068">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="apple-style-span"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009278B2">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Varaždinska cesta 214</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="009278B2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="003B6068">
+            <w:r w:rsidRPr="009278B2">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Koprivnica</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19436FA0" w14:textId="319AC172" w:rsidR="003B6068" w:rsidRPr="003B6068" w:rsidRDefault="003B6068" w:rsidP="003B6068">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003B6068">
+          <w:p w14:paraId="19436FA0" w14:textId="319AC172" w:rsidR="003B6068" w:rsidRPr="009278B2" w:rsidRDefault="003B6068" w:rsidP="003B6068">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009278B2">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Tel: 665-366; </w:t>
             </w:r>
-            <w:r w:rsidRPr="003B6068">
+            <w:r w:rsidRPr="009278B2">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>098 936 4971</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B1E1E0C" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="003B6068" w:rsidRDefault="003B6068" w:rsidP="003B6068">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="003B6068">
+          <w:p w14:paraId="4B1E1E0C" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="009278B2" w:rsidRDefault="003B6068" w:rsidP="003B6068">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r w:rsidRPr="009278B2">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>zbalazin@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D7392CA" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="00C16A88" w:rsidRDefault="003B6068" w:rsidP="003B6068">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
               </w:rPr>
               <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B6068" w:rsidRPr="00C16A88" w14:paraId="3A4E6989" w14:textId="77777777" w:rsidTr="003B6068">
+      <w:tr w:rsidR="003B6068" w:rsidRPr="00C16A88" w14:paraId="3A4E6989" w14:textId="77777777" w:rsidTr="00AE0231">
         <w:trPr>
           <w:trHeight w:val="852"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3927" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0550AE4D" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="00C16A88" w:rsidRDefault="003B6068" w:rsidP="003B6068">
             <w:r w:rsidRPr="00C16A88">
               <w:t>Dom za starije i nemoćne odrasle osobe Dom Novak 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="183C51CF" w14:textId="379E98DB" w:rsidR="003B6068" w:rsidRPr="003B6068" w:rsidRDefault="003B6068" w:rsidP="003B6068">
+          <w:p w14:paraId="183C51CF" w14:textId="379E98DB" w:rsidR="003B6068" w:rsidRPr="009278B2" w:rsidRDefault="003B6068" w:rsidP="003B6068">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003B6068">
+            <w:r w:rsidRPr="009278B2">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Potočka</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003B6068">
-[...28 lines deleted...]
-            <w:r w:rsidRPr="003B6068">
+            <w:r w:rsidRPr="009278B2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 59, Križevci</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D1B33FD" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="009278B2" w:rsidRDefault="003B6068" w:rsidP="003B6068">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009278B2">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tel: 718-677</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77A64DD1" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="003B6068" w:rsidRDefault="003B6068" w:rsidP="003B6068">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003B6068">
+          <w:p w14:paraId="77A64DD1" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="009278B2" w:rsidRDefault="003B6068" w:rsidP="003B6068">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009278B2">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mob: 091/5588907</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4204541F" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="003B6068" w:rsidRDefault="003B6068" w:rsidP="003B6068">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="003B6068">
+          <w:p w14:paraId="4204541F" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="009278B2" w:rsidRDefault="003B6068" w:rsidP="003B6068">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidRPr="009278B2">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>domnovakd.o.o.@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B1BF337" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="00C16A88" w:rsidRDefault="003B6068" w:rsidP="003B6068">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B6068" w:rsidRPr="00C16A88" w14:paraId="4DAEAAD7" w14:textId="77777777" w:rsidTr="00C66559">
+      <w:tr w:rsidR="003B6068" w:rsidRPr="00C16A88" w14:paraId="4DAEAAD7" w14:textId="77777777" w:rsidTr="00AE0231">
         <w:trPr>
           <w:trHeight w:val="703"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3927" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D337D77" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="00C16A88" w:rsidRDefault="003B6068" w:rsidP="003B6068">
             <w:r w:rsidRPr="00C16A88">
               <w:t xml:space="preserve">Dom za starije i teško bolesne osobe Senior Care  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B61301F" w14:textId="0B58968D" w:rsidR="003B6068" w:rsidRPr="003B6068" w:rsidRDefault="003B6068" w:rsidP="003B6068">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003B6068">
+          <w:p w14:paraId="6B61301F" w14:textId="0B58968D" w:rsidR="003B6068" w:rsidRPr="009278B2" w:rsidRDefault="003B6068" w:rsidP="003B6068">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009278B2">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ulica Franje Tuđmana 1, Križevci</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A7FF2B3" w14:textId="587F5DAC" w:rsidR="003B6068" w:rsidRPr="003B6068" w:rsidRDefault="003B6068" w:rsidP="003B6068">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003B6068">
+          <w:p w14:paraId="0A7FF2B3" w14:textId="587F5DAC" w:rsidR="003B6068" w:rsidRPr="009278B2" w:rsidRDefault="003B6068" w:rsidP="003B6068">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009278B2">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tel: 091/121 0996</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="698E83FB" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="003B6068" w:rsidRDefault="003B6068" w:rsidP="003B6068">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="003B6068">
+          <w:p w14:paraId="698E83FB" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="009278B2" w:rsidRDefault="003B6068" w:rsidP="003B6068">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r w:rsidRPr="009278B2">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>info@seniorcare.hr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="1B6A34EA" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="003B6068" w:rsidRDefault="003B6068" w:rsidP="003B6068">
+          <w:p w14:paraId="1B6A34EA" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="009278B2" w:rsidRDefault="003B6068" w:rsidP="003B6068">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="547CAABB" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="00C16A88" w:rsidRDefault="003B6068" w:rsidP="003B6068">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>125</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B6068" w:rsidRPr="00C16A88" w14:paraId="1447D109" w14:textId="77777777" w:rsidTr="003B6068">
+      <w:tr w:rsidR="003B6068" w:rsidRPr="00C16A88" w14:paraId="1447D109" w14:textId="77777777" w:rsidTr="00AE0231">
         <w:trPr>
           <w:trHeight w:val="852"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3927" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40DCCAF4" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="00C16A88" w:rsidRDefault="003B6068" w:rsidP="003B6068">
             <w:r w:rsidRPr="00C16A88">
-              <w:t xml:space="preserve">Dom baka </w:t>
-[...7 lines deleted...]
-              <w:t>-dom za starije i nemoćne, Koprivnica</w:t>
+              <w:t>Dom baka Ilona-dom za starije i nemoćne, Koprivnica</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7162CC1A" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="003B6068" w:rsidRDefault="003B6068" w:rsidP="003B6068">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003B6068">
+          <w:p w14:paraId="7162CC1A" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="009278B2" w:rsidRDefault="003B6068" w:rsidP="003B6068">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009278B2">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Braće Radić 25, Koprivnica</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="763CFD00" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="003B6068" w:rsidRDefault="003B6068" w:rsidP="003B6068">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="003B6068">
+          <w:p w14:paraId="763CFD00" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="009278B2" w:rsidRDefault="003B6068" w:rsidP="003B6068">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="apple-style-span"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009278B2">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mob: 099/710-0972</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1CC2D712" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="003B6068" w:rsidRDefault="003B6068" w:rsidP="003B6068">
-[...8 lines deleted...]
-              <w:r w:rsidRPr="003B6068">
+          <w:p w14:paraId="1CC2D712" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="009278B2" w:rsidRDefault="003B6068" w:rsidP="003B6068">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="apple-style-span"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r w:rsidRPr="009278B2">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>kosi.jelena@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79C1A0EE" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="00C16A88" w:rsidRDefault="003B6068" w:rsidP="003B6068">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B6068" w:rsidRPr="00C16A88" w14:paraId="78473C58" w14:textId="77777777" w:rsidTr="00F50C22">
+      <w:tr w:rsidR="003B6068" w:rsidRPr="00C16A88" w14:paraId="78473C58" w14:textId="77777777" w:rsidTr="00AE0231">
         <w:trPr>
           <w:trHeight w:val="587"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7196" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
           </w:tcPr>
           <w:p w14:paraId="2068527B" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="000041BE" w:rsidRDefault="003B6068" w:rsidP="003B6068">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="697B5394" w14:textId="7228C05B" w:rsidR="003B6068" w:rsidRPr="000041BE" w:rsidRDefault="003B6068" w:rsidP="003B6068">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
@@ -1352,51 +1510,51 @@
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Tel: 712-171</w:t>
             </w:r>
             <w:r w:rsidRPr="002C6298">
               <w:rPr>
                 <w:rStyle w:val="apple-converted-space"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F55EAFF" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidRPr="002C6298">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:t>sestrebazilijanke@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E2532FE" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
@@ -1468,51 +1626,51 @@
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C6298">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Mob: 091/781-1621,Tel: 897-300</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0D1B1EF7" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidRPr="002C6298">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:t>dom.stanesic</w:t>
               </w:r>
               <w:r w:rsidRPr="002C6298">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>@net.hr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="647FA107" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
@@ -1525,59 +1683,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C6298" w:rsidRPr="00C16A88" w14:paraId="40E6CFE3" w14:textId="77777777" w:rsidTr="00B0213F">
         <w:trPr>
           <w:trHeight w:val="892"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3927" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="365FAFFA" w14:textId="01616A21" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
-              <w:t xml:space="preserve">Dom </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> d.o.o</w:t>
+              <w:t>Dom Baljak d.o.o</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3269" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5A58BF4C" w14:textId="705D59B9" w:rsidR="002C6298" w:rsidRPr="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002C6298">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
@@ -1621,98 +1771,99 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="002C6298">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Tel. 832-356</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3BE02272" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r w:rsidRPr="002C6298">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>zeanetaba11@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="20964BCE" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C6298" w:rsidRPr="00C16A88" w14:paraId="3D1FFFDF" w14:textId="77777777" w:rsidTr="00B0213F">
         <w:trPr>
           <w:trHeight w:val="892"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3927" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69EDC324" w14:textId="6AB96622" w:rsidR="002C6298" w:rsidRPr="0064126A" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0064126A">
+              <w:lastRenderedPageBreak/>
               <w:t>Dom sestre Andreje</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F0D18C4" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3269" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4F1224BD" w14:textId="57F9CC85" w:rsidR="002C6298" w:rsidRPr="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002C6298">
               <w:rPr>
@@ -1736,51 +1887,51 @@
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C6298">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Mob: 099/192-1381 i 091/788-5881</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F129645" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidRPr="002C6298">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>andreja.zibreg@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="371BB5F3" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
@@ -1792,51 +1943,50 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C6298" w:rsidRPr="00C16A88" w14:paraId="53712E8D" w14:textId="77777777" w:rsidTr="00B0213F">
         <w:trPr>
           <w:trHeight w:val="56"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3927" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0FA7EAA0" w14:textId="77777777" w:rsidR="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>MAXI, obrt za poljoprivredu i socijalnu skrb</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="70BB2BB4" w14:textId="1A1E5D7E" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">-izdvojena jedinica Donji </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Cubinec</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="37E0C315" w14:textId="2A3A401F" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="44A8D6FE" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C4CAA5D" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
@@ -1844,51 +1994,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3269" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="44306E54" w14:textId="7EAA7DD5" w:rsidR="002C6298" w:rsidRPr="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002C6298">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Cubinec</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002C6298">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> 33, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002C6298">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Cubinec</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -1934,51 +2083,50 @@
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Maksić</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="6C660072" w14:textId="0F37F701" w:rsidR="002C6298" w:rsidRPr="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C6298">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">izdvojena jedinica  Donji </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002C6298">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Cubinec</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002C6298">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> 20</w:t>
             </w:r>
           </w:p>
@@ -2054,118 +2202,116 @@
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C6298">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>098/565-211</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="787ABB0B" w14:textId="061514B1" w:rsidR="002C6298" w:rsidRPr="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:color w:val="250BE5"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidRPr="00C14A40">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>maksiczdenko@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64A9CDB2" w14:textId="77777777" w:rsidR="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="176687B7" w14:textId="614506FF" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C6298" w:rsidRPr="00C16A88" w14:paraId="100D96CE" w14:textId="77777777" w:rsidTr="00B0213F">
         <w:trPr>
           <w:trHeight w:val="892"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3927" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3813C478" w14:textId="3CBEDD8D" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Obrt za socijalnu skrb „Obiteljski dom Šolaja“ </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="696502FD" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6330841E" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3269" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5749556E" w14:textId="17A46ABC" w:rsidR="002C6298" w:rsidRPr="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
@@ -2227,51 +2373,51 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>vl</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Valentina Šolaja</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="65F45195" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r w:rsidRPr="002C6298">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>valentina.jezovita@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7FC4EA72" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -2349,51 +2495,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Mob: </w:t>
             </w:r>
             <w:r w:rsidR="002C6298" w:rsidRPr="002C6298">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>098/657-127, 099/672-6500</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F39F5DE" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r w:rsidRPr="002C6298">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:t>info</w:t>
               </w:r>
               <w:r w:rsidRPr="002C6298">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>@dom-petrovic.hr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="1D9A3A2A" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
@@ -2480,51 +2626,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Mob: </w:t>
             </w:r>
             <w:r w:rsidR="002C6298" w:rsidRPr="002C6298">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>095/384-0775</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="77B06E4E" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C6298">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Mail: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r w:rsidRPr="002C6298">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>tomica.singer@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="4684B0E1" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B827C08" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="00B0213F">
@@ -2595,51 +2741,51 @@
             </w:pPr>
             <w:r w:rsidRPr="002C6298">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>099/200-7560</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D197E50" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C6298">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Mail: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r w:rsidRPr="002C6298">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>prelecbranimir@net.hr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="160F9556" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="00B0213F">
             <w:pPr>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6EE0C8A6" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="00B0213F">
             <w:pPr>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
@@ -2713,51 +2859,51 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Mob: </w:t>
             </w:r>
             <w:r w:rsidR="002C6298" w:rsidRPr="002C6298">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>091/263-1281; 663-128</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0BA83B35" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r w:rsidRPr="002C6298">
                 <w:rPr>
                   <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                   <w:color w:val="0000FF" w:themeColor="hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="en-US"/>
                 </w:rPr>
                 <w:t>marinabk123@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4FF41C1F" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="00B0213F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>12</w:t>
@@ -2866,51 +3012,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mob: 099/8087682</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="62682822" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="00B0213F" w:rsidRDefault="002C6298" w:rsidP="00B0213F">
             <w:pPr>
               <w:pStyle w:val="Naslov4"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r w:rsidRPr="00B0213F">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>dom-mrsic</w:t>
               </w:r>
               <w:r w:rsidRPr="00B0213F">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>@</w:t>
               </w:r>
               <w:r w:rsidRPr="00B0213F">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:b w:val="0"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
@@ -2963,67 +3109,57 @@
           </w:tcPr>
           <w:p w14:paraId="2408E45E" w14:textId="7D1054BA" w:rsidR="002C6298" w:rsidRPr="00B0213F" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Bana Josipa Jelačića 69A</w:t>
             </w:r>
             <w:r w:rsidR="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00B0213F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hlebine </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="683DCFAE" w14:textId="76276BE3" w:rsidR="002C6298" w:rsidRPr="00B0213F" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Tel: </w:t>
             </w:r>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>836-141</w:t>
             </w:r>
             <w:r w:rsidR="00B0213F">
@@ -3035,51 +3171,51 @@
             </w:r>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Mob: </w:t>
             </w:r>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>095/196 7197</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2655261F" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="00B0213F" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r w:rsidRPr="00B0213F">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:t>maljak@net.hr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2BA439EC" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
@@ -3261,51 +3397,51 @@
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tel. 642-373; 099/201-4560</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E947BDA" w14:textId="4E31C7CE" w:rsidR="002C6298" w:rsidRPr="00B0213F" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:tgtFrame="_blank" w:history="1">
+            <w:hyperlink r:id="rId26" w:tgtFrame="_blank" w:history="1">
               <w:r w:rsidRPr="00B0213F">
                 <w:rPr>
                   <w:color w:val="002060"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>info@dom-marija.hr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11602B45" w14:textId="7328CA65" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
@@ -3395,51 +3531,51 @@
               <w:t>Mob. 098/183-3154</w:t>
             </w:r>
             <w:r w:rsidR="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>099/2126-234</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D6B5D5D" w14:textId="59677AE1" w:rsidR="002C6298" w:rsidRPr="00B0213F" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r w:rsidRPr="00B0213F">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>goricababic76@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2AE9958C" w14:textId="346F3F33" w:rsidR="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3727,90 +3863,91 @@
               </w:rPr>
               <w:t>Tel: 626-221</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mob: 098/9324565</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61A67C1B" w14:textId="2104383E" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r w:rsidRPr="00B0213F">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>bozica.petkovic@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4AF3F7A4" w14:textId="39EE6EBA" w:rsidR="00B0213F" w:rsidRPr="00C16A88" w:rsidRDefault="00B0213F" w:rsidP="000041BE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B0213F" w:rsidRPr="00C16A88" w14:paraId="6DECA0EA" w14:textId="77777777" w:rsidTr="00B0213F">
         <w:trPr>
           <w:trHeight w:val="769"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3936" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2AE81752" w14:textId="6BC72B19" w:rsidR="00B0213F" w:rsidRPr="00C16A88" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
+              <w:lastRenderedPageBreak/>
               <w:t>Obiteljski dom Aleksandre Kralj</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="24D373B1" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00C16A88" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F567240" w14:textId="512C6654" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFF9"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
@@ -3861,51 +3998,51 @@
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFF9"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFF9"/>
               </w:rPr>
               <w:t>Mob: 099/5340120</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E4243B6" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r w:rsidRPr="00B0213F">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>prelecbranimir@net.hr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F2C9F6A" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00C16A88" w:rsidRDefault="00B0213F" w:rsidP="000041BE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFF9"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
@@ -3991,91 +4128,90 @@
               </w:rPr>
               <w:t>Tel: 718-677</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mob: 091/5588907</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6CA5661B" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r w:rsidRPr="00B0213F">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>domnovakd.o.o@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="204B1BD0" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00C16A88" w:rsidRDefault="00B0213F" w:rsidP="000041BE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B0213F" w:rsidRPr="00C16A88" w14:paraId="31C28DC5" w14:textId="77777777" w:rsidTr="00B0213F">
         <w:trPr>
           <w:trHeight w:val="841"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3936" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70D9FD79" w14:textId="467C679C" w:rsidR="00B0213F" w:rsidRPr="00C16A88" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
-              <w:lastRenderedPageBreak/>
               <w:t>Obiteljski dom Branke Prpić</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75DE0490" w14:textId="6613C130" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
@@ -4126,51 +4262,51 @@
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Mob: 091/1851565</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07143353" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r w:rsidRPr="00B0213F">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>obiteljskidomprpic@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D019BCB" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00C16A88" w:rsidRDefault="00B0213F" w:rsidP="000041BE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
@@ -4273,51 +4409,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mob: 091/2550065</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D2E2FB6" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r w:rsidRPr="00B0213F">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>icchakos@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0FE91729" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00C16A88" w:rsidRDefault="00B0213F" w:rsidP="000041BE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:rPr>
@@ -4401,51 +4537,51 @@
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mob: 091/5902953</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F215AFA" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r w:rsidRPr="00B0213F">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>lahorka.pintaric@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DABDEB1" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00C16A88" w:rsidRDefault="00B0213F" w:rsidP="000041BE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:rPr>
@@ -4521,51 +4657,51 @@
               <w:t>Tel: 661-327</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mob: 091/7620317</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="325579F5" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r w:rsidRPr="00B0213F">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>careviarko01@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14346C5F" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00C16A88" w:rsidRDefault="00B0213F" w:rsidP="000041BE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4689,51 +4825,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 099/6726500</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55985D81" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r w:rsidRPr="00B0213F">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>info@dom-petrovic.hr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51480257" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00C16A88" w:rsidRDefault="00B0213F" w:rsidP="000041BE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4830,51 +4966,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">i </w:t>
             </w:r>
             <w:r w:rsidR="00B0213F" w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>099/5129985</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5D2FF251" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r w:rsidRPr="00B0213F">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>obiteljskidom.ruza@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="136FF7E7" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00C16A88" w:rsidRDefault="00B0213F" w:rsidP="000041BE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4915,51 +5051,51 @@
               <w:t xml:space="preserve"> Dravska 70, Gola</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3B8F282F" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tel: 833-028</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E05620C" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r w:rsidRPr="00B0213F">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>mladen.corc@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F8F516F" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00C16A88" w:rsidRDefault="00B0213F" w:rsidP="000041BE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5005,51 +5141,51 @@
               <w:t xml:space="preserve"> Mihovila Pavleka Miškine 6a, Virje</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="610FDE9B" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mob. 091/192-2106</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="38DBC025" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r w:rsidRPr="00B0213F">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>mihaelahorvat001@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61670B21" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00C16A88" w:rsidRDefault="00B0213F" w:rsidP="000041BE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5081,67 +5217,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Imbriovec</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 47</w:t>
             </w:r>
             <w:r w:rsidR="000041BE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">, Đelekovec </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="29441AB4" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mob. 098/169-9903</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="34C12277" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -5218,51 +5338,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mob. 098/963-2446</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4449C38B" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="000041BE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Mail: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r w:rsidRPr="00B0213F">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>petricevic.ana1981@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5CDF7B4B" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00C16A88" w:rsidRDefault="00B0213F" w:rsidP="000041BE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5320,51 +5440,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mob. 099/738-6065</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0F22883D" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Mail: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r w:rsidRPr="00B0213F">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>ninasokec715@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3AD138D1" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00C16A88" w:rsidRDefault="00B0213F" w:rsidP="000041BE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5599,57 +5719,52 @@
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>KAPACITET USTANOVE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000041BE" w:rsidRPr="00C16A88" w14:paraId="6C632801" w14:textId="77777777" w:rsidTr="000041BE">
         <w:trPr>
           <w:trHeight w:val="926"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4219" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A7846CE" w14:textId="56D4B806" w:rsidR="000041BE" w:rsidRPr="00C16A88" w:rsidRDefault="000041BE" w:rsidP="000041BE">
             <w:r w:rsidRPr="00C16A88">
               <w:t>Dom za psihički bolesne odrasle osobe</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00C16A88">
+              <w:t xml:space="preserve">Vizjak </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5A9FA028" w14:textId="0E417396" w:rsidR="000041BE" w:rsidRPr="00C16A88" w:rsidRDefault="000041BE" w:rsidP="000041BE"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2173B2C5" w14:textId="6FC6BCB4" w:rsidR="000041BE" w:rsidRPr="000041BE" w:rsidRDefault="000041BE" w:rsidP="000041BE">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000041BE">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
               </w:rPr>
               <w:t>Gajeva 17</w:t>
             </w:r>
@@ -5672,51 +5787,51 @@
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000041BE">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
               </w:rPr>
               <w:t>Tel: 221-951 </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="38CFF333" w14:textId="3A77EA88" w:rsidR="000041BE" w:rsidRPr="000041BE" w:rsidRDefault="000041BE" w:rsidP="000041BE">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r w:rsidRPr="000041BE">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>dvizjak@inet.hr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1CB1CF1C" w14:textId="256D2C2A" w:rsidR="000041BE" w:rsidRPr="00C16A88" w:rsidRDefault="000041BE" w:rsidP="000041BE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
@@ -5802,96 +5917,97 @@
             <w:r w:rsidRPr="000041BE">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Tel: </w:t>
             </w:r>
             <w:r w:rsidRPr="000041BE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>644-410</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="19FB4B4E" w14:textId="77777777" w:rsidR="000041BE" w:rsidRPr="000041BE" w:rsidRDefault="000041BE" w:rsidP="000041BE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r w:rsidRPr="000041BE">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>cedar.wh@kc.t-com.hr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5884BF5C" w14:textId="77777777" w:rsidR="000041BE" w:rsidRPr="00C16A88" w:rsidRDefault="000041BE" w:rsidP="000041BE">
             <w:pPr>
               <w:pStyle w:val="StandardWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000041BE" w:rsidRPr="00C16A88" w14:paraId="20333006" w14:textId="77777777" w:rsidTr="000041BE">
         <w:trPr>
           <w:trHeight w:val="840"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4219" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A278A87" w14:textId="77777777" w:rsidR="000041BE" w:rsidRPr="00C16A88" w:rsidRDefault="000041BE" w:rsidP="000041BE">
             <w:r w:rsidRPr="00C16A88">
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Dom za psihički bolesne odrasle osobe Poljak </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09FA4712" w14:textId="434794A3" w:rsidR="000041BE" w:rsidRPr="00C16A88" w:rsidRDefault="000041BE" w:rsidP="000041BE"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="618531D6" w14:textId="5830A761" w:rsidR="000041BE" w:rsidRPr="000041BE" w:rsidRDefault="000041BE" w:rsidP="000041BE">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
               </w:rPr>
               <w:t xml:space="preserve">Ulica A. </w:t>
@@ -5931,51 +6047,51 @@
               <w:t>TEL: 048/644-456 i 621-142</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2CD92348" w14:textId="77777777" w:rsidR="000041BE" w:rsidRPr="000041BE" w:rsidRDefault="000041BE" w:rsidP="000041BE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000041BE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MOB: 098/374-365</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F9A89D0" w14:textId="77777777" w:rsidR="000041BE" w:rsidRPr="000041BE" w:rsidRDefault="000041BE" w:rsidP="000041BE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r w:rsidRPr="000041BE">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
                 </w:rPr>
                 <w:t>dom.poljak@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06A5C2EA" w14:textId="428FFDB6" w:rsidR="000041BE" w:rsidRPr="00C16A88" w:rsidRDefault="000041BE" w:rsidP="000041BE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -6044,86 +6160,50 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
               </w:rPr>
               <w:t>170</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="270DCF25" w14:textId="2C8D5FB5" w:rsidR="000041BE" w:rsidRDefault="00A23F07" w:rsidP="00A23F07">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C16A88">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
-    </w:p>
-[...34 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="06037C74" w14:textId="77777777" w:rsidR="00375E69" w:rsidRDefault="00375E69" w:rsidP="00A23F07">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E32FCA5" w14:textId="77777777" w:rsidR="00375E69" w:rsidRPr="00C16A88" w:rsidRDefault="00375E69" w:rsidP="00A23F07">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5AA05355" w14:textId="77777777" w:rsidR="0070059C" w:rsidRPr="00C16A88" w:rsidRDefault="0070059C" w:rsidP="0070059C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -6353,51 +6433,51 @@
             </w:r>
             <w:r w:rsidRPr="00375E69">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Tel: </w:t>
             </w:r>
             <w:r w:rsidRPr="00375E69">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>098/919-4727, 857-206</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="269F803E" w14:textId="05479942" w:rsidR="000041BE" w:rsidRPr="00375E69" w:rsidRDefault="00375E69" w:rsidP="00375E69">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r w:rsidRPr="00C14A40">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:t>obiteljski.dom.koscak@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50079168" w14:textId="77777777" w:rsidR="000041BE" w:rsidRPr="00C16A88" w:rsidRDefault="000041BE" w:rsidP="00C012FF">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>20</w:t>
             </w:r>
           </w:p>
@@ -6450,51 +6530,51 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5427EF66" w14:textId="77777777" w:rsidR="00BF45F2" w:rsidRPr="00C16A88" w:rsidRDefault="00BF45F2" w:rsidP="00BF45F2">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00BF45F2" w:rsidRPr="00C16A88" w:rsidSect="0014653F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="1417" w:bottom="426" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
@@ -6594,97 +6674,102 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="593980268">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B91BB7"/>
     <w:rsid w:val="000041BE"/>
     <w:rsid w:val="000346E1"/>
     <w:rsid w:val="000A6CA4"/>
     <w:rsid w:val="0014653F"/>
+    <w:rsid w:val="00150062"/>
     <w:rsid w:val="001C3026"/>
     <w:rsid w:val="002C6298"/>
     <w:rsid w:val="002D4070"/>
     <w:rsid w:val="00312E1E"/>
     <w:rsid w:val="003168AA"/>
     <w:rsid w:val="00323D53"/>
     <w:rsid w:val="00375E69"/>
     <w:rsid w:val="003B6068"/>
     <w:rsid w:val="003F5FA3"/>
     <w:rsid w:val="00422D94"/>
     <w:rsid w:val="00453DC8"/>
     <w:rsid w:val="004544C7"/>
     <w:rsid w:val="004619C2"/>
     <w:rsid w:val="00582EC6"/>
     <w:rsid w:val="005F3D1D"/>
     <w:rsid w:val="0064126A"/>
     <w:rsid w:val="00692AFF"/>
     <w:rsid w:val="006A7AC9"/>
     <w:rsid w:val="006C6B6B"/>
     <w:rsid w:val="006E341A"/>
     <w:rsid w:val="006F4111"/>
     <w:rsid w:val="0070059C"/>
     <w:rsid w:val="00770027"/>
     <w:rsid w:val="00784B55"/>
     <w:rsid w:val="007962D7"/>
     <w:rsid w:val="00820EFF"/>
     <w:rsid w:val="00842862"/>
     <w:rsid w:val="008B5F14"/>
     <w:rsid w:val="008C5F35"/>
+    <w:rsid w:val="009278B2"/>
     <w:rsid w:val="009A1E9C"/>
     <w:rsid w:val="009B634C"/>
     <w:rsid w:val="00A03120"/>
+    <w:rsid w:val="00A111CD"/>
     <w:rsid w:val="00A23F07"/>
     <w:rsid w:val="00A349EC"/>
     <w:rsid w:val="00A43967"/>
     <w:rsid w:val="00AD70F4"/>
+    <w:rsid w:val="00AE0231"/>
     <w:rsid w:val="00AE05E3"/>
     <w:rsid w:val="00B0213F"/>
     <w:rsid w:val="00B14130"/>
     <w:rsid w:val="00B91BB7"/>
     <w:rsid w:val="00BA572B"/>
     <w:rsid w:val="00BF45F2"/>
     <w:rsid w:val="00C16A88"/>
     <w:rsid w:val="00C5064A"/>
     <w:rsid w:val="00C66559"/>
     <w:rsid w:val="00C74476"/>
     <w:rsid w:val="00C80C27"/>
+    <w:rsid w:val="00C85CD6"/>
     <w:rsid w:val="00D8767F"/>
     <w:rsid w:val="00E06D71"/>
     <w:rsid w:val="00EF1CA7"/>
     <w:rsid w:val="00F0319D"/>
     <w:rsid w:val="00F2568C"/>
     <w:rsid w:val="00F50C22"/>
     <w:rsid w:val="00FD5C98"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hr-HR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
@@ -7304,51 +7389,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1739668483">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sestrebazilijanke@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:valentina.jezovita@gmail.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:goricababic76@gmail.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ninasokec715@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prelecbranimir@net.hr" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@dom-petrovic.hr" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dom.poljak@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zeljka.koluder@dom-kc.hr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andreja.zibreg@gmail.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:domnovakd.o.o@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@seniorcare.hr" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maljak@net.hr" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lahorka.pintaric@gmail.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mihaelahorvat001@gmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dvizjak@inet.hr" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zeanetaba11@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dom-mrsic@net.hr" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prelecbranimir@net.hr" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mladen.corc@gmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:domnovakd.o.o.@gmail.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@dom-petrovic.hr" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:icchakos@gmail.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zbalazin@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dom.stanesic@net.hr" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marinabk123@gmail.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bozica.petkovic@gmail.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obiteljskidomprpic@gmail.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obiteljskidom.ruza@gmail.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obiteljski.dom.koscak@gmail.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:inesivelic22@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kosi.jelena@gmail.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maksiczdenko@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@dom-marija.hr" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:careviarko01@gmail.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:petricevic.ana1981@gmail.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomica.singer@gmail.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cedar.wh@kc.t-com.hr" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kosi.jelena@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maksiczdenko@gmail.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@dom-marija.hr" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:petricevic.ana1981@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomica.singer@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:careviarko01@gmail.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cedar.wh@kc.t-com.hr" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zeljka.koluder@dom-kc.hr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zeanetaba11@gmail.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prelecbranimir@net.hr" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:domnovakd.o.o.@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dom-mrsic@net.hr" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:icchakos@gmail.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mladen.corc@gmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ninasokec715@gmail.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dom.stanesic@net.hr" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marinabk123@gmail.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bozica.petkovic@gmail.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obiteljskidom.ruza@gmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zbalazin@gmail.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:valentina.jezovita@gmail.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obiteljskidomprpic@gmail.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obiteljski.dom.koscak@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:inesivelic22@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sestrebazilijanke@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prelecbranimir@net.hr" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:goricababic76@gmail.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:domnovakd.o.o@gmail.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@dom-petrovic.hr" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dom.poljak@gmail.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:domsestrejadranke@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@seniorcare.hr" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andreja.zibreg@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maljak@net.hr" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lahorka.pintaric@gmail.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mihaelahorvat001@gmail.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@dom-petrovic.hr" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dvizjak@inet.hr" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7611,65 +7696,65 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70991A29-6F7E-4862-A29B-63EB8A367C00}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1054</Words>
-  <Characters>6008</Characters>
+  <Words>1084</Words>
+  <Characters>6184</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>50</Lines>
+  <Lines>51</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Naslov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7048</CharactersWithSpaces>
+  <CharactersWithSpaces>7254</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>MajaBlazek</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>