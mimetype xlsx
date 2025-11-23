--- v0 (2025-10-10)
+++ v1 (2025-11-23)
@@ -1,58 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <fileVersion appName="xl" lastEdited="4" lowestEdited="6" rupBuild="4507"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Melita Busljeta\Desktop\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{466CA0E8-E4A6-47F5-99F4-CD65FC2CDEFA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="21570" windowHeight="7875"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="125725"/>
-  <extLst xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main">
-    <ext uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="75">
   <si>
     <r>
       <t>Veličina (m</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
@@ -361,53 +367,50 @@
     </r>
   </si>
   <si>
     <t>2.2.</t>
   </si>
   <si>
     <t>2.3.</t>
   </si>
   <si>
     <t>2.4.</t>
   </si>
   <si>
     <t>2.7.</t>
   </si>
   <si>
     <t>2.6.</t>
   </si>
   <si>
     <t>2.5.</t>
   </si>
   <si>
     <t>2.8.</t>
   </si>
   <si>
     <t>2.9.</t>
-  </si>
-[...1 lines deleted...]
-    <t>UPRAVNI ODJEL ZA ZDRAVSTVENO-SOCIJALNE DJELATNOSTI</t>
   </si>
   <si>
     <t>Iznos kredita (valuta) koji se sufinancira</t>
   </si>
   <si>
     <t>Valuta</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">    </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>_______</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
@@ -439,103 +442,106 @@
     </r>
   </si>
   <si>
     <t>IZNOS SUFINANCIRANJA KAMATA</t>
   </si>
   <si>
     <t>Iznos kredita za koji se traži sufinanciranje</t>
   </si>
   <si>
     <t>Rok na koji se odobrava sufinanciranje (godina / broj mjesečnih rata)</t>
   </si>
   <si>
     <t>Suglasnost / Odobrenje</t>
   </si>
   <si>
     <t>Suglasna:</t>
   </si>
   <si>
     <t>Datum davanja 
 suglasnosti</t>
   </si>
   <si>
     <t xml:space="preserve">Župan </t>
   </si>
   <si>
-    <t>MP</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> Podnositelj zahtjeva vlastoručnim potpisom potvrđuje istinitost podataka.</t>
   </si>
   <si>
     <t>Naziv kreditne institucije - banke</t>
   </si>
   <si>
     <t>E - mail</t>
   </si>
   <si>
     <t>1.8.</t>
   </si>
   <si>
     <t>Iznos ukupnog kredita</t>
   </si>
   <si>
     <t xml:space="preserve">Izdana suglasnost služi banci kao potvrda o visini i roku kredita za koji  će Županija subvencionirati 1.5% kamate </t>
   </si>
   <si>
     <t>Odobrio:</t>
   </si>
   <si>
     <t>Podaci o zaposlenju</t>
   </si>
   <si>
     <t>1. PODNOSITELJ ZAHTJEVA   (popunjava poslodavac)</t>
   </si>
   <si>
     <t>2. IZNOS ZAHTJEVA ZA SUFINANCIRANJE (popunjava podnositelj zahtjeva)</t>
   </si>
   <si>
     <t>3. SUGLASNOST  I ODOBRENJE NA SUFINANCIRANJE KAMATA  (popunjava Županija)</t>
   </si>
   <si>
-    <t>Darko Koren, ing.građ.</t>
-[...1 lines deleted...]
-  <si>
     <t>ZAHTJEV - SUGLASNOST ZA SUFINANCIRANJE KAMATA</t>
   </si>
   <si>
     <t>Telefon</t>
   </si>
   <si>
-    <t xml:space="preserve"> Pročelnica UO Maja Blažek</t>
+    <t>UPRAVNI ODJEL ZA OBRAZOVANJE, ZDRAVSTVO, SOCIJALNU SKRB I HRVATSKE BRANITELJE</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Pročelnica UO Marijana Lokotar</t>
+  </si>
+  <si>
+    <t>Tomislav Golubić</t>
+  </si>
+  <si>
+    <t>M.P.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fonts count="12">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="10"/>
       <name val="Arial"/>
@@ -1165,642 +1171,616 @@
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="205">
+  <cellXfs count="195">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="12" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="20" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="22" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="22" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="22" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="22" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="20" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="2" fillId="0" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="2" fillId="0" borderId="20" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
-    </xf>
-[...19 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="20" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="25" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="25" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="21" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="0" xfId="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="1" fillId="7" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="22" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="25" xfId="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="11" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="12" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="21" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="21" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="42" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="43" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="44" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="37" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="42" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="43" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="45" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="27" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="28" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="41" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="29" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="40" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="33" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="34" xfId="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="35" xfId="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="36" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="37" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="38" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="22" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="39" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="40" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="29" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="17" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="18" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="19" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="23" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="21" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...16 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="31" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="32" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="27" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="21" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...349 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
-    <cellStyle name="Normalno 2" xfId="1"/>
-    <cellStyle name="Obično" xfId="0" builtinId="0"/>
+    <cellStyle name="Normalno" xfId="0" builtinId="0"/>
+    <cellStyle name="Normalno 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema sustava Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -2030,974 +2010,964 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:R59"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A37" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D39" sqref="D39:I39"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="O7" sqref="O7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.42578125" style="1" customWidth="1"/>
     <col min="2" max="2" width="14" style="1" customWidth="1"/>
     <col min="3" max="3" width="9.140625" style="1"/>
     <col min="4" max="4" width="9" style="1" customWidth="1"/>
     <col min="5" max="5" width="4.140625" style="1" customWidth="1"/>
     <col min="6" max="6" width="5.140625" style="1" customWidth="1"/>
     <col min="7" max="7" width="5" style="1" customWidth="1"/>
     <col min="8" max="8" width="7" style="1" customWidth="1"/>
     <col min="9" max="9" width="1.85546875" style="1" customWidth="1"/>
     <col min="10" max="10" width="12.28515625" style="1" customWidth="1"/>
     <col min="11" max="11" width="6.85546875" style="1" customWidth="1"/>
     <col min="12" max="12" width="11.7109375" style="1" customWidth="1"/>
     <col min="13" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="24" customHeight="1">
-[...36 lines deleted...]
-      <c r="A4" s="16" t="s">
+    <row r="1" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="K1" s="160"/>
+      <c r="L1" s="161"/>
+    </row>
+    <row r="2" spans="1:12" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="33"/>
+      <c r="B2" s="163" t="s">
+        <v>69</v>
+      </c>
+      <c r="C2" s="163"/>
+      <c r="D2" s="163"/>
+      <c r="E2" s="163"/>
+      <c r="F2" s="163"/>
+      <c r="G2" s="163"/>
+      <c r="H2" s="163"/>
+      <c r="I2" s="163"/>
+      <c r="J2" s="163"/>
+      <c r="K2" s="163"/>
+      <c r="L2" s="34"/>
+    </row>
+    <row r="3" spans="1:12" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="164" t="s">
+        <v>66</v>
+      </c>
+      <c r="B3" s="165"/>
+      <c r="C3" s="165"/>
+      <c r="D3" s="165"/>
+      <c r="E3" s="165"/>
+      <c r="F3" s="165"/>
+      <c r="G3" s="166"/>
+      <c r="H3" s="166"/>
+      <c r="I3" s="166"/>
+      <c r="J3" s="166"/>
+      <c r="K3" s="166"/>
+      <c r="L3" s="167"/>
+    </row>
+    <row r="4" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="B4" s="92" t="s">
+      <c r="B4" s="136" t="s">
         <v>5</v>
       </c>
-      <c r="C4" s="92"/>
-[...11 lines deleted...]
-      <c r="A5" s="16" t="s">
+      <c r="C4" s="136"/>
+      <c r="D4" s="136"/>
+      <c r="E4" s="136"/>
+      <c r="F4" s="136"/>
+      <c r="G4" s="136"/>
+      <c r="H4" s="136"/>
+      <c r="I4" s="136"/>
+      <c r="J4" s="136"/>
+      <c r="K4" s="136"/>
+      <c r="L4" s="145"/>
+    </row>
+    <row r="5" spans="1:12" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="14" t="s">
         <v>9</v>
       </c>
-      <c r="B5" s="92" t="s">
+      <c r="B5" s="136" t="s">
         <v>4</v>
       </c>
-      <c r="C5" s="92"/>
-[...11 lines deleted...]
-      <c r="A6" s="54" t="s">
+      <c r="C5" s="136"/>
+      <c r="D5" s="136"/>
+      <c r="E5" s="136"/>
+      <c r="F5" s="136"/>
+      <c r="G5" s="136"/>
+      <c r="H5" s="136"/>
+      <c r="I5" s="136"/>
+      <c r="J5" s="136"/>
+      <c r="K5" s="136"/>
+      <c r="L5" s="145"/>
+    </row>
+    <row r="6" spans="1:12" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="173" t="s">
         <v>8</v>
       </c>
-      <c r="B6" s="56" t="s">
+      <c r="B6" s="65" t="s">
         <v>11</v>
       </c>
-      <c r="C6" s="56"/>
-[...2 lines deleted...]
-      <c r="F6" s="57" t="s">
+      <c r="C6" s="65"/>
+      <c r="D6" s="65"/>
+      <c r="E6" s="65"/>
+      <c r="F6" s="174" t="s">
         <v>7</v>
       </c>
-      <c r="G6" s="90" t="s">
-[...41 lines deleted...]
-      <c r="A9" s="16" t="s">
+      <c r="G6" s="162" t="s">
+        <v>70</v>
+      </c>
+      <c r="H6" s="65"/>
+      <c r="I6" s="136"/>
+      <c r="J6" s="136"/>
+      <c r="K6" s="136"/>
+      <c r="L6" s="145"/>
+    </row>
+    <row r="7" spans="1:12" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="142"/>
+      <c r="B7" s="65"/>
+      <c r="C7" s="65"/>
+      <c r="D7" s="65"/>
+      <c r="E7" s="65"/>
+      <c r="F7" s="174"/>
+      <c r="G7" s="162" t="s">
+        <v>60</v>
+      </c>
+      <c r="H7" s="162"/>
+      <c r="I7" s="109"/>
+      <c r="J7" s="110"/>
+      <c r="K7" s="110"/>
+      <c r="L7" s="111"/>
+    </row>
+    <row r="8" spans="1:12" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="15"/>
+      <c r="B8" s="168" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" s="169"/>
+      <c r="D8" s="9"/>
+      <c r="E8" s="9"/>
+      <c r="F8" s="9"/>
+      <c r="G8" s="9"/>
+      <c r="H8" s="9"/>
+      <c r="I8" s="9"/>
+      <c r="J8" s="9"/>
+      <c r="K8" s="9"/>
+      <c r="L8" s="16"/>
+    </row>
+    <row r="9" spans="1:12" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="14" t="s">
         <v>6</v>
       </c>
-      <c r="B9" s="88" t="s">
+      <c r="B9" s="62" t="s">
         <v>12</v>
       </c>
-      <c r="C9" s="89"/>
-[...11 lines deleted...]
-      <c r="A10" s="19" t="s">
+      <c r="C9" s="64"/>
+      <c r="D9" s="109"/>
+      <c r="E9" s="110"/>
+      <c r="F9" s="110"/>
+      <c r="G9" s="110"/>
+      <c r="H9" s="110"/>
+      <c r="I9" s="110"/>
+      <c r="J9" s="110"/>
+      <c r="K9" s="110"/>
+      <c r="L9" s="111"/>
+    </row>
+    <row r="10" spans="1:12" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="B10" s="88" t="s">
+      <c r="B10" s="62" t="s">
         <v>15</v>
       </c>
-      <c r="C10" s="89"/>
-[...11 lines deleted...]
-      <c r="A11" s="19" t="s">
+      <c r="C10" s="64"/>
+      <c r="D10" s="109"/>
+      <c r="E10" s="110"/>
+      <c r="F10" s="110"/>
+      <c r="G10" s="110"/>
+      <c r="H10" s="110"/>
+      <c r="I10" s="110"/>
+      <c r="J10" s="110"/>
+      <c r="K10" s="110"/>
+      <c r="L10" s="111"/>
+    </row>
+    <row r="11" spans="1:12" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="17" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="C11" s="145"/>
-[...1 lines deleted...]
-      <c r="E11" s="147" t="s">
+      <c r="C11" s="70"/>
+      <c r="D11" s="99"/>
+      <c r="E11" s="100" t="s">
         <v>32</v>
       </c>
-      <c r="F11" s="148"/>
-[...3 lines deleted...]
-      <c r="J11" s="150" t="s">
+      <c r="F11" s="101"/>
+      <c r="G11" s="101"/>
+      <c r="H11" s="101"/>
+      <c r="I11" s="102"/>
+      <c r="J11" s="103" t="s">
         <v>31</v>
       </c>
-      <c r="K11" s="150"/>
-[...4 lines deleted...]
-        <v>63</v>
+      <c r="K11" s="103"/>
+      <c r="L11" s="104"/>
+    </row>
+    <row r="12" spans="1:12" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="35" t="s">
+        <v>61</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="C12" s="152"/>
-[...1 lines deleted...]
-      <c r="E12" s="61" t="s">
+      <c r="C12" s="71"/>
+      <c r="D12" s="71"/>
+      <c r="E12" s="105" t="s">
         <v>18</v>
       </c>
-      <c r="F12" s="62"/>
-[...12 lines deleted...]
-      <c r="E13" s="61" t="s">
+      <c r="F12" s="106"/>
+      <c r="G12" s="106"/>
+      <c r="H12" s="106"/>
+      <c r="I12" s="107"/>
+      <c r="J12" s="103"/>
+      <c r="K12" s="103"/>
+      <c r="L12" s="104"/>
+    </row>
+    <row r="13" spans="1:12" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="18"/>
+      <c r="B13" s="7"/>
+      <c r="C13" s="7"/>
+      <c r="D13" s="7"/>
+      <c r="E13" s="105" t="s">
         <v>19</v>
       </c>
-      <c r="F13" s="62"/>
-[...39 lines deleted...]
-      <c r="B16" s="81" t="s">
+      <c r="F13" s="106"/>
+      <c r="G13" s="106"/>
+      <c r="H13" s="106"/>
+      <c r="I13" s="107"/>
+      <c r="J13" s="175"/>
+      <c r="K13" s="175"/>
+      <c r="L13" s="176"/>
+    </row>
+    <row r="14" spans="1:12" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="19"/>
+      <c r="B14" s="11"/>
+      <c r="C14" s="11"/>
+      <c r="D14" s="11"/>
+      <c r="E14" s="12"/>
+      <c r="F14" s="12"/>
+      <c r="G14" s="12"/>
+      <c r="H14" s="12"/>
+      <c r="I14" s="12"/>
+      <c r="J14" s="12"/>
+      <c r="K14" s="12"/>
+      <c r="L14" s="20"/>
+    </row>
+    <row r="15" spans="1:12" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="177" t="s">
+        <v>67</v>
+      </c>
+      <c r="B15" s="178"/>
+      <c r="C15" s="178"/>
+      <c r="D15" s="178"/>
+      <c r="E15" s="178"/>
+      <c r="F15" s="178"/>
+      <c r="G15" s="178"/>
+      <c r="H15" s="178"/>
+      <c r="I15" s="178"/>
+      <c r="J15" s="178"/>
+      <c r="K15" s="178"/>
+      <c r="L15" s="179"/>
+    </row>
+    <row r="16" spans="1:12" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="21"/>
+      <c r="B16" s="191" t="s">
         <v>22</v>
       </c>
-      <c r="C16" s="82"/>
-[...11 lines deleted...]
-      <c r="A17" s="187" t="s">
+      <c r="C16" s="192"/>
+      <c r="D16" s="192"/>
+      <c r="E16" s="192"/>
+      <c r="F16" s="192"/>
+      <c r="G16" s="192"/>
+      <c r="H16" s="192"/>
+      <c r="I16" s="192"/>
+      <c r="J16" s="192"/>
+      <c r="K16" s="192"/>
+      <c r="L16" s="194"/>
+    </row>
+    <row r="17" spans="1:18" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="44" t="s">
         <v>20</v>
       </c>
-      <c r="B17" s="198" t="s">
+      <c r="B17" s="55" t="s">
         <v>21</v>
       </c>
-      <c r="C17" s="198"/>
-[...11 lines deleted...]
-      <c r="A18" s="188"/>
+      <c r="C17" s="55"/>
+      <c r="D17" s="56"/>
+      <c r="E17" s="57"/>
+      <c r="F17" s="57"/>
+      <c r="G17" s="57"/>
+      <c r="H17" s="57"/>
+      <c r="I17" s="57"/>
+      <c r="J17" s="57"/>
+      <c r="K17" s="57"/>
+      <c r="L17" s="58"/>
+    </row>
+    <row r="18" spans="1:18" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="45"/>
       <c r="B18" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="C18" s="124"/>
-[...5 lines deleted...]
-      <c r="I18" s="126"/>
+      <c r="C18" s="56"/>
+      <c r="D18" s="57"/>
+      <c r="E18" s="57"/>
+      <c r="F18" s="57"/>
+      <c r="G18" s="57"/>
+      <c r="H18" s="57"/>
+      <c r="I18" s="155"/>
       <c r="J18" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="K18" s="78"/>
-[...3 lines deleted...]
-      <c r="A19" s="16" t="s">
+      <c r="K18" s="59"/>
+      <c r="L18" s="60"/>
+    </row>
+    <row r="19" spans="1:18" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="14" t="s">
         <v>40</v>
       </c>
-      <c r="B19" s="6" t="s">
+      <c r="B19" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="C19" s="58"/>
-[...11 lines deleted...]
-      <c r="A20" s="16" t="s">
+      <c r="C19" s="109"/>
+      <c r="D19" s="110"/>
+      <c r="E19" s="110"/>
+      <c r="F19" s="110"/>
+      <c r="G19" s="110"/>
+      <c r="H19" s="110"/>
+      <c r="I19" s="110"/>
+      <c r="J19" s="110"/>
+      <c r="K19" s="110"/>
+      <c r="L19" s="111"/>
+    </row>
+    <row r="20" spans="1:18" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="14" t="s">
         <v>41</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="C20" s="58"/>
-[...11 lines deleted...]
-      <c r="A21" s="54" t="s">
+      <c r="C20" s="109"/>
+      <c r="D20" s="110"/>
+      <c r="E20" s="137"/>
+      <c r="F20" s="46"/>
+      <c r="G20" s="47"/>
+      <c r="H20" s="47"/>
+      <c r="I20" s="47"/>
+      <c r="J20" s="47"/>
+      <c r="K20" s="47"/>
+      <c r="L20" s="48"/>
+    </row>
+    <row r="21" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="173" t="s">
         <v>42</v>
       </c>
-      <c r="B21" s="203" t="s">
+      <c r="B21" s="69" t="s">
         <v>25</v>
       </c>
-      <c r="C21" s="129" t="s">
+      <c r="C21" s="77" t="s">
         <v>33</v>
       </c>
-      <c r="D21" s="130"/>
-[...1 lines deleted...]
-      <c r="F21" s="131" t="s">
+      <c r="D21" s="78"/>
+      <c r="E21" s="78"/>
+      <c r="F21" s="67" t="s">
         <v>34</v>
       </c>
-      <c r="G21" s="132"/>
-[...2 lines deleted...]
-      <c r="J21" s="129" t="s">
+      <c r="G21" s="68"/>
+      <c r="H21" s="68"/>
+      <c r="I21" s="159"/>
+      <c r="J21" s="77" t="s">
         <v>35</v>
       </c>
-      <c r="K21" s="130"/>
-[...5 lines deleted...]
-      <c r="C22" s="83" t="s">
+      <c r="K21" s="78"/>
+      <c r="L21" s="79"/>
+    </row>
+    <row r="22" spans="1:18" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="193"/>
+      <c r="B22" s="69"/>
+      <c r="C22" s="156" t="s">
         <v>36</v>
       </c>
-      <c r="D22" s="84"/>
-[...1 lines deleted...]
-      <c r="F22" s="88" t="s">
+      <c r="D22" s="157"/>
+      <c r="E22" s="157"/>
+      <c r="F22" s="62" t="s">
         <v>37</v>
       </c>
-      <c r="G22" s="128"/>
-[...2 lines deleted...]
-      <c r="J22" s="83" t="s">
+      <c r="G22" s="63"/>
+      <c r="H22" s="63"/>
+      <c r="I22" s="64"/>
+      <c r="J22" s="156" t="s">
         <v>38</v>
       </c>
-      <c r="K22" s="84"/>
-[...5 lines deleted...]
-      <c r="C23" s="12" t="s">
+      <c r="K22" s="157"/>
+      <c r="L22" s="158"/>
+    </row>
+    <row r="23" spans="1:18" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="142"/>
+      <c r="B23" s="69"/>
+      <c r="C23" s="10" t="s">
         <v>39</v>
       </c>
-      <c r="D23" s="145"/>
-[...11 lines deleted...]
-      <c r="B24" s="192" t="s">
+      <c r="D23" s="70"/>
+      <c r="E23" s="71"/>
+      <c r="F23" s="71"/>
+      <c r="G23" s="71"/>
+      <c r="H23" s="71"/>
+      <c r="I23" s="71"/>
+      <c r="J23" s="71"/>
+      <c r="K23" s="71"/>
+      <c r="L23" s="72"/>
+    </row>
+    <row r="24" spans="1:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="22"/>
+      <c r="B24" s="49" t="s">
+        <v>51</v>
+      </c>
+      <c r="C24" s="50"/>
+      <c r="D24" s="50"/>
+      <c r="E24" s="50"/>
+      <c r="F24" s="50"/>
+      <c r="G24" s="50"/>
+      <c r="H24" s="50"/>
+      <c r="I24" s="50"/>
+      <c r="J24" s="50"/>
+      <c r="K24" s="50"/>
+      <c r="L24" s="51"/>
+    </row>
+    <row r="25" spans="1:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="B25" s="67" t="s">
+        <v>59</v>
+      </c>
+      <c r="C25" s="68"/>
+      <c r="D25" s="68"/>
+      <c r="E25" s="68"/>
+      <c r="F25" s="8"/>
+      <c r="G25" s="8"/>
+      <c r="H25" s="8"/>
+      <c r="I25" s="8"/>
+      <c r="J25" s="8"/>
+      <c r="K25" s="8"/>
+      <c r="L25" s="24"/>
+    </row>
+    <row r="26" spans="1:18" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="25" t="s">
+        <v>44</v>
+      </c>
+      <c r="B26" s="67" t="s">
+        <v>62</v>
+      </c>
+      <c r="C26" s="68"/>
+      <c r="D26" s="68"/>
+      <c r="E26" s="3"/>
+      <c r="F26" s="59"/>
+      <c r="G26" s="189"/>
+      <c r="H26" s="189"/>
+      <c r="I26" s="189"/>
+      <c r="J26" s="189"/>
+      <c r="K26" s="189"/>
+      <c r="L26" s="190"/>
+    </row>
+    <row r="27" spans="1:18" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="B27" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="C27" s="83"/>
+      <c r="D27" s="83"/>
+      <c r="E27" s="84"/>
+      <c r="F27" s="186"/>
+      <c r="G27" s="187"/>
+      <c r="H27" s="187"/>
+      <c r="I27" s="187"/>
+      <c r="J27" s="187"/>
+      <c r="K27" s="187"/>
+      <c r="L27" s="188"/>
+    </row>
+    <row r="28" spans="1:18" ht="36.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="26" t="s">
+        <v>46</v>
+      </c>
+      <c r="B28" s="87" t="s">
         <v>52</v>
       </c>
-      <c r="C24" s="193"/>
-[...32 lines deleted...]
-      <c r="B26" s="131" t="s">
+      <c r="C28" s="87"/>
+      <c r="D28" s="87"/>
+      <c r="E28" s="87"/>
+      <c r="F28" s="87"/>
+      <c r="G28" s="88"/>
+      <c r="H28" s="183"/>
+      <c r="I28" s="184"/>
+      <c r="J28" s="185"/>
+      <c r="K28" s="42" t="s">
+        <v>49</v>
+      </c>
+      <c r="L28" s="27"/>
+      <c r="M28" s="170"/>
+      <c r="N28" s="170"/>
+      <c r="O28" s="170"/>
+      <c r="P28" s="170"/>
+      <c r="Q28" s="170"/>
+      <c r="R28" s="170"/>
+    </row>
+    <row r="29" spans="1:18" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="14" t="s">
+        <v>47</v>
+      </c>
+      <c r="B29" s="180" t="s">
+        <v>28</v>
+      </c>
+      <c r="C29" s="181"/>
+      <c r="D29" s="181"/>
+      <c r="E29" s="181"/>
+      <c r="F29" s="181"/>
+      <c r="G29" s="181"/>
+      <c r="H29" s="181"/>
+      <c r="I29" s="182"/>
+      <c r="J29" s="80" t="s">
+        <v>50</v>
+      </c>
+      <c r="K29" s="81"/>
+      <c r="L29" s="82"/>
+    </row>
+    <row r="30" spans="1:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="171" t="s">
+        <v>58</v>
+      </c>
+      <c r="B30" s="68"/>
+      <c r="C30" s="68"/>
+      <c r="D30" s="68"/>
+      <c r="E30" s="68"/>
+      <c r="F30" s="68"/>
+      <c r="G30" s="68"/>
+      <c r="H30" s="68"/>
+      <c r="I30" s="68"/>
+      <c r="J30" s="68"/>
+      <c r="K30" s="68"/>
+      <c r="L30" s="172"/>
+    </row>
+    <row r="31" spans="1:18" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="28"/>
+      <c r="B31" s="108" t="s">
+        <v>29</v>
+      </c>
+      <c r="C31" s="108"/>
+      <c r="D31" s="61"/>
+      <c r="E31" s="61"/>
+      <c r="F31" s="61"/>
+      <c r="G31" s="62" t="s">
+        <v>30</v>
+      </c>
+      <c r="H31" s="63"/>
+      <c r="I31" s="64"/>
+      <c r="J31" s="65"/>
+      <c r="K31" s="65"/>
+      <c r="L31" s="66"/>
+    </row>
+    <row r="32" spans="1:18" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="29"/>
+      <c r="B32" s="6"/>
+      <c r="C32" s="6"/>
+      <c r="L32" s="30"/>
+    </row>
+    <row r="33" spans="1:12" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="138" t="s">
+        <v>68</v>
+      </c>
+      <c r="B33" s="139"/>
+      <c r="C33" s="139"/>
+      <c r="D33" s="139"/>
+      <c r="E33" s="139"/>
+      <c r="F33" s="139"/>
+      <c r="G33" s="139"/>
+      <c r="H33" s="139"/>
+      <c r="I33" s="139"/>
+      <c r="J33" s="139"/>
+      <c r="K33" s="139"/>
+      <c r="L33" s="140"/>
+    </row>
+    <row r="34" spans="1:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="31"/>
+      <c r="B34" s="52" t="s">
+        <v>71</v>
+      </c>
+      <c r="C34" s="53"/>
+      <c r="D34" s="53"/>
+      <c r="E34" s="53"/>
+      <c r="F34" s="53"/>
+      <c r="G34" s="53"/>
+      <c r="H34" s="53"/>
+      <c r="I34" s="53"/>
+      <c r="J34" s="53"/>
+      <c r="K34" s="53"/>
+      <c r="L34" s="54"/>
+    </row>
+    <row r="35" spans="1:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="31"/>
+      <c r="B35" s="85" t="s">
+        <v>54</v>
+      </c>
+      <c r="C35" s="86"/>
+      <c r="D35" s="13"/>
+      <c r="E35" s="13"/>
+      <c r="F35" s="13"/>
+      <c r="G35" s="13"/>
+      <c r="H35" s="13"/>
+      <c r="I35" s="13"/>
+      <c r="J35" s="13"/>
+      <c r="K35" s="13"/>
+      <c r="L35" s="32"/>
+    </row>
+    <row r="36" spans="1:12" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="B36" s="73" t="s">
+        <v>48</v>
+      </c>
+      <c r="C36" s="73"/>
+      <c r="D36" s="73"/>
+      <c r="E36" s="73"/>
+      <c r="F36" s="73"/>
+      <c r="G36" s="73"/>
+      <c r="H36" s="74"/>
+      <c r="I36" s="75"/>
+      <c r="J36" s="76"/>
+      <c r="K36" s="43" t="s">
+        <v>49</v>
+      </c>
+      <c r="L36" s="24"/>
+    </row>
+    <row r="37" spans="1:12" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="36" t="s">
+        <v>2</v>
+      </c>
+      <c r="B37" s="96" t="s">
+        <v>53</v>
+      </c>
+      <c r="C37" s="97"/>
+      <c r="D37" s="97"/>
+      <c r="E37" s="97"/>
+      <c r="F37" s="97"/>
+      <c r="G37" s="97"/>
+      <c r="H37" s="97"/>
+      <c r="I37" s="98"/>
+      <c r="J37" s="133" t="s">
+        <v>50</v>
+      </c>
+      <c r="K37" s="134"/>
+      <c r="L37" s="135"/>
+    </row>
+    <row r="38" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="141" t="s">
+        <v>1</v>
+      </c>
+      <c r="B38" s="143" t="s">
+        <v>56</v>
+      </c>
+      <c r="C38" s="144"/>
+      <c r="D38" s="93" t="s">
+        <v>55</v>
+      </c>
+      <c r="E38" s="94"/>
+      <c r="F38" s="94"/>
+      <c r="G38" s="94"/>
+      <c r="H38" s="94"/>
+      <c r="I38" s="94"/>
+      <c r="J38" s="94"/>
+      <c r="K38" s="94"/>
+      <c r="L38" s="95"/>
+    </row>
+    <row r="39" spans="1:12" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="142"/>
+      <c r="B39" s="70"/>
+      <c r="C39" s="99"/>
+      <c r="D39" s="70" t="s">
+        <v>72</v>
+      </c>
+      <c r="E39" s="71"/>
+      <c r="F39" s="71"/>
+      <c r="G39" s="71"/>
+      <c r="H39" s="71"/>
+      <c r="I39" s="99"/>
+      <c r="J39" s="61"/>
+      <c r="K39" s="61"/>
+      <c r="L39" s="92"/>
+    </row>
+    <row r="40" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="146" t="s">
+        <v>63</v>
+      </c>
+      <c r="B40" s="147"/>
+      <c r="C40" s="148"/>
+      <c r="D40" s="112" t="s">
         <v>64</v>
       </c>
-      <c r="C26" s="132"/>
-[...214 lines deleted...]
-      <c r="B38" s="111" t="s">
+      <c r="E40" s="113"/>
+      <c r="F40" s="113"/>
+      <c r="G40" s="113"/>
+      <c r="H40" s="113"/>
+      <c r="I40" s="113"/>
+      <c r="J40" s="113"/>
+      <c r="K40" s="113"/>
+      <c r="L40" s="114"/>
+    </row>
+    <row r="41" spans="1:12" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="149"/>
+      <c r="B41" s="150"/>
+      <c r="C41" s="151"/>
+      <c r="D41" s="121" t="s">
+        <v>74</v>
+      </c>
+      <c r="E41" s="122"/>
+      <c r="F41" s="122"/>
+      <c r="G41" s="122"/>
+      <c r="H41" s="123"/>
+      <c r="I41" s="130" t="s">
         <v>57</v>
       </c>
-      <c r="C38" s="112"/>
-[...146 lines deleted...]
-    <row r="59" ht="25.5" customHeight="1"/>
+      <c r="J41" s="131"/>
+      <c r="K41" s="131"/>
+      <c r="L41" s="132"/>
+    </row>
+    <row r="42" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="149"/>
+      <c r="B42" s="150"/>
+      <c r="C42" s="151"/>
+      <c r="D42" s="124"/>
+      <c r="E42" s="125"/>
+      <c r="F42" s="125"/>
+      <c r="G42" s="125"/>
+      <c r="H42" s="126"/>
+      <c r="I42" s="115"/>
+      <c r="J42" s="116"/>
+      <c r="K42" s="116"/>
+      <c r="L42" s="117"/>
+    </row>
+    <row r="43" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="149"/>
+      <c r="B43" s="150"/>
+      <c r="C43" s="151"/>
+      <c r="D43" s="124"/>
+      <c r="E43" s="125"/>
+      <c r="F43" s="125"/>
+      <c r="G43" s="125"/>
+      <c r="H43" s="126"/>
+      <c r="I43" s="118"/>
+      <c r="J43" s="119"/>
+      <c r="K43" s="119"/>
+      <c r="L43" s="120"/>
+    </row>
+    <row r="44" spans="1:12" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="152"/>
+      <c r="B44" s="153"/>
+      <c r="C44" s="154"/>
+      <c r="D44" s="127"/>
+      <c r="E44" s="128"/>
+      <c r="F44" s="128"/>
+      <c r="G44" s="128"/>
+      <c r="H44" s="129"/>
+      <c r="I44" s="89" t="s">
+        <v>73</v>
+      </c>
+      <c r="J44" s="90"/>
+      <c r="K44" s="90"/>
+      <c r="L44" s="91"/>
+    </row>
+    <row r="45" spans="1:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="38"/>
+      <c r="D45" s="37"/>
+      <c r="E45" s="37"/>
+      <c r="F45" s="37"/>
+      <c r="G45" s="37"/>
+      <c r="H45" s="37"/>
+      <c r="I45" s="39"/>
+      <c r="J45" s="40"/>
+      <c r="K45" s="40"/>
+      <c r="L45" s="41"/>
+    </row>
+    <row r="46" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="33"/>
+      <c r="B46" s="33"/>
+      <c r="C46" s="33"/>
+      <c r="D46" s="33"/>
+      <c r="E46" s="33"/>
+      <c r="F46" s="33"/>
+      <c r="G46" s="33"/>
+      <c r="H46" s="33"/>
+      <c r="I46" s="33"/>
+      <c r="J46" s="33"/>
+      <c r="K46" s="33"/>
+      <c r="L46" s="33"/>
+    </row>
+    <row r="47" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="22.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="25.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="39" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="26.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="12" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="39" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="60.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="25.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="82">
-    <mergeCell ref="A17:A18"/>
-[...19 lines deleted...]
-    <mergeCell ref="B28:G28"/>
+    <mergeCell ref="B16:L16"/>
+    <mergeCell ref="M28:R28"/>
+    <mergeCell ref="A30:L30"/>
+    <mergeCell ref="A6:A7"/>
+    <mergeCell ref="C6:E7"/>
+    <mergeCell ref="F6:F7"/>
+    <mergeCell ref="I7:L7"/>
+    <mergeCell ref="E13:I13"/>
+    <mergeCell ref="J13:L13"/>
+    <mergeCell ref="A15:L15"/>
+    <mergeCell ref="B29:I29"/>
+    <mergeCell ref="H28:J28"/>
+    <mergeCell ref="F27:L27"/>
+    <mergeCell ref="F26:L26"/>
+    <mergeCell ref="C22:E22"/>
+    <mergeCell ref="A21:A23"/>
+    <mergeCell ref="K1:L1"/>
+    <mergeCell ref="B9:C9"/>
+    <mergeCell ref="B10:C10"/>
+    <mergeCell ref="D9:L9"/>
+    <mergeCell ref="D10:L10"/>
+    <mergeCell ref="G7:H7"/>
+    <mergeCell ref="B6:B7"/>
+    <mergeCell ref="G6:H6"/>
+    <mergeCell ref="B2:K2"/>
+    <mergeCell ref="I6:L6"/>
+    <mergeCell ref="A3:L3"/>
+    <mergeCell ref="B5:C5"/>
+    <mergeCell ref="B8:C8"/>
+    <mergeCell ref="I41:L41"/>
+    <mergeCell ref="J37:L37"/>
+    <mergeCell ref="B4:C4"/>
+    <mergeCell ref="C20:E20"/>
+    <mergeCell ref="A33:L33"/>
+    <mergeCell ref="A38:A39"/>
+    <mergeCell ref="B38:C38"/>
+    <mergeCell ref="B39:C39"/>
+    <mergeCell ref="D5:L5"/>
+    <mergeCell ref="D4:L4"/>
+    <mergeCell ref="A40:C44"/>
+    <mergeCell ref="C18:I18"/>
+    <mergeCell ref="J22:L22"/>
+    <mergeCell ref="F22:I22"/>
+    <mergeCell ref="C21:E21"/>
+    <mergeCell ref="F21:I21"/>
     <mergeCell ref="I44:L44"/>
     <mergeCell ref="J39:L39"/>
     <mergeCell ref="D38:L38"/>
     <mergeCell ref="B37:I37"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:I11"/>
     <mergeCell ref="J11:L11"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="E12:I12"/>
     <mergeCell ref="J12:L12"/>
     <mergeCell ref="B31:C31"/>
     <mergeCell ref="C19:L19"/>
     <mergeCell ref="D39:I39"/>
     <mergeCell ref="D40:L40"/>
     <mergeCell ref="I42:L43"/>
     <mergeCell ref="D41:H44"/>
-    <mergeCell ref="I41:L41"/>
-[...43 lines deleted...]
-    <mergeCell ref="A21:A23"/>
+    <mergeCell ref="B36:G36"/>
+    <mergeCell ref="H36:J36"/>
+    <mergeCell ref="J21:L21"/>
+    <mergeCell ref="J29:L29"/>
+    <mergeCell ref="B26:D26"/>
+    <mergeCell ref="B27:E27"/>
+    <mergeCell ref="B35:C35"/>
+    <mergeCell ref="B28:G28"/>
+    <mergeCell ref="A17:A18"/>
+    <mergeCell ref="F20:L20"/>
+    <mergeCell ref="B24:L24"/>
+    <mergeCell ref="B34:L34"/>
+    <mergeCell ref="B17:C17"/>
+    <mergeCell ref="D17:L17"/>
+    <mergeCell ref="K18:L18"/>
+    <mergeCell ref="D31:F31"/>
+    <mergeCell ref="G31:I31"/>
+    <mergeCell ref="J31:L31"/>
+    <mergeCell ref="B25:E25"/>
+    <mergeCell ref="B21:B23"/>
+    <mergeCell ref="D23:L23"/>
   </mergeCells>
   <pageMargins left="0.5" right="0.48" top="0.61" bottom="0.5" header="0.37" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>List1</vt:lpstr>