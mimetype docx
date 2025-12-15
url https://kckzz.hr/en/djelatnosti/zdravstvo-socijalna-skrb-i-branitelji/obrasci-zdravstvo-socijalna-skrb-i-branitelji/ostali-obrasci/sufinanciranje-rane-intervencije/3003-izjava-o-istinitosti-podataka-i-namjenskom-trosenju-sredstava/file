--- v0 (2025-10-31)
+++ v1 (2025-12-15)
@@ -1,585 +1,1718 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00655BC1" w:rsidRDefault="00655BC1" w:rsidP="00655BC1">
+    <w:p w14:paraId="0ABBE1B9" w14:textId="77777777" w:rsidR="00655BC1" w:rsidRDefault="00655BC1" w:rsidP="00655BC1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00655BC1" w:rsidRDefault="00655BC1" w:rsidP="00655BC1">
+    <w:p w14:paraId="64CF3BD0" w14:textId="77777777" w:rsidR="00655BC1" w:rsidRDefault="00655BC1" w:rsidP="00655BC1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00655BC1" w:rsidRDefault="00655BC1" w:rsidP="00655BC1">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Svijetlatablicareetke1-isticanje6"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1552"/>
+        <w:gridCol w:w="8643"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006D78CF" w:rsidRPr="006D78CF" w14:paraId="2C43F05A" w14:textId="77777777" w:rsidTr="00DE3587">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="1448"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="761" w:type="pct"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4CEE37A2" w14:textId="77777777" w:rsidR="006D78CF" w:rsidRPr="006D78CF" w:rsidRDefault="006D78CF" w:rsidP="006D78CF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="hr-HR" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk214603277"/>
+            <w:r w:rsidRPr="006D78CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4568651E" wp14:editId="50FC011F">
+                  <wp:extent cx="809625" cy="895350"/>
+                  <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+                  <wp:docPr id="8" name="Slika 4" descr="Slika na kojoj se prikazuje simbol, emblem, logotip, grb&#10;&#10;Opis je automatski generiran"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="8" name="Slika 4" descr="Slika na kojoj se prikazuje simbol, emblem, logotip, grb&#10;&#10;Opis je automatski generiran"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId9">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="809625" cy="895350"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4239" w:type="pct"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E582D5D" w14:textId="77777777" w:rsidR="006D78CF" w:rsidRDefault="006D78CF" w:rsidP="006D78CF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="hr-HR" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="69D919E4" w14:textId="43D0DA6C" w:rsidR="006D78CF" w:rsidRPr="006D78CF" w:rsidRDefault="006D78CF" w:rsidP="006D78CF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="hr-HR" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D78CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="hr-HR" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>KOPRIVNIČKO-KRIŽEVAČKA ŽUPANIJA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48C32A14" w14:textId="77777777" w:rsidR="006D78CF" w:rsidRPr="006D78CF" w:rsidRDefault="006D78CF" w:rsidP="006D78CF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="hr-HR" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D78CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="hr-HR"/>
+              </w:rPr>
+              <w:t>Upravni odjel za obrazovanje, zdravstvo, socijalnu skrb i hrvatske branitelje</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D78CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="hr-HR" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006D78CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="hr-HR" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ulica Antuna </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D78CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="hr-HR" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Nemčića</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D78CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="hr-HR" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02320A7A" w14:textId="77777777" w:rsidR="006D78CF" w:rsidRPr="006D78CF" w:rsidRDefault="006D78CF" w:rsidP="006D78CF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="hr-HR" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D78CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="hr-HR" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>48000 Koprivnica</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54C88931" w14:textId="5FEA8A84" w:rsidR="006D78CF" w:rsidRPr="006D78CF" w:rsidRDefault="006D78CF" w:rsidP="006D78CF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="hr-HR" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="0"/>
+    </w:tbl>
+    <w:p w14:paraId="04FCD82F" w14:textId="77777777" w:rsidR="00AF0534" w:rsidRDefault="00AF0534" w:rsidP="00655BC1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00655BC1" w:rsidRDefault="00655BC1" w:rsidP="00655BC1">
+    <w:p w14:paraId="1B9CA6A0" w14:textId="77777777" w:rsidR="00AF0534" w:rsidRDefault="00AF0534" w:rsidP="00655BC1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00467E31">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00655BC1" w:rsidRDefault="00655BC1" w:rsidP="00655BC1">
+    <w:p w14:paraId="17EA9209" w14:textId="77777777" w:rsidR="00AF0534" w:rsidRDefault="00AF0534" w:rsidP="00655BC1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00655BC1" w:rsidRPr="00467E31" w:rsidRDefault="00655BC1" w:rsidP="00655BC1">
+    <w:p w14:paraId="7D3690F2" w14:textId="77777777" w:rsidR="00655BC1" w:rsidRDefault="00655BC1" w:rsidP="00655BC1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00655BC1" w:rsidRDefault="00655BC1" w:rsidP="00655BC1">
+    <w:p w14:paraId="316393D1" w14:textId="77777777" w:rsidR="00655BC1" w:rsidRPr="00E01291" w:rsidRDefault="00655BC1" w:rsidP="00AF0534">
       <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>IZJAVA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="542A9529" w14:textId="77777777" w:rsidR="00655BC1" w:rsidRPr="00E01291" w:rsidRDefault="00655BC1" w:rsidP="00AF0534">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00A936BE" w14:textId="77777777" w:rsidR="00655BC1" w:rsidRPr="00E01291" w:rsidRDefault="00655BC1" w:rsidP="00AF0534">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1328BA0C" w14:textId="498E35F0" w:rsidR="00655BC1" w:rsidRPr="00E01291" w:rsidRDefault="00655BC1" w:rsidP="00AF0534">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>kojom ja</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>, ________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF0534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________ </w:t>
+      </w:r>
+      <w:r w:rsidR="00E01291" w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>(ime i prezime),</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>iz _________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E01291" w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>(mjesto</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>) ________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF0534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01291" w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01291" w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>adresa prebivališta</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>, OIB</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF0534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pod </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>materijalnom</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kaznenom</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>odgovornošću</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>izjavljujem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>su</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>podaci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>izneseni</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> u </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>zamolbi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>zahtjevu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> za </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>odobrenje</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>jednokratne novčane pomoći za podmirenje dijela troškova rane razvojne podrške/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>rehabilitacije</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>socijalne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>integracije</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>djeteta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00142A0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kojega</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> je u </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ranoj</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>dobi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>utvrđeno</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>odstupanje</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> u </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>razvoju</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>razvojni</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>rizik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ili</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>razvojne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>teškoće</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00142A0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>točni</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kojom</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>obvezujem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>odobrenu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pomoć</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>utrošiti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>namjenski</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C762D30" w14:textId="77777777" w:rsidR="00655BC1" w:rsidRPr="00E01291" w:rsidRDefault="00655BC1" w:rsidP="00AF0534">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CB04135" w14:textId="7243F5A3" w:rsidR="00655BC1" w:rsidRDefault="00E01291" w:rsidP="00AF0534">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">U </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Koprivnici</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, __</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________202</w:t>
+      </w:r>
+      <w:r w:rsidR="00521C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>godine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="2E81B855" w14:textId="77777777" w:rsidR="00E01291" w:rsidRDefault="00E01291" w:rsidP="00AF0534">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02A42592" w14:textId="77777777" w:rsidR="00E01291" w:rsidRDefault="00E01291" w:rsidP="00AF0534">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74FFF474" w14:textId="77777777" w:rsidR="00E01291" w:rsidRDefault="00E01291" w:rsidP="00655BC1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56600002" w14:textId="77777777" w:rsidR="00E01291" w:rsidRDefault="00E01291" w:rsidP="00655BC1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29959347" w14:textId="77777777" w:rsidR="00E01291" w:rsidRPr="00E01291" w:rsidRDefault="00E01291" w:rsidP="00655BC1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10C285FE" w14:textId="77777777" w:rsidR="00655BC1" w:rsidRPr="00E01291" w:rsidRDefault="00655BC1" w:rsidP="00655BC1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="119B1EF1" w14:textId="6020A857" w:rsidR="00655BC1" w:rsidRPr="00E01291" w:rsidRDefault="00655BC1" w:rsidP="00655BC1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                     VLASTORUČNI POTPIS</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06FEC9D6" w14:textId="77777777" w:rsidR="00655BC1" w:rsidRPr="00E01291" w:rsidRDefault="00655BC1" w:rsidP="00655BC1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7791D8C0" w14:textId="40037808" w:rsidR="00655BC1" w:rsidRPr="00467E31" w:rsidRDefault="00655BC1" w:rsidP="00655BC1">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00467E31">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="hr-HR"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">kojom ja _____________________________ iz __________________________________, OIB </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                     </w:t>
+      </w:r>
+      <w:r w:rsidR="00E01291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00467E31">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00655BC1" w:rsidRDefault="00655BC1" w:rsidP="00655BC1">
+    <w:p w14:paraId="31353EED" w14:textId="77777777" w:rsidR="00655BC1" w:rsidRPr="00467E31" w:rsidRDefault="00655BC1" w:rsidP="00655BC1">
       <w:pPr>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00655BC1" w:rsidRDefault="00655BC1" w:rsidP="00655BC1">
-[...282 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="62BBE9A1" w14:textId="77777777" w:rsidR="00861845" w:rsidRDefault="00861845"/>
     <w:sectPr w:rsidR="00861845" w:rsidSect="0017307C">
-      <w:headerReference w:type="even" r:id="rId4"/>
+      <w:headerReference w:type="even" r:id="rId10"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="426" w:right="851" w:bottom="568" w:left="851" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="657E052E" w14:textId="77777777" w:rsidR="00B56FD8" w:rsidRDefault="00B56FD8">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="55023BEF" w14:textId="77777777" w:rsidR="00B56FD8" w:rsidRDefault="00B56FD8">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="76849A27" w14:textId="77777777" w:rsidR="00B56FD8" w:rsidRDefault="00B56FD8">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="1625F805" w14:textId="77777777" w:rsidR="00B56FD8" w:rsidRDefault="00B56FD8">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="008162D4" w:rsidRDefault="00655BC1">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3ECF04BE" w14:textId="77777777" w:rsidR="00670248" w:rsidRDefault="00655BC1">
     <w:pPr>
       <w:pStyle w:val="Zaglavlje"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Brojstranice"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Brojstranice"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Brojstranice"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Brojstranice"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Brojstranice"/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Brojstranice"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="008162D4" w:rsidRDefault="00655BC1">
+  <w:p w14:paraId="26F5B927" w14:textId="77777777" w:rsidR="00670248" w:rsidRDefault="00670248">
     <w:pPr>
       <w:pStyle w:val="Zaglavlje"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="170"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00655BC1"/>
+    <w:rsid w:val="00142A0D"/>
+    <w:rsid w:val="00521C90"/>
     <w:rsid w:val="00655BC1"/>
+    <w:rsid w:val="00670248"/>
+    <w:rsid w:val="006D78CF"/>
     <w:rsid w:val="00861845"/>
+    <w:rsid w:val="00A94F8B"/>
+    <w:rsid w:val="00AF0534"/>
+    <w:rsid w:val="00B56FD8"/>
+    <w:rsid w:val="00C42EEE"/>
+    <w:rsid w:val="00DB766D"/>
+    <w:rsid w:val="00DE1DD5"/>
+    <w:rsid w:val="00E01291"/>
+    <w:rsid w:val="00ED5AD1"/>
+    <w:rsid w:val="00F240A6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hr-HR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="17249F9A"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{1C855215-C807-4F96-BC3D-04058DC3932E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="hr-HR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -907,50 +2040,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00655BC1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial Black" w:eastAsia="Times New Roman" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
       <w:kern w:val="24"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="hr-HR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Zadanifontodlomka">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Obinatablica">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
@@ -980,62 +2118,147 @@
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ZaglavljeChar">
     <w:name w:val="Zaglavlje Char"/>
     <w:basedOn w:val="Zadanifontodlomka"/>
     <w:link w:val="Zaglavlje"/>
     <w:rsid w:val="00655BC1"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial Black" w:eastAsia="Times New Roman" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
       <w:kern w:val="24"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="hr-HR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Brojstranice">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Zadanifontodlomka"/>
     <w:rsid w:val="00655BC1"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Podnoje">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PodnojeChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E01291"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodnojeChar">
+    <w:name w:val="Podnožje Char"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Podnoje"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E01291"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Black" w:eastAsia="Times New Roman" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+      <w:kern w:val="24"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="hr-HR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Svijetlatablicareetke1-isticanje6">
+    <w:name w:val="Grid Table 1 Light Accent 6"/>
+    <w:basedOn w:val="Obinatablica"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="006D78CF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="C5E0B3" w:themeColor="accent6" w:themeTint="66"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="C5E0B3" w:themeColor="accent6" w:themeTint="66"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C5E0B3" w:themeColor="accent6" w:themeTint="66"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="C5E0B3" w:themeColor="accent6" w:themeTint="66"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C5E0B3" w:themeColor="accent6" w:themeTint="66"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C5E0B3" w:themeColor="accent6" w:themeTint="66"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="A8D08D" w:themeColor="accent6" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="A8D08D" w:themeColor="accent6" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema sustava Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1255,74 +2478,270 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100467A295125A8644FBB5708CA44BD3E11" ma:contentTypeVersion="1" ma:contentTypeDescription="Stvaranje novog dokumenta." ma:contentTypeScope="" ma:versionID="d65d7d02b1df41993d41c60ca2bf817e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="1ee918e8-0b02-481f-a8c2-94ff75dace4b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="897d09dbeeaf6f79ee1ac9a47ceb3dee" ns3:_="">
+    <xsd:import namespace="1ee918e8-0b02-481f-a8c2-94ff75dace4b"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1ee918e8-0b02-481f-a8c2-94ff75dace4b" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceDateTaken" ma:index="8" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Vrsta sadržaja"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Naslov"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{98A99579-4B6B-4209-88B5-CEC4CD047E15}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A482B06-6945-4E40-93C1-9F084FA351D0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="1ee918e8-0b02-481f-a8c2-94ff75dace4b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B23C447-124F-4343-BD7A-E5C7E38B8E9C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>108</Words>
-  <Characters>616</Characters>
+  <Words>154</Words>
+  <Characters>878</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>7</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Naslov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>723</CharactersWithSpaces>
+  <CharactersWithSpaces>1030</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Windows korisnik</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100467A295125A8644FBB5708CA44BD3E11</vt:lpwstr>
+  </property>
+</Properties>
+</file>