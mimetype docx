--- v0 (2025-10-31)
+++ v1 (2025-12-15)
@@ -1,4448 +1,2798 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="001351D2" w:rsidRPr="00CC0CD4" w:rsidRDefault="00762444" w:rsidP="001351D2">
+    <w:p w14:paraId="3D39B48E" w14:textId="77777777" w:rsidR="009A3122" w:rsidRDefault="001351D2" w:rsidP="003F10A6">
+      <w:pPr>
+        <w:spacing w:line="300" w:lineRule="exact"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3122">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>Koprivničko-križevačka županija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Koprivnica, Antuna Nemčića 5, koju zastupa župan </w:t>
+      </w:r>
+      <w:r w:rsidR="001502C7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>Tomislav Golubić</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (u daljn</w:t>
+      </w:r>
+      <w:r w:rsidR="000264F1" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">em tekstu: Županija) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CC520F3" w14:textId="77777777" w:rsidR="009A3122" w:rsidRDefault="009A3122" w:rsidP="003F10A6">
+      <w:pPr>
+        <w:spacing w:line="300" w:lineRule="exact"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E833CAA" w14:textId="69D074A4" w:rsidR="001351D2" w:rsidRPr="000264F1" w:rsidRDefault="001351D2" w:rsidP="009A3122">
+      <w:pPr>
+        <w:spacing w:line="300" w:lineRule="exact"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="688E4B6B" w14:textId="77777777" w:rsidR="003F10A6" w:rsidRDefault="003F10A6" w:rsidP="00762444">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC0CD4">
-[...32 lines deleted...]
-          <w:szCs w:val="24"/>
+    </w:p>
+    <w:p w14:paraId="7325945B" w14:textId="633CC96B" w:rsidR="00762444" w:rsidRDefault="003F10A6" w:rsidP="00572B44">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00931B3A" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="009A3122">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00931B3A" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00572B44">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00572B44" w:rsidRPr="00572B44">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>(ime i prezime)</w:t>
+      </w:r>
+      <w:r w:rsidR="00931B3A" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>, iz ____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00572B44">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r w:rsidR="00931B3A" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="009A3122">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00931B3A" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00572B44">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>___________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00572B44" w:rsidRPr="00572B44">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>(adresa</w:t>
+      </w:r>
+      <w:r w:rsidR="00572B44">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prebivališta</w:t>
+      </w:r>
+      <w:r w:rsidR="00572B44" w:rsidRPr="00572B44">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00931B3A" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>, smj</w:t>
+      </w:r>
+      <w:r w:rsidR="00572B44">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ešten </w:t>
+      </w:r>
+      <w:r w:rsidR="00931B3A" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00572B44">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __</w:t>
+      </w:r>
+      <w:r w:rsidR="00931B3A" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00572B44">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00572B44" w:rsidRPr="00572B44">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>(naziv</w:t>
+      </w:r>
+      <w:r w:rsidR="002C34A6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...27 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00572B44" w:rsidRPr="00572B44">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>ustanove)</w:t>
+      </w:r>
+      <w:r w:rsidR="00572B44">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00931B3A" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>korisnik novčane pomoći za sufinanciranje smještaja (u daljn</w:t>
+      </w:r>
+      <w:r w:rsidR="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidR="00931B3A" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>em tekstu: Korisnik)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BEF617D" w14:textId="7239303F" w:rsidR="007C6B43" w:rsidRPr="000264F1" w:rsidRDefault="007C6B43" w:rsidP="007C6B43">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14EB07A4" w14:textId="77777777" w:rsidR="003F10A6" w:rsidRDefault="003F10A6" w:rsidP="00572B44">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AE38546" w14:textId="61B0E53C" w:rsidR="00501CA1" w:rsidRPr="000264F1" w:rsidRDefault="00501CA1" w:rsidP="002C34A6">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C34A6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002C34A6" w:rsidRPr="002C34A6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">___________________________ </w:t>
+      </w:r>
+      <w:r w:rsidR="00572B44" w:rsidRPr="002C34A6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>(naziv</w:t>
+      </w:r>
+      <w:r w:rsidR="002C34A6" w:rsidRPr="002C34A6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> primatelja</w:t>
+      </w:r>
+      <w:r w:rsidR="007C6B43" w:rsidRPr="002C34A6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A6">
+        <w:rPr>
+          <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...27 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="002C34A6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>iz ____</w:t>
+      </w:r>
+      <w:r w:rsidR="00462A1F" w:rsidRPr="002C34A6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r w:rsidR="002C34A6" w:rsidRPr="002C34A6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r w:rsidR="002C34A6" w:rsidRPr="002C34A6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...121 lines deleted...]
-    <w:p w:rsidR="00762444" w:rsidRPr="00CC0CD4" w:rsidRDefault="00762444" w:rsidP="00762444">
+      <w:r w:rsidR="002C34A6" w:rsidRPr="002C34A6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>(mjesto, adresa)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00430DAD" w:rsidRPr="002C34A6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">primatelja i </w:t>
+      </w:r>
+      <w:r w:rsidR="00462A1F" w:rsidRPr="002C34A6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uplatitelja novčane pomoći za sufinanciranje smještaja </w:t>
+      </w:r>
+      <w:r w:rsidR="00430DAD" w:rsidRPr="002C34A6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>(u daljn</w:t>
+      </w:r>
+      <w:r w:rsidR="000264F1" w:rsidRPr="002C34A6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidR="00430DAD" w:rsidRPr="002C34A6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>em tekstu: Primatelj/u</w:t>
+      </w:r>
+      <w:r w:rsidR="00462A1F" w:rsidRPr="002C34A6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00462A1F" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>latitelj</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="057CC1D3" w14:textId="77777777" w:rsidR="00501CA1" w:rsidRPr="000264F1" w:rsidRDefault="00501CA1" w:rsidP="002C34A6">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E2464A4" w14:textId="77777777" w:rsidR="00762444" w:rsidRPr="000264F1" w:rsidRDefault="00762444" w:rsidP="00762444">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
-        <w:jc w:val="both"/>
-[...296 lines deleted...]
-    <w:p w:rsidR="00762444" w:rsidRDefault="001405C0" w:rsidP="00762444">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7535A8C3" w14:textId="77777777" w:rsidR="00762444" w:rsidRPr="009A3122" w:rsidRDefault="001405C0" w:rsidP="00762444">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="6804"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:left="357"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3122">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>UGOVOR O MEĐUSOBNIM ODNOSIMA OKO SUFINANCIRANJA</w:t>
       </w:r>
-      <w:r w:rsidR="00762444" w:rsidRPr="001555D5">
-[...16 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00762444" w:rsidRPr="009A3122">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> TROŠKOVA </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC5428" w:rsidRPr="009A3122">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>SMJEŠTAJA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00762444" w:rsidRPr="00880E49" w:rsidRDefault="00762444" w:rsidP="00762444">
+    <w:p w14:paraId="26984218" w14:textId="77777777" w:rsidR="00762444" w:rsidRPr="000264F1" w:rsidRDefault="00762444" w:rsidP="00762444">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00762444" w:rsidRPr="00880E49" w:rsidRDefault="00762444" w:rsidP="00762444">
+    <w:p w14:paraId="3A2C52EF" w14:textId="77777777" w:rsidR="00762444" w:rsidRPr="009A3122" w:rsidRDefault="00762444" w:rsidP="00762444">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3122">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>I.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00086AAC" w:rsidRPr="00880E49" w:rsidRDefault="00762444" w:rsidP="00762444">
+    <w:p w14:paraId="517667DA" w14:textId="4DFAB753" w:rsidR="00086AAC" w:rsidRDefault="009A3122" w:rsidP="00762444">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="6804"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00880E49">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00762444" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>Predmet ovog Ugovora je uređivanje međusobnih obvez</w:t>
+      </w:r>
+      <w:r w:rsidR="00462A1F" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a između Županije, </w:t>
+      </w:r>
+      <w:r w:rsidR="00931B3A" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>Korisnika</w:t>
+      </w:r>
+      <w:r w:rsidR="001405C0" w:rsidRPr="000264F1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...38 lines deleted...]
-      <w:r w:rsidR="001405C0">
+      <w:r w:rsidR="00462A1F" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i </w:t>
+      </w:r>
+      <w:r w:rsidR="00430DAD" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>Primatelj</w:t>
+      </w:r>
+      <w:r w:rsidR="008E1388" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00430DAD" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>/uplatitelja</w:t>
+      </w:r>
+      <w:r w:rsidR="00462A1F" w:rsidRPr="000264F1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00462A1F">
-[...54 lines deleted...]
-      <w:r w:rsidR="001405C0">
+      <w:r w:rsidR="001405C0" w:rsidRPr="000264F1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>oko</w:t>
       </w:r>
-      <w:r>
-[...18 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00762444" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> su</w:t>
+      </w:r>
+      <w:r w:rsidR="001405C0" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>financiranja</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...170 lines deleted...]
-    <w:p w:rsidR="00254393" w:rsidRDefault="000126E4" w:rsidP="00254393">
+      <w:r w:rsidR="00762444" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> troškova </w:t>
+      </w:r>
+      <w:r w:rsidR="00931B3A" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>smještaja, odnosno novčane pomoći koju Županija odobrava u tu svrhu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="122CBEEE" w14:textId="77777777" w:rsidR="009A3122" w:rsidRPr="000264F1" w:rsidRDefault="009A3122" w:rsidP="00762444">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="6804"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...451 lines deleted...]
-    <w:p w:rsidR="008E1388" w:rsidRDefault="008E1388" w:rsidP="00254393">
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="467AE58B" w14:textId="77777777" w:rsidR="00762444" w:rsidRPr="009A3122" w:rsidRDefault="00762444" w:rsidP="00762444">
+      <w:pPr>
+        <w:spacing w:line="300" w:lineRule="exact"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3122">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                         II.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73C4ED0B" w14:textId="206621AB" w:rsidR="00254393" w:rsidRPr="000264F1" w:rsidRDefault="000126E4" w:rsidP="00254393">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="6804"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ugovorne strane su suglasne da se ov</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4F8D" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aj Ugovor zaključuje na temelju </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4F8D" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Odluke o sufinanciranju troškova smještaja u domove za starije i nemoćne osobe  </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4F8D" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>sa sjedištem izvan područja Koprivničko-križevačke županije</w:t>
+      </w:r>
+      <w:r w:rsidR="001405C0" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...360 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>("Službeni glasnik Koprivničko-kr</w:t>
+      </w:r>
+      <w:r w:rsidR="00635C72" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iževačke županije" broj </w:t>
+      </w:r>
+      <w:r w:rsidR="009F3F59" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>25/23.</w:t>
+      </w:r>
+      <w:r w:rsidR="00931B3A" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00254393" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00FC5428" w:rsidRPr="00931B3A" w:rsidRDefault="00FC5428" w:rsidP="00931B3A">
+    </w:p>
+    <w:p w14:paraId="64C6C03F" w14:textId="79BECA1B" w:rsidR="008E1388" w:rsidRPr="000264F1" w:rsidRDefault="008E1388" w:rsidP="00254393">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="6804"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00762444" w:rsidRPr="00880E49" w:rsidRDefault="000126E4" w:rsidP="00762444">
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>Ugovorne</w:t>
+      </w:r>
+      <w:r w:rsidR="00430DAD" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> strane suglasne su da je podnesen zahtjev </w:t>
+      </w:r>
+      <w:r w:rsidR="00254393" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>za odobravanje novčane pomoći za sufi</w:t>
+      </w:r>
+      <w:r w:rsidR="00430DAD" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>nanciranje smještaja i da će se ona, u slučaju odobravanja, a radi zdravstvenih teškoća korisnika</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00430DAD" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>isplaćivati na račun __________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="009A3122">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidR="00430DAD" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">___ </w:t>
+      </w:r>
+      <w:r w:rsidR="00572B44" w:rsidRPr="00572B44">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>(IBAN)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00572B44">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EF2FD41" w14:textId="30C4C4BB" w:rsidR="00762444" w:rsidRPr="000264F1" w:rsidRDefault="000126E4" w:rsidP="00762444">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D1A3C">
-[...8 lines deleted...]
-    <w:p w:rsidR="00762444" w:rsidRPr="00880E49" w:rsidRDefault="00762444" w:rsidP="00762444">
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AEA9C54" w14:textId="77777777" w:rsidR="00762444" w:rsidRPr="009A3122" w:rsidRDefault="00762444" w:rsidP="00762444">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3122">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                         III.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F5BF7" w:rsidRDefault="00835211" w:rsidP="009D212A">
+    <w:p w14:paraId="057C03B5" w14:textId="77777777" w:rsidR="003F5BF7" w:rsidRDefault="00835211" w:rsidP="009D212A">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="000264F1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Korisnik </w:t>
       </w:r>
-      <w:r w:rsidR="008E1388">
-[...40 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="008E1388" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>te Primatelj/uplatitelj obvezuju se</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000264F1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="003F5BF7">
+      <w:r w:rsidR="003F5BF7" w:rsidRPr="000264F1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB17E6" w:rsidRPr="00501CA1" w:rsidRDefault="00B073A4" w:rsidP="009D212A">
-      <w:pPr>
+    <w:p w14:paraId="01A6EB48" w14:textId="0B36E8BB" w:rsidR="00EB17E6" w:rsidRPr="00D45232" w:rsidRDefault="00B073A4" w:rsidP="009D212A">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D45232">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00501CA1">
+        <w:t xml:space="preserve">obavijestiti </w:t>
+      </w:r>
+      <w:r w:rsidR="00835211" w:rsidRPr="00D45232">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
-        <w:t xml:space="preserve">-obavijestiti </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00835211" w:rsidRPr="00501CA1">
+        <w:t xml:space="preserve">Županiju </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D45232">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Županiju </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00501CA1">
+        <w:t>o svako</w:t>
+      </w:r>
+      <w:r w:rsidR="00835211" w:rsidRPr="00D45232">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
-        <w:t>o svako</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00835211" w:rsidRPr="00501CA1">
+        <w:t xml:space="preserve">j promjeni koja utječe na ostvarivanje, visinu ili prekid </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB17E6" w:rsidRPr="00D45232">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
-        <w:t xml:space="preserve">j promjeni koja utječe na ostvarivanje, visinu ili prekid </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EB17E6" w:rsidRPr="00501CA1">
+        <w:t>novčane pomoći najkasnije</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D45232">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
-        <w:t>novčane pomoći najkasnije</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> tri dana od nastanka promjene,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00835211" w:rsidRDefault="00835211" w:rsidP="009D212A">
-      <w:pPr>
+    <w:p w14:paraId="7B9CE94B" w14:textId="11FCAC9C" w:rsidR="00835211" w:rsidRDefault="00835211" w:rsidP="009D212A">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      <w:r w:rsidR="0038200C">
+      <w:r w:rsidRPr="00D45232">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="0038200C" w:rsidRPr="00D45232">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> sluč</w:t>
       </w:r>
-      <w:r w:rsidR="003109F7">
+      <w:r w:rsidR="003109F7" w:rsidRPr="00D45232">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>aju potrebe i u</w:t>
       </w:r>
-      <w:r w:rsidR="008E1388">
+      <w:r w:rsidR="008E1388" w:rsidRPr="00D45232">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve">koliko se to od njih </w:t>
       </w:r>
-      <w:r w:rsidR="003109F7">
+      <w:r w:rsidR="003109F7" w:rsidRPr="00D45232">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>zatraži, dostavljati neophodne informacije i dokumentaciju</w:t>
       </w:r>
-      <w:r w:rsidR="006E24C2">
+      <w:r w:rsidR="006E24C2" w:rsidRPr="00D45232">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> potrebnu za isplatu novčane</w:t>
       </w:r>
-      <w:r w:rsidR="003109F7">
+      <w:r w:rsidR="003109F7" w:rsidRPr="00D45232">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> pomoći</w:t>
       </w:r>
-      <w:r w:rsidR="0038200C">
+      <w:r w:rsidR="0038200C" w:rsidRPr="00D45232">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00762444" w:rsidRPr="00597A2B" w:rsidRDefault="00EB17E6" w:rsidP="009D212A">
-      <w:pPr>
+    <w:p w14:paraId="4DAECEAB" w14:textId="4A84A2E4" w:rsidR="00762444" w:rsidRDefault="00EB17E6" w:rsidP="009D212A">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...17 lines deleted...]
-      <w:r>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D45232">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve">u ispunjavanju obaveza </w:t>
       </w:r>
-      <w:r w:rsidR="003109F7">
-[...7 lines deleted...]
-      <w:r w:rsidR="00FC1D27">
+      <w:r w:rsidR="003109F7" w:rsidRPr="00D45232">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iz alineje </w:t>
+      </w:r>
+      <w:r w:rsidR="00D44BF7" w:rsidRPr="00D45232">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="003109F7" w:rsidRPr="00D45232">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i </w:t>
+      </w:r>
+      <w:r w:rsidR="00D44BF7" w:rsidRPr="00D45232">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC1D27" w:rsidRPr="00D45232">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve">. ove točke </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D45232">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>služiti se točnim i istinitim podacima</w:t>
       </w:r>
-      <w:r w:rsidR="00FC1D27">
-[...9 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="00D45232">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55E32824" w14:textId="282905CE" w:rsidR="0024342B" w:rsidRPr="00D45232" w:rsidRDefault="001348F4" w:rsidP="003F5BF7">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...16 lines deleted...]
-    <w:p w:rsidR="00762444" w:rsidRPr="00880E49" w:rsidRDefault="00762444" w:rsidP="00762444">
+      <w:r w:rsidRPr="00D45232">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">mjesečne </w:t>
+      </w:r>
+      <w:r w:rsidR="0024342B" w:rsidRPr="00D45232">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>zahtjeve za doznaku novčane pomoći sa zadnjom kopijom potvrde o uplaćenom iznosu za smještaj dostavljati isključivo u razdoblju od 1. do 15. u mjesecu za prethodni mjesec</w:t>
+      </w:r>
+      <w:r w:rsidR="001772FA" w:rsidRPr="00D45232">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FAEE9C6" w14:textId="336ACC66" w:rsidR="00572B44" w:rsidRPr="000264F1" w:rsidRDefault="00762444" w:rsidP="003F5BF7">
+      <w:pPr>
+        <w:spacing w:line="300" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D4098FC" w14:textId="77777777" w:rsidR="00762444" w:rsidRPr="009A3122" w:rsidRDefault="00762444" w:rsidP="00762444">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...21 lines deleted...]
-        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3122">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                             </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB17B3" w:rsidRPr="009A3122">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="009A3122">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>V.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001666F0" w:rsidRDefault="00BD3DA4" w:rsidP="00762444">
+    <w:p w14:paraId="6239E75E" w14:textId="77777777" w:rsidR="001666F0" w:rsidRDefault="00BD3DA4" w:rsidP="00762444">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="000264F1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006E24C2">
+      <w:r w:rsidR="006E24C2" w:rsidRPr="000264F1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>Županija se obvezuje</w:t>
       </w:r>
-      <w:r w:rsidR="00FC1D27">
+      <w:r w:rsidR="00FC1D27" w:rsidRPr="000264F1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003109F7" w:rsidRDefault="003109F7" w:rsidP="00762444">
-      <w:pPr>
+    <w:p w14:paraId="626DE9AC" w14:textId="6182550B" w:rsidR="003109F7" w:rsidRDefault="003109F7" w:rsidP="00762444">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      <w:r w:rsidR="00F15392">
+      <w:r w:rsidRPr="00D45232">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>pružati korisniku stručnu pomoć oko sufinanciranj</w:t>
+      </w:r>
+      <w:r w:rsidR="00F15392" w:rsidRPr="00D45232">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D45232">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> troškova smještaja</w:t>
       </w:r>
-      <w:r w:rsidR="00F15392">
+      <w:r w:rsidR="00F15392" w:rsidRPr="00D45232">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> i isplate novčane pomoći,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15392" w:rsidRDefault="00FC1D27" w:rsidP="00762444">
-      <w:pPr>
+    <w:p w14:paraId="2DAA543C" w14:textId="443AA5EF" w:rsidR="00F15392" w:rsidRDefault="003109F7" w:rsidP="00762444">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      <w:r w:rsidR="003109F7">
+      <w:r w:rsidRPr="00D45232">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>informacije i dokumentaciju potr</w:t>
       </w:r>
-      <w:r w:rsidR="008E1388">
+      <w:r w:rsidR="008E1388" w:rsidRPr="00D45232">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve">ebnu za isplatu novčane pomoći </w:t>
       </w:r>
-      <w:r w:rsidR="003109F7">
+      <w:r w:rsidRPr="00D45232">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve">pokušati pribaviti </w:t>
       </w:r>
-      <w:r w:rsidR="00F15392">
+      <w:r w:rsidR="00F15392" w:rsidRPr="00D45232">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>po službenoj dužnosti, a tek ukoliko ih ne uspije pribaviti na taj način, zatražiti to od korisnika</w:t>
       </w:r>
-      <w:r w:rsidR="008E1388">
-[...53 lines deleted...]
-      <w:r w:rsidR="00F15392">
+      <w:r w:rsidR="008E1388" w:rsidRPr="00D45232">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i primatelja/uplatitelja</w:t>
+      </w:r>
+      <w:r w:rsidR="00F15392" w:rsidRPr="00D45232">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00762444" w:rsidRPr="00DF065D" w:rsidRDefault="00156ACF" w:rsidP="00F15392">
-      <w:pPr>
+    <w:p w14:paraId="7A6E5916" w14:textId="6DB03737" w:rsidR="00762444" w:rsidRPr="00D45232" w:rsidRDefault="00156ACF" w:rsidP="00F15392">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      <w:r w:rsidR="00F15392">
+      <w:r w:rsidRPr="00D45232">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>novčanu pomoć prav</w:t>
+      </w:r>
+      <w:r w:rsidR="00F15392" w:rsidRPr="00D45232">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>ovreme</w:t>
       </w:r>
-      <w:r w:rsidR="00501CA1">
+      <w:r w:rsidR="00501CA1" w:rsidRPr="00D45232">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>no uplaćivati</w:t>
       </w:r>
-      <w:r w:rsidR="00F15392">
+      <w:r w:rsidR="00F15392" w:rsidRPr="00D45232">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD3DA4" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
-[...10 lines deleted...]
-    <w:p w:rsidR="00635C72" w:rsidRDefault="00635C72" w:rsidP="00BD3DA4">
+    <w:p w14:paraId="5864C692" w14:textId="77777777" w:rsidR="00635C72" w:rsidRPr="000264F1" w:rsidRDefault="00635C72" w:rsidP="009A3122">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D22B6F7" w14:textId="77777777" w:rsidR="00BD3DA4" w:rsidRPr="009A3122" w:rsidRDefault="00970E5F" w:rsidP="00BD3DA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00BD3DA4" w:rsidRDefault="00970E5F" w:rsidP="00BD3DA4">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3122">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD3DA4" w:rsidRPr="009A3122">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27D1F919" w14:textId="77777777" w:rsidR="00BD3DA4" w:rsidRPr="000264F1" w:rsidRDefault="00156ACF" w:rsidP="00970E5F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Korisnik </w:t>
+      </w:r>
+      <w:r w:rsidR="00635C72" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">te Primatelj/uplatitelj </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">koji je na temelju neistinitih i netočnih podataka za koje je znao ili morao znati ostvarivao novčanu pomoć ili nije prijavio promjenu koja utječe na prestanak ili visinu novčane pomoći dužan je Županiji vratiti neosnovano isplaćena sredstva. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D4E05FB" w14:textId="77777777" w:rsidR="00BD3DA4" w:rsidRPr="000264F1" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7548361D" w14:textId="77777777" w:rsidR="00E83A66" w:rsidRPr="009A3122" w:rsidRDefault="00E83A66" w:rsidP="00156ACF">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00BD3DA4" w:rsidRPr="00880E49" w:rsidRDefault="00156ACF" w:rsidP="00970E5F">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3122">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>VI.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E50DEC2" w14:textId="77777777" w:rsidR="00156ACF" w:rsidRPr="000264F1" w:rsidRDefault="00156ACF" w:rsidP="00156ACF">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...569 lines deleted...]
-    <w:p w:rsidR="00BD3DA4" w:rsidRPr="00880E49" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ugovorne strane su suglasne da će sve sporove nastale tijekom važenja ovog Ugovora rješavati sporazumno, a ukoliko se ne postigne sporazum ugovara se nadležnost suda u Koprivnici. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F7EABCB" w14:textId="77777777" w:rsidR="00E83A66" w:rsidRPr="000264F1" w:rsidRDefault="00E83A66" w:rsidP="00BD3DA4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29915334" w14:textId="77777777" w:rsidR="00BD3DA4" w:rsidRPr="009A3122" w:rsidRDefault="00C9575D" w:rsidP="00156ACF">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="exact"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3122">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="00156ACF" w:rsidRPr="009A3122">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD3DA4" w:rsidRPr="009A3122">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4731BE2B" w14:textId="0A094C94" w:rsidR="00BD3DA4" w:rsidRPr="000264F1" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...17 lines deleted...]
-    <w:p w:rsidR="00156ACF" w:rsidRPr="00880E49" w:rsidRDefault="00156ACF" w:rsidP="00156ACF">
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ovaj Ugovor sklapa se </w:t>
+      </w:r>
+      <w:r w:rsidR="008E1388" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>u tri (3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="008E1388" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">primjerka </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">od kojih </w:t>
+      </w:r>
+      <w:r w:rsidR="008E1388" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">svaka strana zadržava </w:t>
+      </w:r>
+      <w:r w:rsidR="00900FE4" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>jedan (1).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A594E03" w14:textId="77777777" w:rsidR="00BD3DA4" w:rsidRPr="000264F1" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...338 lines deleted...]
-    <w:p w:rsidR="00E83A66" w:rsidRDefault="00E83A66" w:rsidP="00BD3DA4">
+    </w:p>
+    <w:p w14:paraId="6BDE6F6A" w14:textId="77777777" w:rsidR="009A3122" w:rsidRDefault="009A3122" w:rsidP="00BD3DA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00BD3DA4" w:rsidRPr="00880E49" w:rsidRDefault="00C9575D" w:rsidP="00156ACF">
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="782C3FE6" w14:textId="77777777" w:rsidR="009A3122" w:rsidRDefault="009A3122" w:rsidP="00BD3DA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
-        <w:jc w:val="center"/>
-[...22 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F12B37D" w14:textId="4F653197" w:rsidR="00BD3DA4" w:rsidRPr="000264F1" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="exact"/>
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>KLASA:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       KLASA: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>550-01/18-01/4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B7C998C" w14:textId="77777777" w:rsidR="00BD3DA4" w:rsidRPr="000264F1" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>URBROJ:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       URBROJ: 2137/02-03/03-18-1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="761B9993" w14:textId="77777777" w:rsidR="00BD3DA4" w:rsidRPr="000264F1" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
+      <w:pPr>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">       EV.BR.: 27/1-18-DD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BDF9736" w14:textId="77777777" w:rsidR="00BD3DA4" w:rsidRPr="000264F1" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
+      <w:pPr>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1437C03A" w14:textId="08D41B71" w:rsidR="000264F1" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>Koprivnica</w:t>
+      </w:r>
+      <w:r w:rsidR="009A3122">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7734">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidR="00572B44">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="008E1388" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00030BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00BD3DA4" w:rsidRPr="00880E49" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69CBA36E" w14:textId="77777777" w:rsidR="000264F1" w:rsidRDefault="000264F1" w:rsidP="00BD3DA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
-        <w:jc w:val="both"/>
-[...182 lines deleted...]
-    <w:p w:rsidR="00BD3DA4" w:rsidRPr="00880E49" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BB8C15D" w14:textId="39D63568" w:rsidR="00BD3DA4" w:rsidRPr="000264F1" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
-        <w:jc w:val="both"/>
-[...24 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00CB224C">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...230 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
-      <w:r w:rsidRPr="00156ACF">
+      <w:r w:rsidRPr="000264F1">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve">Koprivnica, 8.2. </w:t>
       </w:r>
-      <w:r w:rsidR="00AD6790" w:rsidRPr="00156ACF">
+      <w:r w:rsidR="00AD6790" w:rsidRPr="000264F1">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>2018</w:t>
       </w:r>
-      <w:r w:rsidRPr="00156ACF">
+      <w:r w:rsidRPr="000264F1">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD3DA4" w:rsidRPr="00156ACF" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
+    <w:p w14:paraId="29DF0951" w14:textId="77777777" w:rsidR="00BD3DA4" w:rsidRPr="000264F1" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00156ACF">
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ZA KOPRIVNIČKO-KRIŽEVAČKU                                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000264F1">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve">ZA </w:t>
       </w:r>
-      <w:r w:rsidR="00156ACF">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00156ACF" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>KORISNIK</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00156ACF" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
+    <w:p w14:paraId="6C753E11" w14:textId="77777777" w:rsidR="00156ACF" w:rsidRPr="000264F1" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="de-DE"/>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
-      <w:r w:rsidR="00156ACF">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00156ACF" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00880E49">
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ŽUPANIJU  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68DB039D" w14:textId="77777777" w:rsidR="00BD3DA4" w:rsidRPr="000264F1" w:rsidRDefault="001351D2" w:rsidP="00BD3DA4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     ŽUPAN</w:t>
+      </w:r>
+      <w:r w:rsidR="00156ACF" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00880E49">
-[...8 lines deleted...]
-    <w:p w:rsidR="00BD3DA4" w:rsidRPr="00880E49" w:rsidRDefault="001351D2" w:rsidP="00BD3DA4">
+      <w:r w:rsidR="00BD3DA4" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                             </w:t>
+      </w:r>
+      <w:r w:rsidR="00970E5F" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00156ACF" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35269E8A" w14:textId="3D318B16" w:rsidR="00BD3DA4" w:rsidRPr="000264F1" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...60 lines deleted...]
-    <w:p w:rsidR="00BD3DA4" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="006D1446">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>Tomislav Golubić</w:t>
+      </w:r>
+      <w:r w:rsidR="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                            </w:t>
+      </w:r>
+      <w:r w:rsidR="00970E5F" w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="259CDB51" w14:textId="77777777" w:rsidR="008E1388" w:rsidRPr="000264F1" w:rsidRDefault="008E1388" w:rsidP="00BD3DA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="de-DE"/>
-[...85 lines deleted...]
-    <w:p w:rsidR="008E1388" w:rsidRDefault="008E1388" w:rsidP="00BD3DA4">
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D967B56" w14:textId="77777777" w:rsidR="008E1388" w:rsidRPr="000264F1" w:rsidRDefault="008E1388" w:rsidP="00BD3DA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="de-DE"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="008E1388" w:rsidRDefault="008E1388" w:rsidP="00BD3DA4">
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61063B9A" w14:textId="77777777" w:rsidR="008E1388" w:rsidRPr="000264F1" w:rsidRDefault="008E1388" w:rsidP="00BD3DA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="de-DE"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="008E1388" w:rsidRDefault="008E1388" w:rsidP="00BD3DA4">
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                 PRIMATELJ/UPLATITELJ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="472966F9" w14:textId="77777777" w:rsidR="008E1388" w:rsidRPr="000264F1" w:rsidRDefault="008E1388" w:rsidP="00BD3DA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="de-DE"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="008E1388" w:rsidRDefault="008E1388" w:rsidP="00BD3DA4">
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A604B1B" w14:textId="77777777" w:rsidR="008E1388" w:rsidRPr="000264F1" w:rsidRDefault="008E1388" w:rsidP="00BD3DA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="de-DE"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="008E1388" w:rsidRDefault="008E1388" w:rsidP="00BD3DA4">
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B2E0CD1" w14:textId="77777777" w:rsidR="008E1388" w:rsidRPr="000264F1" w:rsidRDefault="008E1388" w:rsidP="00BD3DA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="de-DE"/>
-[...24 lines deleted...]
-          <w:lang w:val="de-DE"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000264F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                       ________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD3DA4" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4"/>
-[...20 lines deleted...]
-    <w:sectPr w:rsidR="003253D6" w:rsidRPr="00574B03" w:rsidSect="00DC2B26">
+    <w:p w14:paraId="30AEAF1A" w14:textId="77777777" w:rsidR="00BD3DA4" w:rsidRPr="000264F1" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00BD3DA4" w:rsidRPr="000264F1" w:rsidSect="00DC2B26">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times-NewRoman">
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000005" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000002" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2B47014C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E912092A"/>
+    <w:lvl w:ilvl="0" w:tplc="E014F444">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F4A34CB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FB56C886"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4547,206 +2897,357 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5D4E3B9E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CCE26FB2"/>
+    <w:lvl w:ilvl="0" w:tplc="E014F444">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="930546341">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="260069576">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="803618792">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="180"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00762444"/>
     <w:rsid w:val="000014DF"/>
     <w:rsid w:val="000126E4"/>
+    <w:rsid w:val="000264F1"/>
+    <w:rsid w:val="00030BB0"/>
     <w:rsid w:val="00051145"/>
     <w:rsid w:val="000717F8"/>
     <w:rsid w:val="00080863"/>
     <w:rsid w:val="00086AAC"/>
     <w:rsid w:val="000A2D34"/>
     <w:rsid w:val="000F1DC2"/>
+    <w:rsid w:val="001348F4"/>
     <w:rsid w:val="001351D2"/>
     <w:rsid w:val="001405C0"/>
+    <w:rsid w:val="001502C7"/>
     <w:rsid w:val="00151BC0"/>
     <w:rsid w:val="00156ACF"/>
     <w:rsid w:val="001666F0"/>
+    <w:rsid w:val="001772FA"/>
     <w:rsid w:val="00201B2E"/>
     <w:rsid w:val="00230570"/>
+    <w:rsid w:val="0024342B"/>
     <w:rsid w:val="0025424C"/>
     <w:rsid w:val="00254393"/>
     <w:rsid w:val="002905B7"/>
+    <w:rsid w:val="002C34A6"/>
+    <w:rsid w:val="002E7734"/>
     <w:rsid w:val="002F1968"/>
     <w:rsid w:val="003109F7"/>
     <w:rsid w:val="003253D6"/>
+    <w:rsid w:val="0036104D"/>
     <w:rsid w:val="0038200C"/>
     <w:rsid w:val="003A4893"/>
     <w:rsid w:val="003A5B63"/>
     <w:rsid w:val="003E1424"/>
+    <w:rsid w:val="003F10A6"/>
     <w:rsid w:val="003F5BF7"/>
     <w:rsid w:val="00415B20"/>
     <w:rsid w:val="004275EB"/>
     <w:rsid w:val="00430DAD"/>
     <w:rsid w:val="004433D4"/>
     <w:rsid w:val="004620F4"/>
     <w:rsid w:val="00462A1F"/>
     <w:rsid w:val="004764D6"/>
     <w:rsid w:val="00482F19"/>
     <w:rsid w:val="004A5DAA"/>
     <w:rsid w:val="00501CA1"/>
     <w:rsid w:val="005675DC"/>
+    <w:rsid w:val="00572B44"/>
     <w:rsid w:val="00574B03"/>
     <w:rsid w:val="00597A2B"/>
+    <w:rsid w:val="005B5877"/>
     <w:rsid w:val="00615D61"/>
     <w:rsid w:val="00630206"/>
     <w:rsid w:val="00633CB7"/>
     <w:rsid w:val="00635C72"/>
     <w:rsid w:val="00682681"/>
+    <w:rsid w:val="006D1446"/>
     <w:rsid w:val="006E24C2"/>
+    <w:rsid w:val="0076050E"/>
     <w:rsid w:val="00762444"/>
     <w:rsid w:val="00775A8F"/>
     <w:rsid w:val="007C202D"/>
     <w:rsid w:val="007C6756"/>
+    <w:rsid w:val="007C6B43"/>
     <w:rsid w:val="00835211"/>
     <w:rsid w:val="00872E8B"/>
     <w:rsid w:val="008E1388"/>
+    <w:rsid w:val="008F0816"/>
     <w:rsid w:val="00900FE4"/>
+    <w:rsid w:val="00913A6C"/>
     <w:rsid w:val="00917CCD"/>
     <w:rsid w:val="00931B3A"/>
+    <w:rsid w:val="009415F1"/>
     <w:rsid w:val="00970E5F"/>
     <w:rsid w:val="00996413"/>
+    <w:rsid w:val="009A3122"/>
     <w:rsid w:val="009D212A"/>
+    <w:rsid w:val="009F3F59"/>
     <w:rsid w:val="00A36F69"/>
     <w:rsid w:val="00AD6790"/>
+    <w:rsid w:val="00AF6E9E"/>
     <w:rsid w:val="00B073A4"/>
+    <w:rsid w:val="00B10D32"/>
     <w:rsid w:val="00B328F1"/>
     <w:rsid w:val="00B47327"/>
+    <w:rsid w:val="00BA5E94"/>
     <w:rsid w:val="00BD39DD"/>
     <w:rsid w:val="00BD3DA4"/>
     <w:rsid w:val="00BF27D8"/>
+    <w:rsid w:val="00C503B8"/>
+    <w:rsid w:val="00C7191F"/>
     <w:rsid w:val="00C727D6"/>
     <w:rsid w:val="00C86AD2"/>
     <w:rsid w:val="00C9575D"/>
     <w:rsid w:val="00CE0A5F"/>
     <w:rsid w:val="00D017BA"/>
+    <w:rsid w:val="00D44BF7"/>
+    <w:rsid w:val="00D45232"/>
     <w:rsid w:val="00D75B46"/>
     <w:rsid w:val="00D9437C"/>
     <w:rsid w:val="00D96BAC"/>
     <w:rsid w:val="00DA2D16"/>
     <w:rsid w:val="00DA6290"/>
     <w:rsid w:val="00DB17B3"/>
     <w:rsid w:val="00DF065D"/>
     <w:rsid w:val="00E37237"/>
     <w:rsid w:val="00E443C6"/>
     <w:rsid w:val="00E51C54"/>
     <w:rsid w:val="00E72C2B"/>
     <w:rsid w:val="00E83A66"/>
     <w:rsid w:val="00EB17E6"/>
     <w:rsid w:val="00EC639E"/>
     <w:rsid w:val="00ED0BAD"/>
     <w:rsid w:val="00EE4F8D"/>
     <w:rsid w:val="00F15392"/>
+    <w:rsid w:val="00F35216"/>
     <w:rsid w:val="00F77548"/>
     <w:rsid w:val="00FC1D27"/>
     <w:rsid w:val="00FC5428"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hr-HR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="752BCB5C"/>
+  <w14:docId w14:val="1F92CB57"/>
   <w15:docId w15:val="{81B74DE1-5AB3-4846-9B36-32C864213970}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="hr-HR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5074,50 +3575,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00762444"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-GB" w:eastAsia="hr-HR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Zadanifontodlomka">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Obinatablica">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -5136,55 +3642,66 @@
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="T-98-2">
     <w:name w:val="T-9/8-2"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00762444"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="2153"/>
       </w:tabs>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="43"/>
       <w:ind w:firstLine="342"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times-NewRoman" w:hAnsi="Times-NewRoman"/>
       <w:sz w:val="19"/>
       <w:lang w:val="hr-HR"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Odlomakpopisa">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D45232"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -5452,67 +3969,67 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{42C369FD-4F73-4F36-A75D-02368B13E0F3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3363</Characters>
+  <Pages>2</Pages>
+  <Words>635</Words>
+  <Characters>3625</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>30</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Naslov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3946</CharactersWithSpaces>
+  <CharactersWithSpaces>4252</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Miroslav</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>