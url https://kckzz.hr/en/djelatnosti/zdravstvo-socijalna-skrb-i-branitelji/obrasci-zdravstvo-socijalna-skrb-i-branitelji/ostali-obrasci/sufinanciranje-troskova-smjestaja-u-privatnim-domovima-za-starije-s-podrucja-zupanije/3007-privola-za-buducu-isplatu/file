--- v0 (2025-10-31)
+++ v1 (2025-12-15)
@@ -1,1137 +1,1042 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-162" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4320"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007A4835" w:rsidRPr="001E3830" w:rsidTr="00DA1790">
+      <w:tr w:rsidR="007A4835" w:rsidRPr="001E3830" w14:paraId="43EFEC7A" w14:textId="77777777" w:rsidTr="00DA1790">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007A4835" w:rsidRDefault="007A4835" w:rsidP="00DA1790">
-[...46 lines deleted...]
-          <w:p w:rsidR="007A4835" w:rsidRPr="001E3830" w:rsidRDefault="007A4835" w:rsidP="00DA1790">
+          <w:p w14:paraId="43A8F5F1" w14:textId="25B67FF4" w:rsidR="007A4835" w:rsidRPr="001E3830" w:rsidRDefault="007A4835" w:rsidP="00DA1790">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001E3830">
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Svijetlatablicareetke1-isticanje2"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1490"/>
+        <w:gridCol w:w="7572"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A66C42" w14:paraId="14D010C0" w14:textId="77777777" w:rsidTr="00A66C42">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="1448"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="822" w:type="pct"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53D371CE" w14:textId="1406E7EF" w:rsidR="00A66C42" w:rsidRDefault="00A66C42">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="hr-HR" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>REPUBLIKA HRVATSKA</w:t>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk214603277"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="72EEF254" wp14:editId="5106FC39">
+                  <wp:extent cx="807720" cy="896620"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="1938606658" name="Slika 1" descr="Slika na kojoj se prikazuje simbol, emblem, logotip, grb&#10;&#10;Opis je automatski generiran"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Slika 4" descr="Slika na kojoj se prikazuje simbol, emblem, logotip, grb&#10;&#10;Opis je automatski generiran"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId5">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="807720" cy="896620"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4178" w:type="pct"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71C1DE40" w14:textId="77777777" w:rsidR="00A66C42" w:rsidRPr="00A66C42" w:rsidRDefault="00A66C42">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A66C42">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>KOPRIVNIČKO-KRIŽEVAČKA ŽUPANIJA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3578251A" w14:textId="77777777" w:rsidR="00A66C42" w:rsidRDefault="00A66C42">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Upravni odjel za obrazovanje, zdravstvo, socijalnu skrb i hrvatske branitelje</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Ulica Antuna Nemčića 5, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D3426FE" w14:textId="77777777" w:rsidR="00A66C42" w:rsidRDefault="00A66C42">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>48000 Koprivnica</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34C8C23B" w14:textId="77777777" w:rsidR="00A66C42" w:rsidRDefault="00A66C42">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tel: 048/658-225, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId6" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="Hiperveza"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:color w:val="0563C1"/>
+                  <w:lang w:eastAsia="zh-CN"/>
+                </w:rPr>
+                <w:t>pisarnica@kckzz.hr</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="0"/>
       </w:tr>
-      <w:tr w:rsidR="007A4835" w:rsidRPr="001E3830" w:rsidTr="00DA1790">
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-162" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4320"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007A4835" w:rsidRPr="002C206F" w14:paraId="01F16551" w14:textId="77777777" w:rsidTr="00A66C42">
         <w:trPr>
           <w:trHeight w:val="812"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007A4835" w:rsidRPr="001E3830" w:rsidRDefault="007A4835" w:rsidP="00DA1790">
-[...16 lines deleted...]
-          <w:p w:rsidR="007A4835" w:rsidRPr="001E3830" w:rsidRDefault="007A4835" w:rsidP="00DA1790">
+          <w:p w14:paraId="2080A2C7" w14:textId="65576D69" w:rsidR="007A4835" w:rsidRPr="002C206F" w:rsidRDefault="007A4835" w:rsidP="00DA1790">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
+                <w:lang w:val="hr-HR"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...32 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007A4835" w:rsidRDefault="007A4835" w:rsidP="007A4835"/>
-    <w:p w:rsidR="007A4835" w:rsidRPr="007503CA" w:rsidRDefault="007A4835" w:rsidP="007A4835">
+    <w:p w14:paraId="24C890AC" w14:textId="77777777" w:rsidR="007A4835" w:rsidRPr="002C206F" w:rsidRDefault="007A4835" w:rsidP="007A4835">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D62CB76" w14:textId="77777777" w:rsidR="007A4835" w:rsidRPr="00A66C42" w:rsidRDefault="007A4835" w:rsidP="007A4835">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="007A4835" w:rsidRPr="007503CA" w:rsidRDefault="007A4835" w:rsidP="007A4835">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A66C42">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>ZAHTJEV/SUGLASNOST</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12244875" w14:textId="77777777" w:rsidR="007A4835" w:rsidRPr="00A66C42" w:rsidRDefault="007A4835" w:rsidP="007A4835">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...37 lines deleted...]
-        <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005752CC">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A66C42">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...57 lines deleted...]
-    <w:p w:rsidR="007A4835" w:rsidRPr="003B0FF7" w:rsidRDefault="007A4835" w:rsidP="007A4835">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>ZA ISPLATU NOVČANE POMOĆI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14FC7B23" w14:textId="77777777" w:rsidR="007A4835" w:rsidRPr="002C206F" w:rsidRDefault="007A4835" w:rsidP="007A4835">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="350C9DE5" w14:textId="77777777" w:rsidR="007A4835" w:rsidRPr="002C206F" w:rsidRDefault="007A4835" w:rsidP="007A4835">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40122C2A" w14:textId="77777777" w:rsidR="007A4835" w:rsidRPr="002C206F" w:rsidRDefault="007A4835" w:rsidP="007A4835">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14351629" w14:textId="2255CB14" w:rsidR="007A4835" w:rsidRPr="00A66C42" w:rsidRDefault="007A4835" w:rsidP="007A4835">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A66C42">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>PREZIME I IME</w:t>
+      </w:r>
+      <w:r w:rsidR="00A66C42">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A66C42">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A66C42">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A66C42">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A66C42">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="539FE0A2" w14:textId="77777777" w:rsidR="007A4835" w:rsidRPr="00A66C42" w:rsidRDefault="007A4835" w:rsidP="007A4835">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37799A77" w14:textId="505C89B8" w:rsidR="007A4835" w:rsidRPr="00A66C42" w:rsidRDefault="007A4835" w:rsidP="007A4835">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A66C42">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>PREBIVALIŠTE</w:t>
+      </w:r>
+      <w:r w:rsidR="00A66C42">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A66C42">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A66C42">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A66C42">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>___________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A66C42">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F27AB7C" w14:textId="77777777" w:rsidR="007A4835" w:rsidRPr="00A66C42" w:rsidRDefault="007A4835" w:rsidP="007A4835">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FEA8F3C" w14:textId="19297E12" w:rsidR="007A4835" w:rsidRPr="00A66C42" w:rsidRDefault="007A4835" w:rsidP="007A4835">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A66C42">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>OIB</w:t>
+      </w:r>
+      <w:r w:rsidR="00A66C42">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A66C42">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A66C42">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2485CCD0" w14:textId="77777777" w:rsidR="007A4835" w:rsidRPr="002C206F" w:rsidRDefault="007A4835" w:rsidP="007A4835">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="007A4835" w:rsidRPr="003B0FF7" w:rsidRDefault="007A4835" w:rsidP="007A4835">
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D5DD2E5" w14:textId="77777777" w:rsidR="00A66C42" w:rsidRDefault="00A66C42" w:rsidP="007A4835">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="418B54F5" w14:textId="5233BB5B" w:rsidR="00A66C42" w:rsidRPr="00A66C42" w:rsidRDefault="007A4835" w:rsidP="00A66C42">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C206F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ovim putem podnosim zahtjev i dajem suglasnost Upravnom odjelu za </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66C42">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">obrazovanje, zdravstvo, socijalnu skrb i hrvatske branitelje </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C206F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>Koprivničko-križevačke županije</w:t>
+      </w:r>
+      <w:r w:rsidR="00A66C42">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C206F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da se novčana po</w:t>
+      </w:r>
+      <w:r w:rsidR="004856DB" w:rsidRPr="002C206F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">moć za sufinanciranje smještaja isplaćuje na račun _____________________________ </w:t>
+      </w:r>
+      <w:r w:rsidR="004856DB" w:rsidRPr="00A66C42">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>(ime i prezime</w:t>
+      </w:r>
+      <w:r w:rsidR="00A66C42" w:rsidRPr="00A66C42">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vlasnika računa</w:t>
+      </w:r>
+      <w:r w:rsidR="004856DB" w:rsidRPr="00A66C42">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00903ECF" w:rsidRPr="002C206F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="002535C8" w:rsidRPr="002C206F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00903ECF" w:rsidRPr="002C206F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>broj računa</w:t>
+      </w:r>
+      <w:r w:rsidR="00A66C42">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A66C42">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(IBAN). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55EC202B" w14:textId="77777777" w:rsidR="00A66C42" w:rsidRDefault="00A66C42" w:rsidP="00A66C42">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="782840F5" w14:textId="77777777" w:rsidR="00A66C42" w:rsidRDefault="00A66C42" w:rsidP="00A66C42">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2611FCAF" w14:textId="77777777" w:rsidR="007A4835" w:rsidRPr="002C206F" w:rsidRDefault="007A4835" w:rsidP="007A4835">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B179EAB" w14:textId="77777777" w:rsidR="007A4835" w:rsidRPr="002C206F" w:rsidRDefault="007A4835" w:rsidP="007A4835">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="742EB878" w14:textId="108B3D52" w:rsidR="007A4835" w:rsidRPr="002C206F" w:rsidRDefault="007A4835" w:rsidP="007A4835">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C206F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>U ___________</w:t>
+      </w:r>
+      <w:r w:rsidR="006041E9" w:rsidRPr="002C206F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>____________, dana  _______ 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A66C42">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C206F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F67D632" w14:textId="77777777" w:rsidR="007A4835" w:rsidRPr="002C206F" w:rsidRDefault="007A4835" w:rsidP="007A4835">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D9106B9" w14:textId="77777777" w:rsidR="007A4835" w:rsidRPr="002C206F" w:rsidRDefault="007A4835" w:rsidP="007A4835">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22F4B542" w14:textId="77777777" w:rsidR="00A66C42" w:rsidRDefault="007A4835" w:rsidP="007A4835">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C206F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FBB906C" w14:textId="1BF1B68B" w:rsidR="007A4835" w:rsidRPr="002C206F" w:rsidRDefault="007A4835" w:rsidP="00A66C42">
+      <w:pPr>
+        <w:ind w:left="4956" w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C206F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   POTPIS KORISNIKA</w:t>
+      </w:r>
+      <w:r w:rsidR="00A66C42">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29A02EF7" w14:textId="77777777" w:rsidR="007A4835" w:rsidRPr="003B0FF7" w:rsidRDefault="007A4835" w:rsidP="007A4835">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01368842" w14:textId="77777777" w:rsidR="007A4835" w:rsidRPr="003B0FF7" w:rsidRDefault="007A4835" w:rsidP="007A4835">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="003B0FF7">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Ovim</w:t>
-[...636 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">                                                                                        ________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A4835" w:rsidRPr="003B0FF7" w:rsidRDefault="007A4835" w:rsidP="007A4835">
-[...7 lines deleted...]
-    <w:p w:rsidR="007503CA" w:rsidRPr="003B0FF7" w:rsidRDefault="007503CA">
+    <w:p w14:paraId="24160D3E" w14:textId="77777777" w:rsidR="007A4835" w:rsidRPr="003B0FF7" w:rsidRDefault="007A4835" w:rsidP="007A4835">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D06BF04" w14:textId="77777777" w:rsidR="007503CA" w:rsidRPr="003B0FF7" w:rsidRDefault="007503CA">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007503CA" w:rsidRPr="003B0FF7" w:rsidSect="000A1EC6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
-[...5 lines deleted...]
-    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007503CA"/>
     <w:rsid w:val="000A1EC6"/>
     <w:rsid w:val="0013565F"/>
+    <w:rsid w:val="002535C8"/>
+    <w:rsid w:val="002C206F"/>
     <w:rsid w:val="002C6B51"/>
     <w:rsid w:val="003B0FF7"/>
     <w:rsid w:val="003E5D4B"/>
     <w:rsid w:val="00442F4A"/>
     <w:rsid w:val="0044555E"/>
+    <w:rsid w:val="004856DB"/>
     <w:rsid w:val="0053606D"/>
     <w:rsid w:val="005752CC"/>
+    <w:rsid w:val="005D7B7C"/>
     <w:rsid w:val="0060217A"/>
+    <w:rsid w:val="006041E9"/>
     <w:rsid w:val="00695FC1"/>
+    <w:rsid w:val="006E3FC8"/>
     <w:rsid w:val="007503CA"/>
     <w:rsid w:val="007A4835"/>
-    <w:rsid w:val="00861F60"/>
     <w:rsid w:val="00874DD3"/>
+    <w:rsid w:val="008F0816"/>
+    <w:rsid w:val="00903ECF"/>
     <w:rsid w:val="00905694"/>
     <w:rsid w:val="009E3FD7"/>
+    <w:rsid w:val="00A66C42"/>
+    <w:rsid w:val="00A811B6"/>
     <w:rsid w:val="00B00920"/>
     <w:rsid w:val="00B04617"/>
     <w:rsid w:val="00D07D52"/>
     <w:rsid w:val="00D37F74"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hr-HR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="34425D0A"/>
+  <w14:docId w14:val="6B567024"/>
   <w15:docId w15:val="{1F6FD0CA-D650-4C4D-BC6F-314873DA11B5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="hr-HR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1459,105 +1364,237 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="007503CA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="hr-HR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Zadanifontodlomka">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Obinatablica">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezpopisa">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="table" w:styleId="Svijetlatablicareetke1-isticanje6">
+    <w:name w:val="Grid Table 1 Light Accent 6"/>
+    <w:basedOn w:val="Obinatablica"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="00A66C42"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="nil"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="66"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="66"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="66"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="66"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="66"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="66"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hiperveza">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A66C42"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Svijetlatablicareetke1-isticanje2">
+    <w:name w:val="Grid Table 1 Light Accent 3"/>
+    <w:basedOn w:val="Obinatablica"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="00A66C42"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="D6E3BC" w:themeColor="accent3" w:themeTint="66"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="D6E3BC" w:themeColor="accent3" w:themeTint="66"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D6E3BC" w:themeColor="accent3" w:themeTint="66"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="D6E3BC" w:themeColor="accent3" w:themeTint="66"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D6E3BC" w:themeColor="accent3" w:themeTint="66"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D6E3BC" w:themeColor="accent3" w:themeTint="66"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pisarnica@kckzz.hr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1808,78 +1845,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8CA6030-94C9-429B-AAEF-9C5B61EDA87C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{78233A5A-0440-4DFF-82B4-B845854AF505}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>141</Words>
-  <Characters>809</Characters>
+  <Words>155</Words>
+  <Characters>888</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>7</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Naslov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>949</CharactersWithSpaces>
+  <CharactersWithSpaces>1041</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Windows korisnik</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>