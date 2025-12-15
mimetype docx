--- v0 (2025-10-31)
+++ v1 (2025-12-15)
@@ -1,542 +1,485 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="001351D2" w:rsidRPr="00CC0CD4" w:rsidRDefault="00762444" w:rsidP="001351D2">
+    <w:p w14:paraId="1FA7C967" w14:textId="1E0BE5F2" w:rsidR="001351D2" w:rsidRPr="00CC0CD4" w:rsidRDefault="00762444" w:rsidP="001351D2">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC0CD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="001351D2" w:rsidRPr="00CC0CD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">     </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="001351D2" w:rsidRPr="00E567DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Koprivničko-križevačka županija</w:t>
+      </w:r>
+      <w:r w:rsidR="001351D2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Koprivnica, Antuna</w:t>
+      </w:r>
       <w:r w:rsidR="001351D2" w:rsidRPr="00CC0CD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Koprivničko-kri</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001351D2" w:rsidRPr="00CC0CD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nemčića</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001351D2" w:rsidRPr="00CC0CD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001351D2" w:rsidRPr="00CC0CD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>koju</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001351D2" w:rsidRPr="00CC0CD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001351D2" w:rsidRPr="00CC0CD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zastupa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001351D2" w:rsidRPr="00CC0CD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001351D2" w:rsidRPr="00CC0CD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>župan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001351D2" w:rsidRPr="00CC0CD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000311C3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tomislav Golubić</w:t>
+      </w:r>
+      <w:r w:rsidR="001351D2" w:rsidRPr="00CC0CD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (u </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001351D2" w:rsidRPr="00CC0CD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>daljnem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001351D2" w:rsidRPr="00CC0CD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001351D2">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ževačka</w:t>
+        <w:t>tekstu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001351D2">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...184 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">: Županija) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00762444" w:rsidRPr="00CC0CD4" w:rsidRDefault="00762444" w:rsidP="00762444">
+    <w:p w14:paraId="02E64A5D" w14:textId="77777777" w:rsidR="00762444" w:rsidRPr="00CC0CD4" w:rsidRDefault="00762444" w:rsidP="00762444">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00762444" w:rsidRPr="00880E49" w:rsidRDefault="00762444" w:rsidP="00762444">
+    <w:p w14:paraId="1335B0A9" w14:textId="3F2EBABE" w:rsidR="00E567DB" w:rsidRPr="00880E49" w:rsidRDefault="00E567DB" w:rsidP="00A17DF2">
+      <w:pPr>
+        <w:spacing w:line="300" w:lineRule="exact"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00880E49">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E8C7000" w14:textId="77777777" w:rsidR="00A17DF2" w:rsidRPr="00A17DF2" w:rsidRDefault="00E567DB" w:rsidP="00A17DF2">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00880E49">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">       i</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00762444" w:rsidRPr="00156ACF" w:rsidRDefault="00762444" w:rsidP="00762444">
+    <w:p w14:paraId="4CB19527" w14:textId="0ABE3CCA" w:rsidR="00A17DF2" w:rsidRPr="00A17DF2" w:rsidRDefault="00A17DF2" w:rsidP="00A17DF2">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00156ACF">
-[...116 lines deleted...]
-        <w:t>: Korisnik)</w:t>
+      <w:r w:rsidRPr="00A17DF2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>____________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A17DF2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A17DF2">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>(ime i prezime)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A17DF2">
+        <w:rPr>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A17DF2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>iz __________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A17DF2">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>(adresa prebivališta)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A17DF2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>, smješten u ___________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A17DF2">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>(naziv ustanove)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A17DF2">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A17DF2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>korisnik novčane pomoći za sufinanciranje smještaja (u daljnjem tekstu: Korisnik)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00762444" w:rsidRPr="00880E49" w:rsidRDefault="00762444" w:rsidP="00762444">
+    <w:p w14:paraId="3EB61F59" w14:textId="53B3DB40" w:rsidR="00762444" w:rsidRDefault="00762444" w:rsidP="00A17DF2">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00762444" w:rsidRDefault="001405C0" w:rsidP="00762444">
+    <w:p w14:paraId="612AA6F4" w14:textId="77777777" w:rsidR="00E567DB" w:rsidRPr="00880E49" w:rsidRDefault="00E567DB" w:rsidP="00762444">
+      <w:pPr>
+        <w:spacing w:line="300" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BDD79C3" w14:textId="77777777" w:rsidR="00762444" w:rsidRPr="00E567DB" w:rsidRDefault="001405C0" w:rsidP="00762444">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="6804"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:left="357"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E567DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>UGOVOR O MEĐUSOBNIM ODNOSIMA OKO SUFINANCIRANJA</w:t>
       </w:r>
-      <w:r w:rsidR="00762444" w:rsidRPr="001555D5">
-[...16 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00762444" w:rsidRPr="00E567DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> TROŠKOVA </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC5428" w:rsidRPr="00E567DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>SMJEŠTAJA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00762444" w:rsidRPr="00880E49" w:rsidRDefault="00762444" w:rsidP="00762444">
+    <w:p w14:paraId="2A952547" w14:textId="77777777" w:rsidR="00762444" w:rsidRPr="00880E49" w:rsidRDefault="00762444" w:rsidP="00762444">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00762444" w:rsidRPr="00880E49" w:rsidRDefault="00762444" w:rsidP="00762444">
+    <w:p w14:paraId="36C3DCF3" w14:textId="77777777" w:rsidR="00762444" w:rsidRPr="00E567DB" w:rsidRDefault="00762444" w:rsidP="00762444">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E567DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>I.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00086AAC" w:rsidRPr="00880E49" w:rsidRDefault="00762444" w:rsidP="00762444">
+    <w:p w14:paraId="13002D0C" w14:textId="77777777" w:rsidR="00086AAC" w:rsidRDefault="00762444" w:rsidP="00762444">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="6804"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00880E49">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Predmet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00880E49">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
@@ -727,1163 +670,1351 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00931B3A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00931B3A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>svrhu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00931B3A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00762444" w:rsidRPr="00880E49" w:rsidRDefault="00762444" w:rsidP="00762444">
-[...17 lines deleted...]
-    <w:p w:rsidR="00254393" w:rsidRDefault="000126E4" w:rsidP="00254393">
+    <w:p w14:paraId="3E53E641" w14:textId="77777777" w:rsidR="00E567DB" w:rsidRPr="00880E49" w:rsidRDefault="00E567DB" w:rsidP="00762444">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="6804"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...355 lines deleted...]
-      </w:r>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00254393" w:rsidRPr="00535F55" w:rsidRDefault="00254393" w:rsidP="00254393">
+    <w:p w14:paraId="08CCE5E0" w14:textId="77777777" w:rsidR="00762444" w:rsidRPr="00E567DB" w:rsidRDefault="00762444" w:rsidP="00762444">
+      <w:pPr>
+        <w:spacing w:line="300" w:lineRule="exact"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E567DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                         II.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="379B84EA" w14:textId="77777777" w:rsidR="00254393" w:rsidRDefault="000126E4" w:rsidP="00254393">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="6804"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...37 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D1A3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ugovorne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D1A3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D1A3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>strane</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D1A3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D1A3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>su</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D1A3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D1A3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>suglasne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D1A3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da se </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D1A3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ovaj</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D1A3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D1A3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ugovor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D1A3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D1A3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zaključuje</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D1A3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D1A3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D1A3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D1A3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>temelju</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D1A3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001405C0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Odluke</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001405C0" w:rsidRPr="00C87DE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001405C0" w:rsidRPr="00C87DE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sufinanciranju</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001405C0" w:rsidRPr="00C87DE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001405C0" w:rsidRPr="00C87DE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>troškova</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001405C0" w:rsidRPr="00C87DE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001405C0" w:rsidRPr="00C87DE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>smještaja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001405C0" w:rsidRPr="00C87DE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> u </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001405C0" w:rsidRPr="00C87DE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>domove</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001405C0" w:rsidRPr="00C87DE6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> za </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...322 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="001405C0" w:rsidRPr="00C87DE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>starije</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001405C0" w:rsidRPr="00C87DE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001405C0" w:rsidRPr="00C87DE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001405C0" w:rsidRPr="00C87DE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001405C0" w:rsidRPr="00C87DE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nemoćne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001405C0" w:rsidRPr="00C87DE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001405C0" w:rsidRPr="00C87DE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>osobe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001405C0" w:rsidRPr="00C87DE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D1A3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>("</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D1A3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Službeni</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D1A3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D1A3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>glasnik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D1A3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D1A3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Koprivničko</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-kr</w:t>
       </w:r>
       <w:r w:rsidR="0038200C">
         <w:rPr>
-          <w:b/>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iževačke</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0038200C">
         <w:rPr>
-          <w:b/>
-[...164 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0038200C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>županije</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0038200C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0038200C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>broj</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0038200C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10/18</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0BAD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00ED0BAD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00ED0BAD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18/19</w:t>
+      </w:r>
+      <w:r w:rsidR="00931B3A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00254393">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC5428" w:rsidRPr="00931B3A" w:rsidRDefault="00FC5428" w:rsidP="00931B3A">
+    <w:p w14:paraId="09D52B11" w14:textId="195AC04B" w:rsidR="00FC5428" w:rsidRPr="00E567DB" w:rsidRDefault="00254393" w:rsidP="00931B3A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="6804"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Korisnik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> je </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>podnio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zahtjev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> za </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>odobravanje</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>novčane</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pomoći</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> za </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sufinanciranje</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>smještaja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>koja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mu je </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>odobrena</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>suglasio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se da se </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ona</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>isplaćuje</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>žiro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>račun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Doma, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>te</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>radi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pojednostavljenja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>postupka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00996413">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Županija </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00996413">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00996413">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dom </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00996413">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>prikupljaju</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00996413">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>koriste</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0038200C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0038200C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0038200C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>razmjenjuj</w:t>
+      </w:r>
+      <w:r w:rsidR="00996413">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00996413">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>njegove</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>osobne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>podatke</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>neophodne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> za </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dodjelu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>isplatu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>novčane</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pomoći</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00762444" w:rsidRPr="00880E49" w:rsidRDefault="000126E4" w:rsidP="00762444">
+    <w:p w14:paraId="51E1D19D" w14:textId="5C9D4B33" w:rsidR="00762444" w:rsidRPr="00880E49" w:rsidRDefault="000126E4" w:rsidP="00762444">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D1A3C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                             </w:t>
+        <w:t xml:space="preserve">                                                           </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00762444" w:rsidRPr="00880E49" w:rsidRDefault="00762444" w:rsidP="00762444">
+    <w:p w14:paraId="5F3354D7" w14:textId="77777777" w:rsidR="00762444" w:rsidRPr="00E567DB" w:rsidRDefault="00762444" w:rsidP="00762444">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E567DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                         III.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F5BF7" w:rsidRDefault="00835211" w:rsidP="009D212A">
+    <w:p w14:paraId="4F4AB005" w14:textId="77777777" w:rsidR="003F5BF7" w:rsidRDefault="00835211" w:rsidP="009D212A">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Korisnik se </w:t>
       </w:r>
       <w:r w:rsidR="00FC5428">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>obvezuje</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="003F5BF7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB17E6" w:rsidRDefault="00B073A4" w:rsidP="009D212A">
+    <w:p w14:paraId="7F4F8994" w14:textId="22856D99" w:rsidR="00EB17E6" w:rsidRDefault="00B073A4" w:rsidP="009D212A">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
-        <w:t xml:space="preserve">-obavijestiti </w:t>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00E567DB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">obavijestiti </w:t>
       </w:r>
       <w:r w:rsidR="00835211">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve">Županiju </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>o svako</w:t>
       </w:r>
       <w:r w:rsidR="00835211">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve">j promjeni koja utječe na ostvarivanje, visinu ili prekid </w:t>
       </w:r>
       <w:r w:rsidR="00EB17E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>novčane pomoći najkasnije</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> tri dana od nastanka promjene,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00835211" w:rsidRDefault="00835211" w:rsidP="009D212A">
+    <w:p w14:paraId="295DE3D6" w14:textId="73CA3DE0" w:rsidR="00835211" w:rsidRDefault="00835211" w:rsidP="009D212A">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
-        <w:t>-u</w:t>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00E567DB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="0038200C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> sluč</w:t>
       </w:r>
       <w:r w:rsidR="003109F7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>aju potrebe i u</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve">koliko se to od njega </w:t>
       </w:r>
@@ -1898,51 +2029,51 @@
       <w:r w:rsidR="006E24C2">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> potrebnu za isplatu novčane</w:t>
       </w:r>
       <w:r w:rsidR="003109F7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> pomoći</w:t>
       </w:r>
       <w:r w:rsidR="0038200C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00762444" w:rsidRPr="00597A2B" w:rsidRDefault="00EB17E6" w:rsidP="009D212A">
+    <w:p w14:paraId="11FA3FF8" w14:textId="27CA9A12" w:rsidR="00762444" w:rsidRPr="00597A2B" w:rsidRDefault="00EB17E6" w:rsidP="009D212A">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="003F5BF7" w:rsidRPr="00597A2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -1953,763 +2084,814 @@
         </w:rPr>
         <w:t xml:space="preserve">u ispunjavanju obaveza </w:t>
       </w:r>
       <w:r w:rsidR="003109F7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>iz alineje 2 i 3</w:t>
       </w:r>
       <w:r w:rsidR="00FC1D27">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve">. ove točke </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
-        <w:t>služiti se točnim i istinitim podacima</w:t>
+        <w:t>služiti se točnim i istinitim poda</w:t>
+      </w:r>
+      <w:r w:rsidR="00E567DB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t>cima</w:t>
       </w:r>
       <w:r w:rsidR="00FC1D27">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00762444" w:rsidRDefault="003F5BF7" w:rsidP="003F5BF7">
+    <w:p w14:paraId="4874BB8D" w14:textId="77777777" w:rsidR="00762444" w:rsidRDefault="003F5BF7" w:rsidP="003F5BF7">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00762444">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00762444" w:rsidRPr="00880E49" w:rsidRDefault="00762444" w:rsidP="00762444">
+    <w:p w14:paraId="414BDB60" w14:textId="77777777" w:rsidR="00762444" w:rsidRPr="00E567DB" w:rsidRDefault="00762444" w:rsidP="00762444">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...21 lines deleted...]
-        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E567DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="hr-HR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                             </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB17B3" w:rsidRPr="00E567DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E567DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>V.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001666F0" w:rsidRDefault="00BD3DA4" w:rsidP="00762444">
+    <w:p w14:paraId="162BD2D6" w14:textId="77777777" w:rsidR="001666F0" w:rsidRDefault="00BD3DA4" w:rsidP="00762444">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006E24C2">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>Županija se obvezuje</w:t>
       </w:r>
       <w:r w:rsidR="00FC1D27">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003109F7" w:rsidRDefault="003109F7" w:rsidP="00762444">
+    <w:p w14:paraId="2A4410DE" w14:textId="77777777" w:rsidR="003109F7" w:rsidRDefault="003109F7" w:rsidP="00762444">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>-pružati korisniku stručnu pomoć oko sufinanciranj</w:t>
       </w:r>
       <w:r w:rsidR="00F15392">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> troškova smještaja</w:t>
       </w:r>
       <w:r w:rsidR="00F15392">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve"> i isplate novčane pomoći,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15392" w:rsidRDefault="00FC1D27" w:rsidP="00762444">
+    <w:p w14:paraId="1047E62C" w14:textId="77777777" w:rsidR="00F15392" w:rsidRDefault="00FC1D27" w:rsidP="00762444">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="003109F7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve">informacije i dokumentaciju potrebnu za isplatu novčane naknade Korisniku pokušati pribaviti </w:t>
       </w:r>
       <w:r w:rsidR="00F15392">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>po službenoj dužnosti, a tek ukoliko ih ne uspije pribaviti na taj način, zatražiti to od korisnika,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00762444" w:rsidRPr="00DF065D" w:rsidRDefault="00156ACF" w:rsidP="00F15392">
+    <w:p w14:paraId="3155F170" w14:textId="77777777" w:rsidR="00762444" w:rsidRPr="00DF065D" w:rsidRDefault="00156ACF" w:rsidP="00F15392">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t>-novčanu pomoć prav</w:t>
       </w:r>
       <w:r w:rsidR="00F15392">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
         <w:t xml:space="preserve">ovremeno uplaćivati na žiro račun Doma. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD3DA4" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
+    <w:p w14:paraId="777B0FA6" w14:textId="77777777" w:rsidR="00E567DB" w:rsidRDefault="00E567DB" w:rsidP="00BD3DA4">
       <w:pPr>
         <w:pStyle w:val="T-98-2"/>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD3DA4" w:rsidRDefault="00970E5F" w:rsidP="00BD3DA4">
+    <w:p w14:paraId="27BDC36B" w14:textId="77777777" w:rsidR="00E567DB" w:rsidRDefault="00E567DB" w:rsidP="00BD3DA4">
+      <w:pPr>
+        <w:pStyle w:val="T-98-2"/>
+        <w:spacing w:line="300" w:lineRule="exact"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="698B2C73" w14:textId="77777777" w:rsidR="00E567DB" w:rsidRDefault="00E567DB" w:rsidP="00BD3DA4">
+      <w:pPr>
+        <w:pStyle w:val="T-98-2"/>
+        <w:spacing w:line="300" w:lineRule="exact"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58D6C589" w14:textId="77777777" w:rsidR="00BD3DA4" w:rsidRPr="00E567DB" w:rsidRDefault="00970E5F" w:rsidP="00BD3DA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E567DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidR="00BD3DA4">
-        <w:rPr>
+      <w:r w:rsidR="00BD3DA4" w:rsidRPr="00E567DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD3DA4" w:rsidRPr="00880E49" w:rsidRDefault="00156ACF" w:rsidP="00970E5F">
+    <w:p w14:paraId="4264EBCA" w14:textId="77777777" w:rsidR="00BD3DA4" w:rsidRPr="00880E49" w:rsidRDefault="00156ACF" w:rsidP="00970E5F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-        <w:t>koji</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Korisnik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> koji je </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>temelju</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>neistinitih</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>netočnih</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>podataka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> za </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>koje</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> je </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>znao</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ili</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>morao</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>znati</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ostvarivao</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>novčanu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pomoć</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ili</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nije</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>prijavio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>promjenu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>koja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>utječe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>na</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
-[...77 lines deleted...]
-        <w:t>koje</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>prestanak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ili</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>visinu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>novčane</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pomoći</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dužan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> je </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>znao</w:t>
-[...318 lines deleted...]
-        </w:rPr>
         <w:t>Županiji</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vratiti</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -2741,79 +2923,83 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sredstva</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD3DA4" w:rsidRPr="00880E49" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
+    <w:p w14:paraId="34B6881D" w14:textId="77777777" w:rsidR="00BD3DA4" w:rsidRPr="00880E49" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E83A66" w:rsidRDefault="00E83A66" w:rsidP="00156ACF">
+    <w:p w14:paraId="5990914E" w14:textId="77777777" w:rsidR="00E83A66" w:rsidRPr="00E567DB" w:rsidRDefault="00E83A66" w:rsidP="00156ACF">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E567DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>VI.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00156ACF" w:rsidRPr="00880E49" w:rsidRDefault="00156ACF" w:rsidP="00156ACF">
+    <w:p w14:paraId="1A235633" w14:textId="77777777" w:rsidR="00156ACF" w:rsidRPr="00880E49" w:rsidRDefault="00156ACF" w:rsidP="00156ACF">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ugovorne</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2844,60 +3030,58 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>suglasne</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> da </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>će</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sve</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
@@ -3118,91 +3302,99 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> u </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Koprivnici</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E83A66" w:rsidRDefault="00E83A66" w:rsidP="00BD3DA4">
+    <w:p w14:paraId="58AE957A" w14:textId="77777777" w:rsidR="00E83A66" w:rsidRDefault="00E83A66" w:rsidP="00BD3DA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD3DA4" w:rsidRPr="00880E49" w:rsidRDefault="00C9575D" w:rsidP="00156ACF">
+    <w:p w14:paraId="3CA956F1" w14:textId="77777777" w:rsidR="00BD3DA4" w:rsidRPr="00E567DB" w:rsidRDefault="00C9575D" w:rsidP="00156ACF">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E567DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidR="00156ACF">
-        <w:rPr>
+      <w:r w:rsidR="00156ACF" w:rsidRPr="00E567DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>II</w:t>
       </w:r>
-      <w:r w:rsidR="00BD3DA4">
-        <w:rPr>
+      <w:r w:rsidR="00BD3DA4" w:rsidRPr="00E567DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD3DA4" w:rsidRPr="00880E49" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
+    <w:p w14:paraId="47792B6D" w14:textId="47145D53" w:rsidR="00BD3DA4" w:rsidRPr="00880E49" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ovaj</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -3238,158 +3430,140 @@
         <w:t xml:space="preserve"> se </w:t>
       </w:r>
       <w:r w:rsidR="00900FE4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">u </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00900FE4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>četiri</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00900FE4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (4</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00880E49">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">)  </w:t>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00880E49">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>primjeraka</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00880E49">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> od </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00880E49">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>od</w:t>
+        <w:t>kojih</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00880E49">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00900FE4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Županija </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00900FE4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>zadržava</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00900FE4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> tri (3), a Korisnik </w:t>
+        <w:t xml:space="preserve"> tri (3), a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00900FE4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>jedan</w:t>
+        <w:t>Korisnik</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00900FE4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (1).</w:t>
+        <w:t xml:space="preserve"> jedan (1).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD3DA4" w:rsidRPr="00880E49" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
+    <w:p w14:paraId="0E83C034" w14:textId="77777777" w:rsidR="00BD3DA4" w:rsidRPr="00880E49" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD3DA4" w:rsidRPr="00BD3DA4" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
+    <w:p w14:paraId="6F7148EE" w14:textId="77777777" w:rsidR="00BD3DA4" w:rsidRPr="00BD3DA4" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>KLASA:</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB224C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CB224C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3397,51 +3571,51 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BD3DA4">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">       KLASA: </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD3DA4">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>550-01/18-01/4</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD3DA4" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
+    <w:p w14:paraId="6807BB95" w14:textId="77777777" w:rsidR="00BD3DA4" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>URBROJ:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3457,315 +3631,363 @@
       </w:r>
       <w:r w:rsidRPr="00156ACF">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">       URBROJ: 2137</w:t>
       </w:r>
       <w:r w:rsidRPr="00970E5F">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/02-03/03-18-1</w:t>
       </w:r>
       <w:r w:rsidRPr="00A00FC8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD3DA4" w:rsidRPr="00BD3DA4" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
+    <w:p w14:paraId="0BB43D57" w14:textId="77777777" w:rsidR="00BD3DA4" w:rsidRPr="00BD3DA4" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
       <w:pPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD3DA4">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD3DA4">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BD3DA4">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BD3DA4">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BD3DA4">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">       </w:t>
-      </w:r>
+        <w:t xml:space="preserve">       EV.BR.: 27/1-18-DD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CA1EFE6" w14:textId="77777777" w:rsidR="00BD3DA4" w:rsidRPr="00BD3DA4" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
+      <w:pPr>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="125ECF1E" w14:textId="4AC99C44" w:rsidR="00E567DB" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00BD3DA4">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kopriv</w:t>
+      </w:r>
+      <w:r w:rsidR="00E567DB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nica,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E567DB">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>EV.BR.:</w:t>
+        <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00BD3DA4">
+      <w:r w:rsidR="00E567DB">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 27/1-18-DD</w:t>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:r w:rsidR="00F529C7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="005C6DE4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E567DB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E567DB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>godine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD3DA4" w:rsidRPr="00BD3DA4" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
-[...1 lines deleted...]
-        <w:spacing w:line="320" w:lineRule="exact"/>
+    <w:p w14:paraId="5B855479" w14:textId="77777777" w:rsidR="00E567DB" w:rsidRDefault="00E567DB" w:rsidP="00BD3DA4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A07913E" w14:textId="77777777" w:rsidR="00E567DB" w:rsidRDefault="00E567DB" w:rsidP="00BD3DA4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B7D145D" w14:textId="25069ED1" w:rsidR="00BD3DA4" w:rsidRPr="00E567DB" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="exact"/>
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...53 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r w:rsidRPr="00156ACF">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Koprivnica, 8.2. </w:t>
       </w:r>
       <w:r w:rsidR="00AD6790" w:rsidRPr="00156ACF">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2018</w:t>
       </w:r>
       <w:r w:rsidRPr="00156ACF">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD3DA4" w:rsidRPr="00156ACF" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
+    <w:p w14:paraId="5882E40A" w14:textId="1935ACD5" w:rsidR="00BD3DA4" w:rsidRPr="00156ACF" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00880E49">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ZA KOPRIVNIČKO-KRIŽEVAČKU              </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                         </w:t>
       </w:r>
       <w:r w:rsidRPr="00156ACF">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ZA </w:t>
       </w:r>
+      <w:r w:rsidR="00E567DB">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
       <w:r w:rsidR="00156ACF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>KORISNIK</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00156ACF" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
+    <w:p w14:paraId="30732C93" w14:textId="77777777" w:rsidR="00156ACF" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r w:rsidR="00156ACF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="00880E49">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ŽUPANIJU</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00880E49">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD3DA4" w:rsidRPr="00880E49" w:rsidRDefault="001351D2" w:rsidP="00BD3DA4">
+    <w:p w14:paraId="4D81CE2E" w14:textId="77777777" w:rsidR="00BD3DA4" w:rsidRPr="00880E49" w:rsidRDefault="001351D2" w:rsidP="00BD3DA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">                     ŽUPAN</w:t>
       </w:r>
       <w:r w:rsidR="00156ACF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BD3DA4" w:rsidRPr="00880E49">
         <w:rPr>
@@ -3788,244 +4010,273 @@
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidR="00BD3DA4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="00970E5F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="00156ACF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD3DA4" w:rsidRPr="000736E0" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
+    <w:p w14:paraId="07CF9F32" w14:textId="07CE4806" w:rsidR="00BD3DA4" w:rsidRPr="000736E0" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA7CCB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="000311C3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tomislav </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000311C3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Golubić</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00880E49">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00970E5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidR="00156ACF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA7CCB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
-      <w:r w:rsidR="001351D2">
+      <w:r w:rsidR="00970E5F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Darko Koren, ing. </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="001351D2">
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidR="00E567DB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>građ</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="001351D2">
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00970E5F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...47 lines deleted...]
-        <w:t>_______________</w:t>
+        <w:t>__________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD3DA4" w:rsidRDefault="00BD3DA4" w:rsidP="00BD3DA4"/>
-    <w:p w:rsidR="00970E5F" w:rsidRDefault="00970E5F">
+    <w:p w14:paraId="431AE488" w14:textId="795E6850" w:rsidR="00BD3DA4" w:rsidRDefault="00DA7CCB" w:rsidP="00BD3DA4">
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79BE050D" w14:textId="77777777" w:rsidR="00970E5F" w:rsidRDefault="00970E5F">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003253D6" w:rsidRPr="00574B03" w:rsidRDefault="003253D6">
+    <w:p w14:paraId="09D4C727" w14:textId="77777777" w:rsidR="003253D6" w:rsidRPr="00574B03" w:rsidRDefault="003253D6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003253D6" w:rsidRPr="00574B03" w:rsidSect="00DC2B26">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times-NewRoman">
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000005" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000002" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F4A34CB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FB56C886"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -4131,201 +4382,212 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="574556593">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="180"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00762444"/>
     <w:rsid w:val="000014DF"/>
     <w:rsid w:val="000126E4"/>
+    <w:rsid w:val="000311C3"/>
     <w:rsid w:val="00051145"/>
     <w:rsid w:val="000717F8"/>
     <w:rsid w:val="00080863"/>
     <w:rsid w:val="00086AAC"/>
     <w:rsid w:val="000A2D34"/>
     <w:rsid w:val="000F1DC2"/>
     <w:rsid w:val="001351D2"/>
     <w:rsid w:val="001405C0"/>
     <w:rsid w:val="00151BC0"/>
     <w:rsid w:val="00156ACF"/>
     <w:rsid w:val="001666F0"/>
     <w:rsid w:val="00201B2E"/>
     <w:rsid w:val="00230570"/>
     <w:rsid w:val="0025424C"/>
     <w:rsid w:val="00254393"/>
+    <w:rsid w:val="00266D04"/>
     <w:rsid w:val="002905B7"/>
     <w:rsid w:val="002F1968"/>
     <w:rsid w:val="003109F7"/>
     <w:rsid w:val="003253D6"/>
     <w:rsid w:val="0038200C"/>
     <w:rsid w:val="003A4893"/>
     <w:rsid w:val="003A5B63"/>
     <w:rsid w:val="003E1424"/>
     <w:rsid w:val="003F5BF7"/>
     <w:rsid w:val="00415B20"/>
     <w:rsid w:val="004275EB"/>
     <w:rsid w:val="004433D4"/>
     <w:rsid w:val="004620F4"/>
     <w:rsid w:val="004764D6"/>
     <w:rsid w:val="00482F19"/>
     <w:rsid w:val="004A5DAA"/>
     <w:rsid w:val="005675DC"/>
     <w:rsid w:val="00574B03"/>
     <w:rsid w:val="00597A2B"/>
+    <w:rsid w:val="005C6DE4"/>
     <w:rsid w:val="00615D61"/>
     <w:rsid w:val="00630206"/>
     <w:rsid w:val="00633CB7"/>
     <w:rsid w:val="00682681"/>
     <w:rsid w:val="006E24C2"/>
     <w:rsid w:val="00762444"/>
     <w:rsid w:val="00775A8F"/>
     <w:rsid w:val="007C202D"/>
     <w:rsid w:val="007C6756"/>
+    <w:rsid w:val="007F01B1"/>
     <w:rsid w:val="00835211"/>
     <w:rsid w:val="00872E8B"/>
     <w:rsid w:val="00900FE4"/>
     <w:rsid w:val="00917CCD"/>
     <w:rsid w:val="00931B3A"/>
+    <w:rsid w:val="00956E1A"/>
     <w:rsid w:val="00970E5F"/>
     <w:rsid w:val="00996413"/>
     <w:rsid w:val="009D212A"/>
+    <w:rsid w:val="00A17DF2"/>
     <w:rsid w:val="00A36F69"/>
     <w:rsid w:val="00AD6790"/>
     <w:rsid w:val="00B073A4"/>
     <w:rsid w:val="00B328F1"/>
     <w:rsid w:val="00B47327"/>
     <w:rsid w:val="00BD39DD"/>
     <w:rsid w:val="00BD3DA4"/>
     <w:rsid w:val="00BF27D8"/>
+    <w:rsid w:val="00C503B8"/>
     <w:rsid w:val="00C727D6"/>
     <w:rsid w:val="00C86AD2"/>
     <w:rsid w:val="00C9575D"/>
     <w:rsid w:val="00CE0A5F"/>
     <w:rsid w:val="00D017BA"/>
     <w:rsid w:val="00D75B46"/>
     <w:rsid w:val="00D9437C"/>
     <w:rsid w:val="00D96BAC"/>
     <w:rsid w:val="00DA2D16"/>
     <w:rsid w:val="00DA6290"/>
+    <w:rsid w:val="00DA7CCB"/>
     <w:rsid w:val="00DB17B3"/>
     <w:rsid w:val="00DF065D"/>
     <w:rsid w:val="00E37237"/>
     <w:rsid w:val="00E443C6"/>
     <w:rsid w:val="00E51C54"/>
+    <w:rsid w:val="00E567DB"/>
     <w:rsid w:val="00E72C2B"/>
     <w:rsid w:val="00E83A66"/>
     <w:rsid w:val="00EB17E6"/>
     <w:rsid w:val="00EC639E"/>
     <w:rsid w:val="00ED0BAD"/>
     <w:rsid w:val="00F15392"/>
+    <w:rsid w:val="00F4029C"/>
     <w:rsid w:val="00F529C7"/>
     <w:rsid w:val="00F77548"/>
     <w:rsid w:val="00FC1D27"/>
     <w:rsid w:val="00FC5428"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hr-HR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="001B00F4"/>
+  <w14:docId w14:val="431B83BB"/>
   <w15:docId w15:val="{157B2829-0829-46AA-ABAD-B958F45DC035}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="hr-HR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4653,69 +4915,73 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00762444"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-GB" w:eastAsia="hr-HR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Zadanifontodlomka">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Obinatablica">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezpopisa">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="T-98-2">
     <w:name w:val="T-9/8-2"/>
@@ -4747,51 +5013,51 @@
     <w:rsid w:val="00F529C7"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TekstbaloniaChar">
     <w:name w:val="Tekst balončića Char"/>
     <w:basedOn w:val="Zadanifontodlomka"/>
     <w:link w:val="Tekstbalonia"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F529C7"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="en-GB" w:eastAsia="hr-HR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -5060,66 +5326,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A0CCC6C-1AE8-4C1A-8001-B5B183A8744B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>504</Words>
-  <Characters>2875</Characters>
+  <Words>528</Words>
+  <Characters>3016</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>25</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Naslov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3373</CharactersWithSpaces>
+  <CharactersWithSpaces>3537</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Miroslav</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>