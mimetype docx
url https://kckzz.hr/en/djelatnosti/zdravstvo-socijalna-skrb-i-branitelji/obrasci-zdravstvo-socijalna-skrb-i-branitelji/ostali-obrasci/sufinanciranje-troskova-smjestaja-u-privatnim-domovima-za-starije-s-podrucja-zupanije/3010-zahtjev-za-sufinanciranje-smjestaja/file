--- v0 (2025-10-31)
+++ v1 (2025-12-15)
@@ -1,1123 +1,2226 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00082F19" w:rsidRPr="00082F19" w:rsidRDefault="00082F19" w:rsidP="00082F19">
-[...7 lines deleted...]
-    <w:p w:rsidR="00082F19" w:rsidRPr="00082F19" w:rsidRDefault="00082F19" w:rsidP="00082F19">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:horzAnchor="margin" w:tblpY="-618"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="B3E5A1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="B3E5A1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B3E5A1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="B3E5A1"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B3E5A1"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B3E5A1"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1488"/>
+        <w:gridCol w:w="7574"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00973985" w:rsidRPr="00973985" w14:paraId="76E5DA28" w14:textId="77777777" w:rsidTr="00083CCD">
+        <w:trPr>
+          <w:trHeight w:val="1448"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="821" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="B3E5A1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="B3E5A1"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="8DD873"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="B3E5A1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20F104BF" w14:textId="0A13B3A2" w:rsidR="00973985" w:rsidRPr="00973985" w:rsidRDefault="00973985" w:rsidP="00083CCD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4820"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk214603277"/>
+            <w:r w:rsidRPr="00973985">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6CEED1BC" wp14:editId="7D3C36EA">
+                  <wp:extent cx="807720" cy="898525"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="241838897" name="Slika 2" descr="Slika na kojoj se prikazuje simbol, emblem, logotip, grb&#10;&#10;Opis je automatski generiran"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Slika 4" descr="Slika na kojoj se prikazuje simbol, emblem, logotip, grb&#10;&#10;Opis je automatski generiran"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId6">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="807720" cy="898525"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4179" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="B3E5A1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="B3E5A1"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="8DD873"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="B3E5A1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="594FD925" w14:textId="77777777" w:rsidR="00973985" w:rsidRPr="00973985" w:rsidRDefault="00973985" w:rsidP="00083CCD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4820"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973985">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>KOPRIVNIČKO-KRIŽEVAČKA ŽUPANIJA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="674A3E66" w14:textId="77777777" w:rsidR="00973985" w:rsidRPr="00973985" w:rsidRDefault="00973985" w:rsidP="00083CCD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4820"/>
+              </w:tabs>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973985">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Upravni odjel za obrazovanje, zdravstvo, socijalnu skrb i hrvatske branitelje</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973985">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Ulica Antuna </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00973985">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Nemčića</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00973985">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2648C6B8" w14:textId="77777777" w:rsidR="00973985" w:rsidRPr="00973985" w:rsidRDefault="00973985" w:rsidP="00083CCD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4820"/>
+              </w:tabs>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973985">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>48000 Koprivnica</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50FC3764" w14:textId="77777777" w:rsidR="00973985" w:rsidRPr="00973985" w:rsidRDefault="00973985" w:rsidP="00083CCD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4820"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973985">
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r w:rsidRPr="00973985">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="0000FF"/>
+                  <w:kern w:val="24"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>pisarnica@kckzz.hr</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="0"/>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="11EBEE7B" w14:textId="0932A2B6" w:rsidR="00495D27" w:rsidRDefault="00495D27" w:rsidP="00973985">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+        </w:tabs>
+        <w:rPr>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="630C5586" w14:textId="77777777" w:rsidR="00495D27" w:rsidRDefault="00495D27" w:rsidP="00973985">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+        </w:tabs>
+        <w:rPr>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A504197" w14:textId="00918ABC" w:rsidR="00973985" w:rsidRPr="00973985" w:rsidRDefault="00495D27" w:rsidP="00973985">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+        </w:tabs>
+        <w:rPr>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00973985">
+        <w:rPr>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidR="00973985" w:rsidRPr="00973985">
+        <w:rPr>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DD4AB49" w14:textId="4AB464E8" w:rsidR="00973985" w:rsidRPr="00973985" w:rsidRDefault="00973985" w:rsidP="00973985">
       <w:pPr>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00082F19">
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00973985">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00973985">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(ime i prezime podnositelja zahtjeva) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ABEEACB" w14:textId="5FA86B19" w:rsidR="00973985" w:rsidRPr="00973985" w:rsidRDefault="00973985" w:rsidP="00495D27">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="494234A1" w14:textId="77777777" w:rsidR="00973985" w:rsidRPr="00973985" w:rsidRDefault="00973985" w:rsidP="00973985">
+      <w:pPr>
+        <w:rPr>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00973985">
+        <w:rPr>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Kontakt: _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BE9D7E3" w14:textId="13D00818" w:rsidR="00973985" w:rsidRPr="00973985" w:rsidRDefault="00973985" w:rsidP="00973985">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00973985">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              (mobitel/telefon i</w:t>
+      </w:r>
+      <w:r w:rsidR="00083CCD">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>/ili</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00973985">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e-mail adresa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="652EC4F4" w14:textId="77777777" w:rsidR="00973985" w:rsidRPr="00973985" w:rsidRDefault="00973985" w:rsidP="00973985">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="exact"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="529C8E3B" w14:textId="77777777" w:rsidR="00973985" w:rsidRPr="00973985" w:rsidRDefault="00973985" w:rsidP="00973985">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="exact"/>
+        <w:rPr>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00973985">
+        <w:rPr>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">U ____________________, ______________. godine </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D2E438C" w14:textId="6A691566" w:rsidR="00973985" w:rsidRPr="00973985" w:rsidRDefault="00973985" w:rsidP="00973985">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="exact"/>
+        <w:rPr>
+          <w:kern w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00973985">
+        <w:rPr>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                (mjesto)                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00973985">
+        <w:rPr>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00973985">
+        <w:rPr>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>(datum)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42E1FED1" w14:textId="05DC1BA0" w:rsidR="00973985" w:rsidRPr="00973985" w:rsidRDefault="00083CCD" w:rsidP="00083CCD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="6237"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="exact"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00082F19">
+          <w:bCs/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                               </w:t>
+      </w:r>
+      <w:r w:rsidR="00973985" w:rsidRPr="00973985">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>KOPRIVNIČKO-KRIŽEVAČKA ŽUPANIJA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72F9712A" w14:textId="667EAA78" w:rsidR="00973985" w:rsidRPr="00973985" w:rsidRDefault="00973985" w:rsidP="00083CCD">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="exact"/>
+        <w:ind w:left="5040"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00973985">
+        <w:rPr>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Upravni odjel za obrazovanje, zdravstvo,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66773EE8" w14:textId="77777777" w:rsidR="00973985" w:rsidRPr="00973985" w:rsidRDefault="00973985" w:rsidP="00083CCD">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="exact"/>
+        <w:ind w:left="5040"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00973985">
+        <w:rPr>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>socijalnu skrb i hrvatske branitelje</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07B544CB" w14:textId="77777777" w:rsidR="00973985" w:rsidRPr="00973985" w:rsidRDefault="00973985" w:rsidP="00083CCD">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="exact"/>
+        <w:ind w:left="5040"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00973985">
+        <w:rPr>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ulica Antuna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00973985">
+        <w:rPr>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Nemčića</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00973985">
+        <w:rPr>
+          <w:kern w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5, 48 000 Koprivnica</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F3A3120" w14:textId="77777777" w:rsidR="00973985" w:rsidRDefault="00973985" w:rsidP="00082F19">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19A15091" w14:textId="3DA44B7E" w:rsidR="00973985" w:rsidRDefault="00973985" w:rsidP="00973985">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>_______________________________ (ako zahtjev nije u mogućnosti podnijeti</w:t>
-[...33 lines deleted...]
-        <w:t>PREZIME I IME</w:t>
+        <w:t xml:space="preserve">Predmet: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...302 lines deleted...]
-    <w:p w:rsidR="00AD2E36" w:rsidRPr="00AD2E36" w:rsidRDefault="00AD2E36" w:rsidP="00AD2E36">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zahtjev za novčanu pomoć za sufinanciranje smještaja u domu socijalne skrbi, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="530A3C5A" w14:textId="6E9D3503" w:rsidR="00973985" w:rsidRPr="00973985" w:rsidRDefault="00973985" w:rsidP="00973985">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="260" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dostavlja se.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A615FB3" w14:textId="5C9C784E" w:rsidR="00973985" w:rsidRDefault="00973985" w:rsidP="00082F19">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2ABE1AE5" w14:textId="593F4276" w:rsidR="00973985" w:rsidRPr="00083CCD" w:rsidRDefault="00083CCD" w:rsidP="00083CCD">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00083CCD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poštovani, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="063AF8BC" w14:textId="77777777" w:rsidR="00083CCD" w:rsidRPr="00083CCD" w:rsidRDefault="00083CCD" w:rsidP="00083CCD">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="708D7485" w14:textId="498ABC5D" w:rsidR="00083CCD" w:rsidRDefault="00083CCD" w:rsidP="00083CCD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00AD2E36" w:rsidRDefault="00AD2E36" w:rsidP="00AD2E36">
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00083CCD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Obraćam se Naslovu sa zahtjevom za ostvarivanje novčane pomoći za sufinanciranje smještaja u Domu socijalne skrbi ___________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00083CCD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00495D27">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00083CCD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00083CCD">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>(navesti naziv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i adresu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00083CCD">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ustanove)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00083CCD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, koja je predviđena aktima Koprivničko-križevačke županije. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01F4FC4D" w14:textId="77777777" w:rsidR="00083CCD" w:rsidRDefault="00083CCD" w:rsidP="00083CCD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="612305A8" w14:textId="38ACD246" w:rsidR="00083CCD" w:rsidRDefault="00083CCD" w:rsidP="00083CCD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Zahtjev podnosim za: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09730885" w14:textId="77777777" w:rsidR="00083CCD" w:rsidRDefault="00083CCD" w:rsidP="00083CCD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EAC8070" w14:textId="783C55C3" w:rsidR="00083CCD" w:rsidRDefault="00083CCD" w:rsidP="00083CCD">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="260" w:lineRule="exact"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00AD2E36" w:rsidRDefault="00AD2E36" w:rsidP="00AD2E36">
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00083CCD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PREZIME I IME </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00083CCD">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(korisnika smještaja)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00083CCD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:___________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00083CCD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00083CCD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B44377E" w14:textId="1A657078" w:rsidR="00083CCD" w:rsidRDefault="00083CCD" w:rsidP="00083CCD">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="260" w:lineRule="exact"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00AD2E36" w:rsidRDefault="00AD2E36" w:rsidP="00AD2E36">
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PREBIVALIŠTE </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk214608780"/>
+      <w:r w:rsidRPr="00083CCD">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(korisnika smještaja)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:________________________________________,</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="34DC752A" w14:textId="678CD243" w:rsidR="00083CCD" w:rsidRPr="00083CCD" w:rsidRDefault="00083CCD" w:rsidP="00083CCD">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="260" w:lineRule="exact"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...43 lines deleted...]
-        <w:pStyle w:val="Odlomakpopisa"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OIB </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00083CCD">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(korisnika smještaja)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00083CCD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:_______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73C6B865" w14:textId="77777777" w:rsidR="00083CCD" w:rsidRDefault="00083CCD" w:rsidP="00495D27">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F0BABCD" w14:textId="7D635A8B" w:rsidR="00083CCD" w:rsidRPr="00083CCD" w:rsidRDefault="00083CCD" w:rsidP="00083CCD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Uz zahtjev dostavljam sljedeće priloge </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00083CCD">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(zaokružiti redni broj):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DCA9BBB" w14:textId="77777777" w:rsidR="00083CCD" w:rsidRPr="00495D27" w:rsidRDefault="00083CCD" w:rsidP="00083CCD">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="260" w:lineRule="exact"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="230" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD2E36">
-[...92 lines deleted...]
-        <w:autoSpaceDN w:val="0"/>
+      <w:r w:rsidRPr="00495D27">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kopiju ugovora s pružateljem usluge smještaja,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70C540FA" w14:textId="77777777" w:rsidR="00083CCD" w:rsidRPr="00495D27" w:rsidRDefault="00083CCD" w:rsidP="00083CCD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="230" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...8 lines deleted...]
-        <w:autoSpaceDN w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00495D27">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zadnju kopiju potvrde o uplaćenom iznosu za smještaj,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A5AB42D" w14:textId="77777777" w:rsidR="00083CCD" w:rsidRPr="00495D27" w:rsidRDefault="00083CCD" w:rsidP="00083CCD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="230" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="003779DE" w:rsidRPr="009D16C9" w:rsidRDefault="006633BC" w:rsidP="002A05DA">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00495D27">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kopiju osobne iskaznice korisnika,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64BEF7D7" w14:textId="59C92D89" w:rsidR="00083CCD" w:rsidRPr="00495D27" w:rsidRDefault="00083CCD" w:rsidP="00083CCD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="230" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00495D27">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>izjavu o suglasnosti korisnika da se novčana pomoć isplaćuje na račun opunomoćene osobe ili drugih osoba</w:t>
+      </w:r>
+      <w:r w:rsidR="00495D27" w:rsidRPr="00495D27">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D27">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D36D69D" w14:textId="15E4B9A3" w:rsidR="00083CCD" w:rsidRPr="00495D27" w:rsidRDefault="00083CCD" w:rsidP="00083CCD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="exact"/>
+        <w:rPr>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00495D27">
+        <w:rPr>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kopiju osobne iskaznice osobe na čiji račun će se isplaćivati  pomoć</w:t>
+      </w:r>
+      <w:r w:rsidR="00495D27" w:rsidRPr="00495D27">
+        <w:rPr>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BD400E8" w14:textId="02B26607" w:rsidR="00083CCD" w:rsidRPr="00495D27" w:rsidRDefault="00083CCD" w:rsidP="00083CCD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="exact"/>
+        <w:rPr>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00495D27">
+        <w:rPr>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>presliku kartice računa za isplatu pomoći</w:t>
+      </w:r>
+      <w:r w:rsidR="00495D27" w:rsidRPr="00495D27">
+        <w:rPr>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F337CC7" w14:textId="5C66CD2F" w:rsidR="00083CCD" w:rsidRPr="00495D27" w:rsidRDefault="00083CCD" w:rsidP="00083CCD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="exact"/>
+        <w:rPr>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00495D27">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>izjavu o suglasnosti/privoli da nadležni Upravni odjel prikuplja, koristi i razmjenjuje osobne podatke neophodne za dodjelu i isplatu novčane pomoći</w:t>
+      </w:r>
+      <w:r w:rsidR="00495D27">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65FFC922" w14:textId="77777777" w:rsidR="00495D27" w:rsidRPr="00495D27" w:rsidRDefault="00495D27" w:rsidP="00495D27">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="exact"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76CC7603" w14:textId="77777777" w:rsidR="003779DE" w:rsidRPr="00495D27" w:rsidRDefault="006633BC" w:rsidP="002A05DA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009D16C9">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00495D27">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Popunjavanjem i potpisivanjem ovog obrasca </w:t>
       </w:r>
-      <w:r w:rsidRPr="009D16C9">
+      <w:r w:rsidRPr="00495D27">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">smatra se da slobodno i izričito dajete privolu za prikupljanje i daljnju obradu Vaših osobnih podataka ustupljenih Koprivničko-križevačkoj županiji (u daljnjem tekstu: Voditelju obrade) u </w:t>
       </w:r>
-      <w:r w:rsidR="002A05DA" w:rsidRPr="009D16C9">
+      <w:r w:rsidR="002A05DA" w:rsidRPr="00495D27">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>svrhu ostvarivanja prava i obveza vezanih na ostvarivanje novčane pomoći za sufinanciranje smještaja u ustanovi socijalne skrbi na području  Koprivničko-križevačke županije</w:t>
       </w:r>
-      <w:r w:rsidR="003779DE" w:rsidRPr="009D16C9">
+      <w:r w:rsidR="003779DE" w:rsidRPr="00495D27">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003779DE" w:rsidRPr="009D16C9" w:rsidRDefault="003779DE" w:rsidP="002A05DA">
+    <w:p w14:paraId="1CD844DB" w14:textId="77777777" w:rsidR="003779DE" w:rsidRPr="00495D27" w:rsidRDefault="003779DE" w:rsidP="002A05DA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006633BC" w:rsidRPr="009D16C9" w:rsidRDefault="006633BC" w:rsidP="006633BC">
+    <w:p w14:paraId="2FD65176" w14:textId="77777777" w:rsidR="006633BC" w:rsidRPr="00495D27" w:rsidRDefault="006633BC" w:rsidP="006633BC">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009D16C9">
+      <w:r w:rsidRPr="00495D27">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Ovim putem izričito izjavljujete da imate više od 18 godina i da zakonski možete dati privolu za obradu osobnih podataka kako je to navedeno u ovoj Izjavi.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003779DE" w:rsidRPr="009D16C9" w:rsidRDefault="006633BC" w:rsidP="003779DE">
+    <w:p w14:paraId="4BFFF5C8" w14:textId="77777777" w:rsidR="003779DE" w:rsidRPr="00495D27" w:rsidRDefault="006633BC" w:rsidP="003779DE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009D16C9">
+      <w:r w:rsidRPr="00495D27">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>S Vašim osobnim podacima postupat ćemo sukladno Općoj uredbi o zaštiti podataka (EU GDPR) i Zakonu provedbi opće uredbe o zaštiti podataka („Narodne novine“ broj 42/18.),</w:t>
       </w:r>
-      <w:r w:rsidR="00014EBF" w:rsidRPr="009D16C9">
+      <w:r w:rsidR="00014EBF" w:rsidRPr="00495D27">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009D16C9">
+      <w:r w:rsidRPr="00495D27">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">te u skladu </w:t>
-[...14 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">te u skladu s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D27">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Politikom zaštite privatnosti osobnih podataka</w:t>
       </w:r>
-      <w:r w:rsidR="00183A58" w:rsidRPr="009D16C9">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00183A58" w:rsidRPr="00495D27">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> koja je objavljena i može se pročitati na web stranici Koprivničko-križevačke županije, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidR="003779DE" w:rsidRPr="009D16C9">
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="003779DE" w:rsidRPr="00495D27">
           <w:rPr>
             <w:rStyle w:val="Hiperveza"/>
             <w:bCs/>
+            <w:i/>
+            <w:iCs/>
             <w:kern w:val="36"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>https://kckzz.hr/uprava/politika-zastite-privatnosti-osobnih-podataka/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="003779DE" w:rsidRPr="009D16C9">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="003779DE" w:rsidRPr="00495D27">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> ,</w:t>
       </w:r>
-      <w:r w:rsidRPr="009D16C9">
+      <w:r w:rsidRPr="00495D27">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> uz primjenu odgovarajućih organizacijskih i tehničkih mjera zaštite osobnih podataka od neovlaštenog pristupa, zlouporabe, otkrivanja, gubitka ili uništenja. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006633BC" w:rsidRPr="009D16C9" w:rsidRDefault="006633BC" w:rsidP="003779DE">
+    <w:p w14:paraId="3584D24C" w14:textId="77777777" w:rsidR="006633BC" w:rsidRPr="00495D27" w:rsidRDefault="006633BC" w:rsidP="003779DE">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009D16C9">
+      <w:r w:rsidRPr="00495D27">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Čuvamo povjerljivost Vaših osobnih podataka te je pristup osobnim podacima omogućen samo onim službenicima kojima su oni potrebni radi provedbe vašeg zahtjeva, a trećim osobama samo u dijelu provedbe </w:t>
       </w:r>
-      <w:r w:rsidR="003779DE" w:rsidRPr="009D16C9">
+      <w:r w:rsidR="003779DE" w:rsidRPr="00495D27">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">zakonskih ili </w:t>
       </w:r>
-      <w:r w:rsidRPr="009D16C9">
+      <w:r w:rsidRPr="00495D27">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>ugovornih obveza.</w:t>
       </w:r>
-      <w:r w:rsidRPr="009D16C9">
+      <w:r w:rsidRPr="00495D27">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Voditelj obrade će ishoditi brisanje Vaših osobnih podataka kada oni više neće biti nužni u odnosu na svrhu za koju su prikupljani</w:t>
       </w:r>
-      <w:r w:rsidRPr="009D16C9">
+      <w:r w:rsidRPr="00495D27">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> sukladno</w:t>
       </w:r>
-      <w:r w:rsidR="00BE08DE" w:rsidRPr="009D16C9">
+      <w:r w:rsidR="00BE08DE" w:rsidRPr="00495D27">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BE08DE" w:rsidRPr="009D16C9">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00BE08DE" w:rsidRPr="00495D27">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Pravilima za upravljanje javnim dokumentarnim gradivom Koprivničko-križevačke županije („Službeni glasnik Koprivničko-križevačke županije“ broj 28/20.)</w:t>
       </w:r>
-      <w:r w:rsidRPr="009D16C9">
+      <w:r w:rsidRPr="00495D27">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006633BC" w:rsidRPr="009D16C9" w:rsidRDefault="006633BC" w:rsidP="003779DE">
+    <w:p w14:paraId="438482E1" w14:textId="77777777" w:rsidR="006633BC" w:rsidRPr="00495D27" w:rsidRDefault="006633BC" w:rsidP="003779DE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009D16C9">
+      <w:r w:rsidRPr="00495D27">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Napominjemo da u svako doba, u potpunosti ili djelomice, bez naknade i objašnjenja možete dopuniti nepotpune ili netočne osobne podatke te možete povući svoju privolu i zatražiti prestanak aktivnosti obrade Vaših osobnih podataka Opoziv ne utječe na zakonitost obrade prije njezina povlačenja. Opoziv privole možete podnijeti osobno dolaskom na gore navedenu adresu ili e-poštom na adresu: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="009D16C9">
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00495D27">
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
+            <w:i/>
+            <w:iCs/>
             <w:color w:val="0563C1"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>zastita.podataka@kckzz.hr</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="009D16C9">
+      <w:r w:rsidRPr="00495D27">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>. Također, prigovor možete uložiti Agenciji za zaštitu osobnih podataka (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="009D16C9">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00495D27">
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
+            <w:i/>
+            <w:iCs/>
             <w:color w:val="0000FF"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>www.azop.hr</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="009D16C9">
+      <w:r w:rsidRPr="00495D27">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D9DC056" w14:textId="77777777" w:rsidR="006633BC" w:rsidRPr="00495D27" w:rsidRDefault="006633BC">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="108EB4CC" w14:textId="77777777" w:rsidR="00495D27" w:rsidRPr="00495D27" w:rsidRDefault="00495D27" w:rsidP="00495D27">
+      <w:pPr>
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="en-US"/>
-[...6 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DBABB31" w14:textId="77777777" w:rsidR="00495D27" w:rsidRPr="00495D27" w:rsidRDefault="00495D27" w:rsidP="00495D27">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00183A58" w:rsidRPr="009D16C9" w:rsidRDefault="00183A58">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0FAC32C7" w14:textId="77777777" w:rsidR="00495D27" w:rsidRDefault="00495D27" w:rsidP="00495D27">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:sectPr w:rsidR="00183A58" w:rsidRPr="009D16C9" w:rsidSect="002522DF">
+      <w:r w:rsidRPr="00495D27">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                         POTPIS PODNOSITELJA ZAHTJEVA:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43CB2B5B" w14:textId="77777777" w:rsidR="00495D27" w:rsidRPr="00495D27" w:rsidRDefault="00495D27" w:rsidP="00495D27">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C24A5F4" w14:textId="241DE0C7" w:rsidR="00495D27" w:rsidRPr="00495D27" w:rsidRDefault="00495D27" w:rsidP="00495D27">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00495D27">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D27">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D27">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D27">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37E891D6" w14:textId="77777777" w:rsidR="00183A58" w:rsidRPr="00495D27" w:rsidRDefault="00183A58">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00183A58" w:rsidRPr="00495D27" w:rsidSect="002522DF">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="07805B19"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8E20C9D2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0C9B374B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CF92C2EE"/>
+    <w:lvl w:ilvl="0" w:tplc="48E4D456">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1772" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2492" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3212" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3932" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4652" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5372" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6092" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6812" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7532" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26984D70"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1CBA84A6"/>
+    <w:lvl w:ilvl="0" w:tplc="041A0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F4A34CB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FB56C886"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1222,51 +2325,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="770139CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4A8E9C3A"/>
     <w:lvl w:ilvl="0" w:tplc="F1224F66">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1335,141 +2438,165 @@
     <w:lvl w:ilvl="7" w:tplc="041A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="234359237">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="713432857">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="410851655">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1249073635">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1652321181">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="654604748">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00082F19"/>
     <w:rsid w:val="00014EBF"/>
     <w:rsid w:val="00073DBC"/>
     <w:rsid w:val="00082F19"/>
+    <w:rsid w:val="00083CCD"/>
     <w:rsid w:val="001154C3"/>
     <w:rsid w:val="00134C36"/>
     <w:rsid w:val="00183A58"/>
     <w:rsid w:val="002522DF"/>
     <w:rsid w:val="002A05DA"/>
+    <w:rsid w:val="00360F1E"/>
     <w:rsid w:val="003779DE"/>
     <w:rsid w:val="00456808"/>
-    <w:rsid w:val="00611149"/>
+    <w:rsid w:val="00495D27"/>
     <w:rsid w:val="006633BC"/>
+    <w:rsid w:val="0067473D"/>
     <w:rsid w:val="00701F98"/>
     <w:rsid w:val="00892E66"/>
     <w:rsid w:val="008A73E9"/>
+    <w:rsid w:val="00973985"/>
     <w:rsid w:val="009D16C9"/>
     <w:rsid w:val="00A0708C"/>
     <w:rsid w:val="00AD2E36"/>
     <w:rsid w:val="00AE1595"/>
     <w:rsid w:val="00BE08DE"/>
+    <w:rsid w:val="00CA5DBC"/>
+    <w:rsid w:val="00CB4DFC"/>
     <w:rsid w:val="00E74F94"/>
+    <w:rsid w:val="00EA24FC"/>
     <w:rsid w:val="00F65BBC"/>
     <w:rsid w:val="00F8218D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hr-HR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4C5867FB"/>
+  <w14:docId w14:val="3551DD54"/>
   <w15:docId w15:val="{CE64BFE4-9AF0-4125-86E6-9FC4210CC10B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="hr-HR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1797,69 +2924,73 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00082F19"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="hr-HR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Zadanifontodlomka">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Obinatablica">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezpopisa">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="StandardWeb">
     <w:name w:val="Normal (Web)"/>
@@ -1924,57 +3055,72 @@
     <w:rsid w:val="00014EBF"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TekstbaloniaChar">
     <w:name w:val="Tekst balončića Char"/>
     <w:basedOn w:val="Zadanifontodlomka"/>
     <w:link w:val="Tekstbalonia"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00014EBF"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="hr-HR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="108277213">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.azop.hr" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zastita.podataka@kckzz.hr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kckzz.hr/uprava/politika-zastite-privatnosti-osobnih-podataka/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kckzz.hr/uprava/politika-zastite-privatnosti-osobnih-podataka/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pisarnica@kckzz.hr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.azop.hr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zastita.podataka@kckzz.hr" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2225,78 +3371,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4702065C-B201-48D8-9078-F0FB7D357612}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E1F636C-31DC-4D66-A978-7402436380C2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>601</Words>
-  <Characters>3431</Characters>
+  <Words>658</Words>
+  <Characters>3757</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
+  <Lines>31</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Naslov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4024</CharactersWithSpaces>
+  <CharactersWithSpaces>4407</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Windows korisnik</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>