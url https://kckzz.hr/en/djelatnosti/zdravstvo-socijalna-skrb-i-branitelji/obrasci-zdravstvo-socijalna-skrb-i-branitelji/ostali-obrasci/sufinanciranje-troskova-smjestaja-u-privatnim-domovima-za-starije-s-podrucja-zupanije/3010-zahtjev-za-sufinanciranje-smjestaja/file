--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -981,260 +981,211 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:_______________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73C6B865" w14:textId="77777777" w:rsidR="00083CCD" w:rsidRDefault="00083CCD" w:rsidP="00495D27">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F0BABCD" w14:textId="7D635A8B" w:rsidR="00083CCD" w:rsidRPr="00083CCD" w:rsidRDefault="00083CCD" w:rsidP="00083CCD">
-[...24 lines deleted...]
-    <w:p w14:paraId="4DCA9BBB" w14:textId="77777777" w:rsidR="00083CCD" w:rsidRPr="00495D27" w:rsidRDefault="00083CCD" w:rsidP="00083CCD">
+    <w:p w14:paraId="049E4A6E" w14:textId="77777777" w:rsidR="003A10B6" w:rsidRPr="003A10B6" w:rsidRDefault="003A10B6" w:rsidP="003A10B6">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="exact"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A10B6">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Uz zahtjev dostavljam sljedeće priloge (zaokružiti redni broj):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="479A07D9" w14:textId="77777777" w:rsidR="003A10B6" w:rsidRPr="003A10B6" w:rsidRDefault="003A10B6" w:rsidP="003A10B6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="230" w:lineRule="exact"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="70C540FA" w14:textId="77777777" w:rsidR="00083CCD" w:rsidRPr="00495D27" w:rsidRDefault="00083CCD" w:rsidP="00083CCD">
+        <w:spacing w:line="230" w:lineRule="exact"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A10B6">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kopiju ugovora korisnika s pružateljem usluge smještaja</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B2BD7E9" w14:textId="77777777" w:rsidR="003A10B6" w:rsidRPr="003A10B6" w:rsidRDefault="003A10B6" w:rsidP="003A10B6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="230" w:lineRule="exact"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="5A5AB42D" w14:textId="77777777" w:rsidR="00083CCD" w:rsidRPr="00495D27" w:rsidRDefault="00083CCD" w:rsidP="00083CCD">
+        <w:spacing w:line="230" w:lineRule="exact"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A10B6">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zadnju kopiju potvrde o uplaćenom iznosu za smještaj</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C06FBCE" w14:textId="77777777" w:rsidR="003A10B6" w:rsidRPr="003A10B6" w:rsidRDefault="003A10B6" w:rsidP="003A10B6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="230" w:lineRule="exact"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="64BEF7D7" w14:textId="59C92D89" w:rsidR="00083CCD" w:rsidRPr="00495D27" w:rsidRDefault="00083CCD" w:rsidP="00083CCD">
+        <w:spacing w:line="230" w:lineRule="exact"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A10B6">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kopiju osobne iskaznice korisnika i OIB,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12F6F8E9" w14:textId="77777777" w:rsidR="003A10B6" w:rsidRPr="003A10B6" w:rsidRDefault="003A10B6" w:rsidP="003A10B6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="230" w:lineRule="exact"/>
-[...28 lines deleted...]
-    <w:p w14:paraId="0D36D69D" w14:textId="15E4B9A3" w:rsidR="00083CCD" w:rsidRPr="00495D27" w:rsidRDefault="00083CCD" w:rsidP="00083CCD">
+        <w:spacing w:line="230" w:lineRule="exact"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A10B6">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uvjerenje o prebivalištu (ukoliko iz osobne iskaznice nije vidljivo da korisnik ima najmanje 5 godina  prebivalište na području Koprivničko-križevačke županije</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27B7CBC7" w14:textId="77777777" w:rsidR="003A10B6" w:rsidRPr="003A10B6" w:rsidRDefault="003A10B6" w:rsidP="003A10B6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="230" w:lineRule="exact"/>
         <w:rPr>
-          <w:kern w:val="24"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="0BD400E8" w14:textId="02B26607" w:rsidR="00083CCD" w:rsidRPr="00495D27" w:rsidRDefault="00083CCD" w:rsidP="00083CCD">
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A10B6">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>izjavu o suglasnosti da se daljnji zahtjevi za novčanu pomoć podnose preko Doma i da se novčana pomoć isplaćuje na žiro račun Doma</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51114F8F" w14:textId="77777777" w:rsidR="003A10B6" w:rsidRPr="003A10B6" w:rsidRDefault="003A10B6" w:rsidP="003A10B6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="230" w:lineRule="exact"/>
         <w:rPr>
-          <w:kern w:val="24"/>
-[...26 lines deleted...]
-        </w:numPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A10B6">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>izjavu o suglasnosti/privoli da Upravni odjel i Dom prikupljaju, koriste i razmjenjuju osobne podatke neophodne za dodjelu i isplatu novčane pomoći.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2025F89E" w14:textId="77777777" w:rsidR="003A10B6" w:rsidRPr="003A10B6" w:rsidRDefault="003A10B6" w:rsidP="003A10B6">
+      <w:pPr>
         <w:spacing w:line="230" w:lineRule="exact"/>
-        <w:rPr>
-[...18 lines deleted...]
-      </w:r>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="65FFC922" w14:textId="77777777" w:rsidR="00495D27" w:rsidRPr="00495D27" w:rsidRDefault="00495D27" w:rsidP="00495D27">
       <w:pPr>
         <w:spacing w:line="230" w:lineRule="exact"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:kern w:val="24"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76CC7603" w14:textId="77777777" w:rsidR="003779DE" w:rsidRPr="00495D27" w:rsidRDefault="006633BC" w:rsidP="002A05DA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -1687,114 +1638,96 @@
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C24A5F4" w14:textId="241DE0C7" w:rsidR="00495D27" w:rsidRPr="00495D27" w:rsidRDefault="00495D27" w:rsidP="00495D27">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495D27">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> ____________</w:t>
+        <w:t xml:space="preserve">                                                                            ____________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
       <w:r w:rsidRPr="00495D27">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37E891D6" w14:textId="77777777" w:rsidR="00183A58" w:rsidRPr="00495D27" w:rsidRDefault="00183A58">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00183A58" w:rsidRPr="00495D27" w:rsidSect="002522DF">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -2456,98 +2389,114 @@
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="234359237">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="713432857">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="410851655">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1249073635">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1652321181">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="654604748">
     <w:abstractNumId w:val="0"/>
   </w:num>
+  <w:num w:numId="7" w16cid:durableId="1130241576">
+    <w:abstractNumId w:val="4"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00082F19"/>
     <w:rsid w:val="00014EBF"/>
     <w:rsid w:val="00073DBC"/>
     <w:rsid w:val="00082F19"/>
     <w:rsid w:val="00083CCD"/>
     <w:rsid w:val="001154C3"/>
     <w:rsid w:val="00134C36"/>
     <w:rsid w:val="00183A58"/>
     <w:rsid w:val="002522DF"/>
     <w:rsid w:val="002A05DA"/>
     <w:rsid w:val="00360F1E"/>
     <w:rsid w:val="003779DE"/>
+    <w:rsid w:val="003A10B6"/>
     <w:rsid w:val="00456808"/>
     <w:rsid w:val="00495D27"/>
     <w:rsid w:val="006633BC"/>
     <w:rsid w:val="0067473D"/>
     <w:rsid w:val="00701F98"/>
     <w:rsid w:val="00892E66"/>
     <w:rsid w:val="008A73E9"/>
     <w:rsid w:val="00973985"/>
     <w:rsid w:val="009D16C9"/>
     <w:rsid w:val="00A0708C"/>
     <w:rsid w:val="00AD2E36"/>
     <w:rsid w:val="00AE1595"/>
     <w:rsid w:val="00BE08DE"/>
     <w:rsid w:val="00CA5DBC"/>
     <w:rsid w:val="00CB4DFC"/>
     <w:rsid w:val="00E74F94"/>
     <w:rsid w:val="00EA24FC"/>
+    <w:rsid w:val="00F00A58"/>
     <w:rsid w:val="00F65BBC"/>
     <w:rsid w:val="00F8218D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hr-HR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -3383,66 +3332,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E1F636C-31DC-4D66-A978-7402436380C2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>658</Words>
-  <Characters>3757</Characters>
+  <Words>671</Words>
+  <Characters>3829</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>31</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Naslov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4407</CharactersWithSpaces>
+  <CharactersWithSpaces>4492</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Windows korisnik</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>