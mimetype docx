--- v0 (2025-10-10)
+++ v1 (2025-11-23)
@@ -1,116 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="51D9BC7F" w14:textId="341740F2" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00F15D2F">
-[...11 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="51D9BC7F" w14:textId="341740F2" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00342F4A">
+      <w:r>
         <w:t xml:space="preserve">Izjava </w:t>
       </w:r>
       <w:r w:rsidR="00F15D2F">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE1B5C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>(popunjavaju samo podnositelji</w:t>
       </w:r>
       <w:r w:rsidR="00F15D2F">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>ce</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE1B5C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> zahtjeva koj</w:t>
       </w:r>
       <w:r w:rsidR="00F15D2F">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE1B5C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> ne žive u izvanbračnoj ili istospolnoj zajednici)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29213000" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="793B3DFF" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70C66335" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -399,98 +355,128 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">se </w:t>
       </w:r>
       <w:r w:rsidRPr="00557944">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u svrhu ostvarivanja</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00557944">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>prava na sufinanciranje troškova medicinski pomognute oplodnje</w:t>
+        <w:t xml:space="preserve">prava na sufinanciranje troškova medicinski </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00557944">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pomognute</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00557944">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oplodnje</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AE78A60" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FB440D1" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="012777C2" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6229FB2E" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
+    <w:p w14:paraId="6229FB2E" w14:textId="6169C311" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00557944">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>U ____________________, ________2023.</w:t>
+        <w:t>U ____________________, ________</w:t>
+      </w:r>
+      <w:r w:rsidR="00342F4A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00557944">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F960C45" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A61A256" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E9D8D0A" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -676,98 +662,98 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BC88983" w14:textId="77777777" w:rsidR="0057254D" w:rsidRDefault="0057254D"/>
     <w:sectPr w:rsidR="0057254D" w:rsidSect="00557944">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1CEC45E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E6C83E9A"/>
     <w:lvl w:ilvl="0" w:tplc="24AAFA72">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -843,102 +829,105 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="293873981">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00631295"/>
+    <w:rsid w:val="001E7482"/>
+    <w:rsid w:val="00342F4A"/>
     <w:rsid w:val="0057254D"/>
     <w:rsid w:val="005B7E44"/>
     <w:rsid w:val="00631295"/>
     <w:rsid w:val="009E23B2"/>
     <w:rsid w:val="00F15D2F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hr-HR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="46A5F41E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D3D90B4D-DD74-487C-8F20-EA14DCF768CE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="hr-HR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1344,51 +1333,51 @@
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezpopisa">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Odlomakpopisa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00631295"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema sustava Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>