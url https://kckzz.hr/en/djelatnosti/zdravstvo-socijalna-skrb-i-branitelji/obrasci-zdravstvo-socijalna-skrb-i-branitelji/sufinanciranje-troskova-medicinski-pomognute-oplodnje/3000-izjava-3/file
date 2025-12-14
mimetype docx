--- v1 (2025-11-23)
+++ v2 (2025-12-14)
@@ -1,159 +1,506 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="51D9BC7F" w14:textId="341740F2" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00342F4A">
-      <w:r>
+    <w:p w14:paraId="7ED53F00" w14:textId="77777777" w:rsidR="00EE3BCD" w:rsidRDefault="00EE3BCD" w:rsidP="00F15D2F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Svijetlatablicareetke1-isticanje6"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1506"/>
+        <w:gridCol w:w="7556"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EE3BCD" w:rsidRPr="00D449B7" w14:paraId="1B0339DB" w14:textId="77777777" w:rsidTr="00EF7B5D">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="1448"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="761" w:type="pct"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6957A3F7" w14:textId="77777777" w:rsidR="00EE3BCD" w:rsidRPr="00D449B7" w:rsidRDefault="00EE3BCD" w:rsidP="00EF7B5D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D449B7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="65CF3AC8" wp14:editId="5A0EFBA6">
+                  <wp:extent cx="809625" cy="895350"/>
+                  <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+                  <wp:docPr id="8" name="Slika 4" descr="Slika na kojoj se prikazuje simbol, emblem, logotip, grb&#10;&#10;Opis je automatski generiran"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="8" name="Slika 4" descr="Slika na kojoj se prikazuje simbol, emblem, logotip, grb&#10;&#10;Opis je automatski generiran"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId6">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="809625" cy="895350"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4239" w:type="pct"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="623A1CE3" w14:textId="77777777" w:rsidR="00EE3BCD" w:rsidRPr="00D449B7" w:rsidRDefault="00EE3BCD" w:rsidP="00EF7B5D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D449B7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>KOPRIVNIČKO-KRIŽEVAČKA ŽUPANIJA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A73085A" w14:textId="77777777" w:rsidR="00EE3BCD" w:rsidRPr="00D449B7" w:rsidRDefault="00EE3BCD" w:rsidP="00EF7B5D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D449B7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Upravni odjel za </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>obrazovanje, zdravstvo, socijalnu skrb i hrvatske branitelje</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D449B7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Ulica Antuna Nemčića 5, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A14675E" w14:textId="77777777" w:rsidR="00EE3BCD" w:rsidRPr="00D449B7" w:rsidRDefault="00EE3BCD" w:rsidP="00EF7B5D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D449B7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>48000 Koprivnica</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BCE78F5" w14:textId="77777777" w:rsidR="00EE3BCD" w:rsidRPr="00D449B7" w:rsidRDefault="00EE3BCD" w:rsidP="00EF7B5D">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D449B7">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tel: 048/658-225, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r w:rsidRPr="00D449B7">
+                <w:rPr>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:color w:val="0563C1"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="zh-CN"/>
+                </w:rPr>
+                <w:t>pisarnica@kckzz.hr</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5FD6950E" w14:textId="77777777" w:rsidR="00EE3BCD" w:rsidRDefault="00EE3BCD" w:rsidP="00F15D2F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02AF271A" w14:textId="77777777" w:rsidR="00EE3BCD" w:rsidRDefault="00EE3BCD" w:rsidP="00F15D2F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D70CB61" w14:textId="77777777" w:rsidR="00EE3BCD" w:rsidRDefault="00EE3BCD" w:rsidP="00F15D2F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51D9BC7F" w14:textId="147BD396" w:rsidR="00631295" w:rsidRPr="00EE3BCD" w:rsidRDefault="00631295" w:rsidP="00F15D2F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE3BCD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">Izjava </w:t>
       </w:r>
-      <w:r w:rsidR="00F15D2F">
+      <w:r w:rsidR="00F15D2F" w:rsidRPr="00EE3BCD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00EE3BCD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1B5C">
+      <w:r w:rsidRPr="00EE3BCD">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>(popunjavaju samo podnositelji</w:t>
       </w:r>
-      <w:r w:rsidR="00F15D2F">
+      <w:r w:rsidR="00F15D2F" w:rsidRPr="00EE3BCD">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>ce</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1B5C">
+      <w:r w:rsidRPr="00EE3BCD">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> zahtjeva koj</w:t>
       </w:r>
-      <w:r w:rsidR="00F15D2F">
+      <w:r w:rsidR="00F15D2F" w:rsidRPr="00EE3BCD">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1B5C">
+      <w:r w:rsidRPr="00EE3BCD">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> ne žive u izvanbračnoj ili istospolnoj zajednici)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29213000" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="793B3DFF" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70C66335" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05D8E6F6" w14:textId="77777777" w:rsidR="00631295" w:rsidRPr="002032F4" w:rsidRDefault="00631295" w:rsidP="00631295">
+    <w:p w14:paraId="05D8E6F6" w14:textId="77777777" w:rsidR="00631295" w:rsidRPr="00EE3BCD" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="002032F4">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE3BCD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>IZJAVA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D2124D6" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B8F0BCC" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29C453DF" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BD265C7" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
-[...11 lines deleted...]
-        <w:t xml:space="preserve">kojom ja, ______________________________________, OIB:_______________________, </w:t>
+    <w:p w14:paraId="6BD265C7" w14:textId="0662EB9A" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kojom ja, _____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3BCD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3BCD" w:rsidRPr="00EE3BCD">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(ime i prezime)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE3BCD">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> OIB:__________</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3BCD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EAE17FB" w14:textId="77777777" w:rsidR="009E23B2" w:rsidRDefault="009E23B2" w:rsidP="00631295">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01978659" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -184,124 +531,166 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D09ABF8" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
-[...11 lines deleted...]
-        <w:t>rođen/a ________________________________, ___________________________________</w:t>
+    <w:p w14:paraId="2D09ABF8" w14:textId="72A197BB" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rođen/</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3BCD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a _____________________________, __________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3BCD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3BCD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6717264E" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:ind w:left="1416"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(datum i mjesto rođenja)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>(adresa prebivališta)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E25622D" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B3446CA" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
-[...11 lines deleted...]
-        <w:t>pod materijalnom i kaznenom odgovornošću:</w:t>
+    <w:p w14:paraId="7B3446CA" w14:textId="33CF1495" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pod materijalnom i kaznenom odgovornošću</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3BCD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F8CA9B2" w14:textId="77777777" w:rsidR="00631295" w:rsidRPr="00E0633A" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7256E44F" w14:textId="7B235DAD" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E0633A">
         <w:rPr>
@@ -355,193 +744,198 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">se </w:t>
       </w:r>
       <w:r w:rsidRPr="00557944">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u svrhu ostvarivanja</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00557944">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">prava na sufinanciranje troškova medicinski </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>prava na sufinanciranje troškova medicinski pomognute oplodnje</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AE78A60" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FB440D1" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="012777C2" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6229FB2E" w14:textId="35FF3BB0" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00557944">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>pomognute</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>U ____________________, ________202</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3BCD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
       <w:r w:rsidRPr="00557944">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> oplodnje</w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AE78A60" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
-[...52 lines deleted...]
-    </w:p>
     <w:p w14:paraId="7F960C45" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A61A256" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E9D8D0A" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D38A3A2" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
+    <w:p w14:paraId="0D38A3A2" w14:textId="6C59B0BD" w:rsidR="00631295" w:rsidRDefault="00EE3BCD" w:rsidP="00631295">
       <w:pPr>
         <w:ind w:left="5664" w:firstLine="708"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00631295">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>POTPIS:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50EA4003" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:ind w:left="5664" w:firstLine="708"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45A69BD7" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
+    <w:p w14:paraId="45A69BD7" w14:textId="2551801C" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:ind w:left="4956" w:firstLine="708"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>_______________________</w:t>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3BCD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23B55E66" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7FF339FB" w14:textId="77777777" w:rsidR="00631295" w:rsidRPr="00F34B33" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -830,72 +1224,73 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="293873981">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="170"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00631295"/>
-    <w:rsid w:val="001E7482"/>
-    <w:rsid w:val="00342F4A"/>
     <w:rsid w:val="0057254D"/>
     <w:rsid w:val="005B7E44"/>
     <w:rsid w:val="00631295"/>
     <w:rsid w:val="009E23B2"/>
+    <w:rsid w:val="00AE6C96"/>
+    <w:rsid w:val="00EE3BCD"/>
+    <w:rsid w:val="00EF5CDA"/>
     <w:rsid w:val="00F15D2F"/>
+    <w:rsid w:val="00F7209A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hr-HR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="46A5F41E"/>
@@ -1329,62 +1724,119 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezpopisa">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Odlomakpopisa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00631295"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="table" w:styleId="Svijetlatablicareetke1-isticanje6">
+    <w:name w:val="Grid Table 1 Light Accent 6"/>
+    <w:basedOn w:val="Obinatablica"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="00EE3BCD"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="C5E0B3" w:themeColor="accent6" w:themeTint="66"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="C5E0B3" w:themeColor="accent6" w:themeTint="66"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C5E0B3" w:themeColor="accent6" w:themeTint="66"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="C5E0B3" w:themeColor="accent6" w:themeTint="66"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C5E0B3" w:themeColor="accent6" w:themeTint="66"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C5E0B3" w:themeColor="accent6" w:themeTint="66"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="A8D08D" w:themeColor="accent6" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="A8D08D" w:themeColor="accent6" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pisarnica@kckzz.hr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema sustava Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1604,74 +2056,90 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5EDF55EA-9F44-4102-8DE7-9AD924F9836E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>97</Words>
-  <Characters>557</Characters>
+  <Words>135</Words>
+  <Characters>770</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
+  <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Naslov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>653</CharactersWithSpaces>
+  <CharactersWithSpaces>904</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Windows korisnik</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>