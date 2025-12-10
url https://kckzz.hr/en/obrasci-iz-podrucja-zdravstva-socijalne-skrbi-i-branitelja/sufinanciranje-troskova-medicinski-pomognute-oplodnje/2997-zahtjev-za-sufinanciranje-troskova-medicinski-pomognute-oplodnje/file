--- v0 (2025-10-10)
+++ v1 (2025-12-10)
@@ -1,236 +1,242 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="Svijetlatablicareetke1-isticanje6"/>
         <w:tblW w:w="5000" w:type="pct"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1506"/>
         <w:gridCol w:w="7556"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00775F2F" w14:paraId="4737888C" w14:textId="77777777" w:rsidTr="00775F2F">
+      <w:tr w:rsidR="00775F2F" w14:paraId="4737888C" w14:textId="77777777" w:rsidTr="0053704A">
         <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="1448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="761" w:type="pct"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="661EB2B2" w14:textId="77777777" w:rsidR="00775F2F" w:rsidRDefault="00775F2F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-                <w:b/>
-                <w:bCs/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-                <w:b/>
-                <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="387E2F36" wp14:editId="5BE607FA">
                   <wp:extent cx="809625" cy="895350"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                   <wp:docPr id="8" name="Slika 4" descr="Slika na kojoj se prikazuje simbol, emblem, logotip, grb&#10;&#10;Opis je automatski generiran"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="8" name="Slika 4" descr="Slika na kojoj se prikazuje simbol, emblem, logotip, grb&#10;&#10;Opis je automatski generiran"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5">
+                          <a:blip r:embed="rId6">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="809625" cy="895350"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4239" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42BA3E84" w14:textId="77777777" w:rsidR="00775F2F" w:rsidRDefault="00775F2F">
+          <w:p w14:paraId="42BA3E84" w14:textId="77777777" w:rsidR="00775F2F" w:rsidRPr="0053704A" w:rsidRDefault="00775F2F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-                <w:b/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0053704A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>KOPRIVNIČKO-KRIŽEVAČKA ŽUPANIJA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C338BC0" w14:textId="77777777" w:rsidR="00186D80" w:rsidRDefault="00775F2F">
+          <w:p w14:paraId="4C338BC0" w14:textId="4F7AE65E" w:rsidR="00186D80" w:rsidRPr="0053704A" w:rsidRDefault="00775F2F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0053704A">
+              <w:t xml:space="preserve">Upravni odjel za </w:t>
+            </w:r>
+            <w:r w:rsidR="0053704A" w:rsidRPr="0053704A">
+              <w:t>obrazovanje, zdravstvo, socijalnu skrb i hrvatske branitelje</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0053704A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0053704A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:br/>
               <w:t xml:space="preserve">Ulica Antuna Nemčića 5, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7DFD355A" w14:textId="2655FF65" w:rsidR="00775F2F" w:rsidRDefault="00775F2F">
+          <w:p w14:paraId="7DFD355A" w14:textId="2655FF65" w:rsidR="00775F2F" w:rsidRPr="0053704A" w:rsidRDefault="00775F2F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0053704A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>48000 Koprivnica</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="75F4B102" w14:textId="76EA5092" w:rsidR="00775F2F" w:rsidRDefault="00775F2F">
             <w:pPr>
               <w:suppressAutoHyphens/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="0053704A">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">Tel: 048/658-225, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId6" w:history="1">
-              <w:r>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r w:rsidRPr="0053704A">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
                   <w:color w:val="0563C1"/>
                   <w:lang w:eastAsia="zh-CN"/>
                 </w:rPr>
                 <w:t>pisarnica@kckzz.hr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0FD080D9" w14:textId="77777777" w:rsidR="00775F2F" w:rsidRDefault="00775F2F" w:rsidP="00775F2F"/>
     <w:p w14:paraId="51B35CDB" w14:textId="77777777" w:rsidR="00775F2F" w:rsidRPr="009219A8" w:rsidRDefault="00775F2F" w:rsidP="00775F2F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7183B6CB" w14:textId="77777777" w:rsidR="009219A8" w:rsidRDefault="00775F2F" w:rsidP="009219A8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -257,3312 +263,2664 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009219A8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>POMOGNUTE OPLODNJE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AC28876" w14:textId="77777777" w:rsidR="00775F2F" w:rsidRDefault="00775F2F" w:rsidP="00775F2F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="Svijetlatablicareetke1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="516"/>
         <w:gridCol w:w="2523"/>
         <w:gridCol w:w="6023"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00775F2F" w14:paraId="088E657A" w14:textId="77777777" w:rsidTr="00557944">
+      <w:tr w:rsidR="00775F2F" w14:paraId="088E657A" w14:textId="77777777" w:rsidTr="0053704A">
         <w:trPr>
-          <w:cantSplit/>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="263" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="649BB80E" w14:textId="0175D563" w:rsidR="00775F2F" w:rsidRPr="00557944" w:rsidRDefault="00775F2F" w:rsidP="00775F2F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk142380983"/>
             <w:r w:rsidRPr="00557944">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1403" w:type="pct"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44F0EEE4" w14:textId="6B2A1B4F" w:rsidR="00775F2F" w:rsidRPr="00557944" w:rsidRDefault="00775F2F">
+          <w:p w14:paraId="44F0EEE4" w14:textId="6B2A1B4F" w:rsidR="00775F2F" w:rsidRPr="0053704A" w:rsidRDefault="00775F2F">
+            <w:pPr>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0053704A">
+              <w:t>Ime i prezime</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3334" w:type="pct"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A0979B1" w14:textId="77777777" w:rsidR="00775F2F" w:rsidRDefault="00775F2F">
+            <w:pPr>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00775F2F" w14:paraId="1C40B388" w14:textId="77777777" w:rsidTr="0053704A">
+        <w:trPr>
+          <w:trHeight w:val="364"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="263" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="59D7BB8E" w14:textId="1ADD6FD8" w:rsidR="00775F2F" w:rsidRPr="00557944" w:rsidRDefault="00775F2F" w:rsidP="00775F2F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00557944">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Ime i prezime</w:t>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1403" w:type="pct"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4443264E" w14:textId="7326505D" w:rsidR="00775F2F" w:rsidRPr="0053704A" w:rsidRDefault="00775F2F">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0053704A">
+              <w:t xml:space="preserve">Datum i </w:t>
+            </w:r>
+            <w:r w:rsidR="006F122D" w:rsidRPr="0053704A">
+              <w:t>mjesto</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0053704A">
+              <w:t xml:space="preserve"> rođenja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3334" w:type="pct"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A0979B1" w14:textId="77777777" w:rsidR="00775F2F" w:rsidRDefault="00775F2F">
+          <w:p w14:paraId="5F215181" w14:textId="77777777" w:rsidR="00775F2F" w:rsidRDefault="00775F2F">
             <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775F2F" w14:paraId="1C40B388" w14:textId="77777777" w:rsidTr="00557944">
+      <w:bookmarkEnd w:id="0"/>
+      <w:tr w:rsidR="00775F2F" w14:paraId="228ACFA5" w14:textId="77777777" w:rsidTr="0053704A">
         <w:trPr>
-          <w:cantSplit/>
-          <w:trHeight w:val="364"/>
+          <w:trHeight w:val="461"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="263" w:type="pct"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w14:paraId="59D7BB8E" w14:textId="1ADD6FD8" w:rsidR="00775F2F" w:rsidRPr="00557944" w:rsidRDefault="00775F2F" w:rsidP="00775F2F">
+          </w:tcPr>
+          <w:p w14:paraId="67F5FAE6" w14:textId="125F1190" w:rsidR="00775F2F" w:rsidRPr="00557944" w:rsidRDefault="00775F2F" w:rsidP="00775F2F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00557944">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2.</w:t>
+              <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1403" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4443264E" w14:textId="33E9866F" w:rsidR="00775F2F" w:rsidRPr="00557944" w:rsidRDefault="00775F2F">
+          <w:p w14:paraId="62A7408A" w14:textId="25DEC2F1" w:rsidR="00775F2F" w:rsidRPr="0053704A" w:rsidRDefault="00775F2F">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0053704A">
+              <w:t>Adresa prebivališta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3334" w:type="pct"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4563D90E" w14:textId="77777777" w:rsidR="00775F2F" w:rsidRDefault="00775F2F">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00557944" w14:paraId="196FA40B" w14:textId="77777777" w:rsidTr="0053704A">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="263" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="26DE48AC" w14:textId="765FF59B" w:rsidR="00557944" w:rsidRPr="00557944" w:rsidRDefault="00557944" w:rsidP="00557944">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00557944">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Datum i </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="006F122D" w:rsidRPr="00557944">
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1403" w:type="pct"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="3896C387" w14:textId="52A69D1B" w:rsidR="00557944" w:rsidRPr="0053704A" w:rsidRDefault="00557944" w:rsidP="00557944">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0053704A">
+              <w:t>Mjesto i poštanski broj</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3334" w:type="pct"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="0AD7F21B" w14:textId="77777777" w:rsidR="00557944" w:rsidRDefault="00557944" w:rsidP="00557944">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00557944" w14:paraId="7A176262" w14:textId="77777777" w:rsidTr="0053704A">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="263" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="44AE60E9" w14:textId="69D67397" w:rsidR="00557944" w:rsidRPr="00557944" w:rsidRDefault="00557944" w:rsidP="00557944">
+            <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>mjesto</w:t>
-            </w:r>
+            </w:pPr>
             <w:r w:rsidRPr="00557944">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> rođenja</w:t>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1403" w:type="pct"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="70C8A30F" w14:textId="7E3CF148" w:rsidR="00557944" w:rsidRPr="0053704A" w:rsidRDefault="00A13356" w:rsidP="00557944">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0053704A">
+              <w:t>OIB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3334" w:type="pct"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="5C245D2D" w14:textId="77777777" w:rsidR="00557944" w:rsidRDefault="00557944" w:rsidP="00557944">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00557944" w14:paraId="438299BC" w14:textId="77777777" w:rsidTr="0053704A">
+        <w:trPr>
+          <w:trHeight w:val="418"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="263" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="73E402C6" w14:textId="78AF8A51" w:rsidR="00557944" w:rsidRPr="00557944" w:rsidRDefault="00557944" w:rsidP="00557944">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557944">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1403" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F215181" w14:textId="77777777" w:rsidR="00775F2F" w:rsidRDefault="00775F2F">
+          <w:p w14:paraId="0D4B6E4E" w14:textId="652AFA0C" w:rsidR="00557944" w:rsidRPr="0053704A" w:rsidRDefault="00A13356" w:rsidP="00557944">
             <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0053704A">
+              <w:t>Broj telefona</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3334" w:type="pct"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21D35578" w14:textId="77777777" w:rsidR="00557944" w:rsidRDefault="00557944" w:rsidP="00557944">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="0"/>
-      <w:tr w:rsidR="00775F2F" w14:paraId="228ACFA5" w14:textId="77777777" w:rsidTr="00557944">
+      <w:tr w:rsidR="00557944" w14:paraId="582FB1FE" w14:textId="77777777" w:rsidTr="0053704A">
         <w:trPr>
-          <w:cantSplit/>
-          <w:trHeight w:val="461"/>
+          <w:trHeight w:val="410"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="263" w:type="pct"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w14:paraId="67F5FAE6" w14:textId="125F1190" w:rsidR="00775F2F" w:rsidRPr="00557944" w:rsidRDefault="00775F2F" w:rsidP="00775F2F">
+          </w:tcPr>
+          <w:p w14:paraId="0450A388" w14:textId="00C350EE" w:rsidR="00557944" w:rsidRPr="00557944" w:rsidRDefault="00557944" w:rsidP="00557944">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00557944">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>3.</w:t>
+              <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1403" w:type="pct"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62A7408A" w14:textId="25DEC2F1" w:rsidR="00775F2F" w:rsidRPr="00557944" w:rsidRDefault="00775F2F">
+          <w:p w14:paraId="249E50E7" w14:textId="4D9CEB35" w:rsidR="00557944" w:rsidRPr="0053704A" w:rsidRDefault="00A13356" w:rsidP="00557944">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0053704A">
+              <w:t>Broj mobitela</w:t>
+            </w:r>
+            <w:r w:rsidR="00557944" w:rsidRPr="0053704A">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3334" w:type="pct"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6892861B" w14:textId="77777777" w:rsidR="00557944" w:rsidRDefault="00557944" w:rsidP="00557944">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00557944" w14:paraId="17C85BAB" w14:textId="77777777" w:rsidTr="0053704A">
+        <w:trPr>
+          <w:trHeight w:val="402"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="263" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="38CC449A" w14:textId="241197D6" w:rsidR="00557944" w:rsidRPr="00557944" w:rsidRDefault="00557944" w:rsidP="00557944">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00557944">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Adresa prebivališta</w:t>
-[...11 lines deleted...]
-            </w:tcBorders>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1403" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4563D90E" w14:textId="77777777" w:rsidR="00775F2F" w:rsidRDefault="00775F2F">
+          <w:p w14:paraId="0F708DEE" w14:textId="275F61CA" w:rsidR="00557944" w:rsidRPr="0053704A" w:rsidRDefault="00A13356" w:rsidP="00557944">
             <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0053704A">
+              <w:t>E-mail adresa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3334" w:type="pct"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="6C01AFF6" w14:textId="77777777" w:rsidR="00557944" w:rsidRDefault="00557944" w:rsidP="00557944">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00557944" w14:paraId="0F4E9CDE" w14:textId="77777777" w:rsidTr="0053704A">
+        <w:trPr>
+          <w:trHeight w:val="436"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="263" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EBEFD89" w14:textId="1998F6B9" w:rsidR="00557944" w:rsidRPr="00557944" w:rsidRDefault="00557944" w:rsidP="00557944">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557944">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1403" w:type="pct"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="301160CA" w14:textId="0F227EB3" w:rsidR="00557944" w:rsidRPr="0053704A" w:rsidRDefault="00A13356" w:rsidP="00557944">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0053704A">
+              <w:t>IBAN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3334" w:type="pct"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="25BAEE24" w14:textId="77777777" w:rsidR="00557944" w:rsidRDefault="00557944" w:rsidP="00557944">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t> </w:t>
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00557944" w14:paraId="196FA40B" w14:textId="77777777" w:rsidTr="00557944">
+      <w:tr w:rsidR="00775F2F" w14:paraId="3D2B1D17" w14:textId="77777777" w:rsidTr="0053704A">
         <w:trPr>
-          <w:cantSplit/>
-          <w:trHeight w:val="425"/>
+          <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="263" w:type="pct"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w14:paraId="26DE48AC" w14:textId="765FF59B" w:rsidR="00557944" w:rsidRPr="00557944" w:rsidRDefault="00557944" w:rsidP="00557944">
+          </w:tcPr>
+          <w:p w14:paraId="1D8C837A" w14:textId="0B733BB8" w:rsidR="00775F2F" w:rsidRPr="00557944" w:rsidRDefault="00557944" w:rsidP="00775F2F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00557944">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>4.</w:t>
-[...16 lines deleted...]
-            <w:pPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00775F2F" w:rsidRPr="00557944">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1403" w:type="pct"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="329C9006" w14:textId="3215FB8D" w:rsidR="00775F2F" w:rsidRPr="0053704A" w:rsidRDefault="00D0119E">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-              <w:t>oštanski broj</w:t>
+            <w:r w:rsidRPr="0053704A">
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidR="00A13356" w:rsidRPr="0053704A">
+              <w:t>aziv banke</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3334" w:type="pct"/>
-            <w:tcBorders>
-[...530 lines deleted...]
-            </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="3B4E1291" w14:textId="77777777" w:rsidR="00775F2F" w:rsidRDefault="00775F2F">
             <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="31181E65" w14:textId="77777777" w:rsidR="0055562A" w:rsidRDefault="0055562A" w:rsidP="0055562A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3020"/>
         <w:gridCol w:w="3021"/>
         <w:gridCol w:w="3021"/>
       </w:tblGrid>
       <w:tr w:rsidR="0055562A" w:rsidRPr="00557944" w14:paraId="0BB29FF9" w14:textId="77777777" w:rsidTr="00F34B33">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1666" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B39672F" w14:textId="4AA0CE7F" w:rsidR="0055562A" w:rsidRPr="00557944" w:rsidRDefault="0055562A" w:rsidP="0002388B">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="2B39672F" w14:textId="4AA0CE7F" w:rsidR="0055562A" w:rsidRPr="0053704A" w:rsidRDefault="0055562A" w:rsidP="0002388B">
+            <w:r w:rsidRPr="0053704A">
               <w:t>Bračna zajednica</w:t>
             </w:r>
-            <w:r w:rsidR="008570D5">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="008570D5" w:rsidRPr="0053704A">
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1667" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="756366EB" w14:textId="673E1290" w:rsidR="0055562A" w:rsidRPr="00557944" w:rsidRDefault="0055562A" w:rsidP="0055562A">
+          <w:p w14:paraId="756366EB" w14:textId="673E1290" w:rsidR="0055562A" w:rsidRPr="0053704A" w:rsidRDefault="0055562A" w:rsidP="0055562A">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00557944">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0053704A">
               <w:t>DA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1667" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54383769" w14:textId="3B52817B" w:rsidR="0055562A" w:rsidRPr="00557944" w:rsidRDefault="0055562A" w:rsidP="0055562A">
+          <w:p w14:paraId="54383769" w14:textId="3B52817B" w:rsidR="0055562A" w:rsidRPr="0053704A" w:rsidRDefault="0055562A" w:rsidP="0055562A">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00557944">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0053704A">
               <w:t>NE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0055562A" w:rsidRPr="00557944" w14:paraId="709A523B" w14:textId="77777777" w:rsidTr="00F34B33">
+      <w:tr w:rsidR="0055562A" w:rsidRPr="00557944" w14:paraId="709A523B" w14:textId="77777777" w:rsidTr="0053704A">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="530"/>
+          <w:trHeight w:val="469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1666" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="191928DE" w14:textId="65F57849" w:rsidR="0055562A" w:rsidRPr="00557944" w:rsidRDefault="0055562A" w:rsidP="0002388B">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="191928DE" w14:textId="65F57849" w:rsidR="0055562A" w:rsidRPr="0053704A" w:rsidRDefault="0055562A" w:rsidP="0002388B">
+            <w:r w:rsidRPr="0053704A">
               <w:t>Izvanbračna zajednica</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1667" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61F23F00" w14:textId="535B1812" w:rsidR="0055562A" w:rsidRPr="00557944" w:rsidRDefault="0055562A" w:rsidP="0055562A">
+          <w:p w14:paraId="61F23F00" w14:textId="535B1812" w:rsidR="0055562A" w:rsidRPr="0053704A" w:rsidRDefault="0055562A" w:rsidP="0055562A">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00557944">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0053704A">
               <w:t>DA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1667" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75419913" w14:textId="0129CE57" w:rsidR="0055562A" w:rsidRPr="00557944" w:rsidRDefault="0055562A" w:rsidP="0055562A">
+          <w:p w14:paraId="75419913" w14:textId="0129CE57" w:rsidR="0055562A" w:rsidRPr="0053704A" w:rsidRDefault="0055562A" w:rsidP="0055562A">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00557944">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0053704A">
               <w:t>NE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="557A1A19" w14:textId="28C50038" w:rsidR="0055562A" w:rsidRPr="00557944" w:rsidRDefault="0055562A" w:rsidP="0055562A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3019"/>
         <w:gridCol w:w="6043"/>
       </w:tblGrid>
       <w:tr w:rsidR="0055562A" w:rsidRPr="00557944" w14:paraId="11D274A7" w14:textId="77777777" w:rsidTr="0004502C">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="556"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1666" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="130F9FCE" w14:textId="161ECB89" w:rsidR="0055562A" w:rsidRPr="00557944" w:rsidRDefault="0055562A" w:rsidP="0002388B">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="130F9FCE" w14:textId="161ECB89" w:rsidR="0055562A" w:rsidRPr="0053704A" w:rsidRDefault="0055562A" w:rsidP="0002388B">
             <w:bookmarkStart w:id="1" w:name="_Hlk142381402"/>
-            <w:r w:rsidRPr="00557944">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0053704A">
               <w:t>Ime i prezime bračnog/izvanbračnog</w:t>
             </w:r>
-            <w:r w:rsidR="00906CA2">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00906CA2" w:rsidRPr="0053704A">
               <w:t xml:space="preserve"> druga</w:t>
             </w:r>
-            <w:r w:rsidR="008570D5">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="008570D5" w:rsidRPr="0053704A">
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3334" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="59725277" w14:textId="77777777" w:rsidR="0055562A" w:rsidRPr="00557944" w:rsidRDefault="0055562A" w:rsidP="0002388B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00557944">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="1"/>
       <w:tr w:rsidR="0055562A" w:rsidRPr="00557944" w14:paraId="300DC1B3" w14:textId="77777777" w:rsidTr="0055562A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="364"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1666" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BAB7E74" w14:textId="378A62DF" w:rsidR="0055562A" w:rsidRPr="00557944" w:rsidRDefault="0055562A" w:rsidP="0002388B">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="7BAB7E74" w14:textId="378A62DF" w:rsidR="0055562A" w:rsidRPr="0053704A" w:rsidRDefault="0055562A" w:rsidP="0002388B">
+            <w:r w:rsidRPr="0053704A">
               <w:t>Adresa prebivališta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3334" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7D1F2CFC" w14:textId="77777777" w:rsidR="0055562A" w:rsidRPr="00557944" w:rsidRDefault="0055562A" w:rsidP="0002388B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00557944">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0055562A" w:rsidRPr="00557944" w14:paraId="07406998" w14:textId="77777777" w:rsidTr="0055562A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="364"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1666" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C512843" w14:textId="1C387463" w:rsidR="0055562A" w:rsidRPr="00557944" w:rsidRDefault="0055562A" w:rsidP="0002388B">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="4C512843" w14:textId="1C387463" w:rsidR="0055562A" w:rsidRPr="0053704A" w:rsidRDefault="0055562A" w:rsidP="0002388B">
+            <w:r w:rsidRPr="0053704A">
               <w:t>OIB:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3334" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="60827146" w14:textId="77777777" w:rsidR="0055562A" w:rsidRPr="00557944" w:rsidRDefault="0055562A" w:rsidP="0002388B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0055562A" w:rsidRPr="00557944" w14:paraId="5205877A" w14:textId="77777777" w:rsidTr="0055562A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="364"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1666" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DDE033E" w14:textId="00AF7204" w:rsidR="0055562A" w:rsidRPr="00557944" w:rsidRDefault="00FE1B5C" w:rsidP="0002388B">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="1DDE033E" w14:textId="00AF7204" w:rsidR="0055562A" w:rsidRPr="0053704A" w:rsidRDefault="00FE1B5C" w:rsidP="0002388B">
+            <w:r w:rsidRPr="0053704A">
               <w:t>Kontakt broj</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3334" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="692F2E06" w14:textId="77777777" w:rsidR="0055562A" w:rsidRPr="00557944" w:rsidRDefault="0055562A" w:rsidP="0002388B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="60F3E8C6" w14:textId="77777777" w:rsidR="0055562A" w:rsidRDefault="0055562A" w:rsidP="0055562A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="534B80CF" w14:textId="7A5F1E5F" w:rsidR="0055562A" w:rsidRPr="00557944" w:rsidRDefault="00557944" w:rsidP="0055562A">
+    <w:p w14:paraId="534B80CF" w14:textId="7A5F1E5F" w:rsidR="0055562A" w:rsidRPr="0053704A" w:rsidRDefault="00557944" w:rsidP="0055562A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidR="0055562A" w:rsidRPr="00557944">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0055562A" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>Potrebno popuniti samo u slučaju kada se podnositelj zahtjev</w:t>
       </w:r>
-      <w:r w:rsidR="0032245F">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0032245F" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>a nalazi u bračnoj</w:t>
       </w:r>
-      <w:r w:rsidR="00906CA2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00906CA2" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="0055562A" w:rsidRPr="00557944">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0055562A" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>izvanbračno</w:t>
       </w:r>
-      <w:r w:rsidR="00906CA2">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00906CA2" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>j</w:t>
       </w:r>
-      <w:r w:rsidR="0055562A" w:rsidRPr="00557944">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0055562A" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> zajednici.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F6F7203" w14:textId="77777777" w:rsidR="00CD2F95" w:rsidRPr="00557944" w:rsidRDefault="00CD2F95" w:rsidP="0055562A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblW w:w="3361" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3019"/>
-        <w:gridCol w:w="6043"/>
+        <w:gridCol w:w="3072"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD2F95" w:rsidRPr="00557944" w14:paraId="40F64565" w14:textId="77777777" w:rsidTr="0002388B">
+      <w:tr w:rsidR="00CD2F95" w:rsidRPr="00557944" w14:paraId="40F64565" w14:textId="77777777" w:rsidTr="0053704A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1666" w:type="pct"/>
+            <w:tcW w:w="2478" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DC4B3E5" w14:textId="08908A9E" w:rsidR="00CD2F95" w:rsidRPr="00557944" w:rsidRDefault="00CD2F95" w:rsidP="0002388B">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="3DC4B3E5" w14:textId="08908A9E" w:rsidR="00CD2F95" w:rsidRPr="0053704A" w:rsidRDefault="00CD2F95" w:rsidP="0002388B">
+            <w:r w:rsidRPr="0053704A">
               <w:t>Datum pokretanja postupk</w:t>
             </w:r>
-            <w:r w:rsidR="00FE1B5C">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00FE1B5C" w:rsidRPr="0053704A">
               <w:t>a medicinski pomognute oplodnje</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3334" w:type="pct"/>
+            <w:tcW w:w="2522" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3E36375A" w14:textId="77777777" w:rsidR="00CD2F95" w:rsidRPr="00557944" w:rsidRDefault="00CD2F95" w:rsidP="0002388B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00557944">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B6BCD" w:rsidRPr="00557944" w14:paraId="28443D07" w14:textId="77777777" w:rsidTr="000A5853">
+      <w:tr w:rsidR="001B6BCD" w:rsidRPr="00557944" w14:paraId="28443D07" w14:textId="77777777" w:rsidTr="0053704A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1666" w:type="pct"/>
+            <w:tcW w:w="2478" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="536B2174" w14:textId="454B22CB" w:rsidR="001B6BCD" w:rsidRPr="00557944" w:rsidRDefault="001B6BCD" w:rsidP="000A5853">
-[...24 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="536B2174" w14:textId="454B22CB" w:rsidR="001B6BCD" w:rsidRPr="0053704A" w:rsidRDefault="001B6BCD" w:rsidP="000A5853">
+            <w:r w:rsidRPr="0053704A">
+              <w:t>Ukupni troškovi postupk</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE1B5C" w:rsidRPr="0053704A">
               <w:t>a medicinski pomognute oplodnje</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3334" w:type="pct"/>
+            <w:tcW w:w="2522" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4FEF3EAC" w14:textId="77777777" w:rsidR="001B6BCD" w:rsidRPr="00557944" w:rsidRDefault="001B6BCD" w:rsidP="000A5853">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00557944">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="535B051C" w14:textId="77777777" w:rsidR="00CD2F95" w:rsidRDefault="00CD2F95" w:rsidP="0055562A">
+    <w:p w14:paraId="0FD1C9CD" w14:textId="77777777" w:rsidR="00130F7A" w:rsidRDefault="00130F7A" w:rsidP="0055562A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
-          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FD1C9CD" w14:textId="77777777" w:rsidR="00130F7A" w:rsidRDefault="00130F7A" w:rsidP="0055562A">
+    <w:p w14:paraId="51AF8A67" w14:textId="2F4B9290" w:rsidR="00130F7A" w:rsidRPr="0053704A" w:rsidRDefault="00367FD1" w:rsidP="0055562A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...25 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Podmirujete li </w:t>
+      </w:r>
+      <w:r w:rsidR="00130F7A" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>troškove medicinski pomognute oplodnje</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00130F7A" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000027B5" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>za koje se traži sufinanciranje od strane Koprivničko-križevačke županije</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE0F7C">
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00130F7A" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> osim iz vlastitih izvora i sredst</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ava Županije</w:t>
+      </w:r>
+      <w:r w:rsidR="00130F7A" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i </w:t>
+      </w:r>
+      <w:r w:rsidR="00130F7A" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>iz drugih javnih izvora (</w:t>
+      </w:r>
+      <w:r w:rsidR="00511E45" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">npr. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE0F7C">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00130F7A" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>općina</w:t>
       </w:r>
-      <w:r w:rsidR="00511E45">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00511E45" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE0F7C">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00130F7A" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>grad)?</w:t>
       </w:r>
-      <w:r w:rsidR="001871FF" w:rsidRPr="00CE0F7C">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="001871FF" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="001871FF" w:rsidRPr="00CE0F7C">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="001871FF" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>zaokružiti)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E7C5CE4" w14:textId="77777777" w:rsidR="00130F7A" w:rsidRPr="001871FF" w:rsidRDefault="00130F7A" w:rsidP="0055562A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reetkatablice"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4531"/>
         <w:gridCol w:w="4531"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00130F7A" w14:paraId="5F95A487" w14:textId="77777777" w:rsidTr="00130F7A">
+      <w:tr w:rsidR="00130F7A" w14:paraId="5F95A487" w14:textId="77777777" w:rsidTr="0053704A">
         <w:trPr>
-          <w:trHeight w:val="274"/>
+          <w:trHeight w:val="491"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="205D0537" w14:textId="69BF1DA7" w:rsidR="00130F7A" w:rsidRPr="00130F7A" w:rsidRDefault="00130F7A" w:rsidP="00130F7A">
+          </w:tcPr>
+          <w:p w14:paraId="5F3EE06E" w14:textId="77777777" w:rsidR="0053704A" w:rsidRDefault="0053704A" w:rsidP="00130F7A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00130F7A">
-[...14 lines deleted...]
-          <w:p w14:paraId="44D0D6E4" w14:textId="77777777" w:rsidR="00130F7A" w:rsidRPr="00130F7A" w:rsidRDefault="00130F7A" w:rsidP="00130F7A">
+          </w:p>
+          <w:p w14:paraId="205D0537" w14:textId="69B1A61F" w:rsidR="00130F7A" w:rsidRPr="0053704A" w:rsidRDefault="00130F7A" w:rsidP="00130F7A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="44EC38F0" w14:textId="77777777" w:rsidR="00130F7A" w:rsidRDefault="00130F7A" w:rsidP="00130F7A">
+            <w:r w:rsidRPr="0053704A">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>DA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44D0D6E4" w14:textId="77777777" w:rsidR="00130F7A" w:rsidRPr="0053704A" w:rsidRDefault="00130F7A" w:rsidP="00130F7A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00130F7A">
-[...8 lines deleted...]
-          <w:p w14:paraId="2B9DCB86" w14:textId="5CC9CD2B" w:rsidR="006174E0" w:rsidRPr="00130F7A" w:rsidRDefault="006174E0" w:rsidP="00130F7A">
+          </w:p>
+          <w:p w14:paraId="44EC38F0" w14:textId="77777777" w:rsidR="00130F7A" w:rsidRPr="0053704A" w:rsidRDefault="00130F7A" w:rsidP="00130F7A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0053704A">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>NE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B9DCB86" w14:textId="5CC9CD2B" w:rsidR="006174E0" w:rsidRPr="0053704A" w:rsidRDefault="006174E0" w:rsidP="00130F7A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="06BBA1DF" w14:textId="77777777" w:rsidR="007171B5" w:rsidRDefault="007171B5" w:rsidP="00CD2F95">
+    <w:p w14:paraId="3F4F756E" w14:textId="77777777" w:rsidR="007171B5" w:rsidRDefault="007171B5" w:rsidP="00CD2F95">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F4F756E" w14:textId="77777777" w:rsidR="007171B5" w:rsidRDefault="007171B5" w:rsidP="00CD2F95">
-[...3 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="30656FAC" w14:textId="299DA3EC" w:rsidR="00993654" w:rsidRDefault="00993654" w:rsidP="007C5423">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...7 lines deleted...]
-          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...4 lines deleted...]
-          <w:b/>
+        </w:rPr>
+        <w:t>IZJAVA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FA669DB" w14:textId="4E37B739" w:rsidR="00993654" w:rsidRDefault="00993654" w:rsidP="002F77C3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...5 lines deleted...]
-          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69F41240" w14:textId="1B320F98" w:rsidR="00993654" w:rsidRPr="0053704A" w:rsidRDefault="00993654" w:rsidP="00993654">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...1 lines deleted...]
-        <w:t>ostvarivanje prava:</w:t>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Kao podnositelj/</w:t>
+      </w:r>
+      <w:r w:rsidR="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ica zahtjeva za sufinanciranje troškova medicinski pomognute oplodnje izjavljujem da </w:t>
+      </w:r>
+      <w:r w:rsidR="009D187B" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sam s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>uglasan/a da se</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2126B" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> osobni podaci </w:t>
+      </w:r>
+      <w:r w:rsidR="0085096A" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>iz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B2126B" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>obra</w:t>
+      </w:r>
+      <w:r w:rsidR="00A500D6" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="0085096A" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ca</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2126B" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zahtjeva</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B2126B" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i </w:t>
+      </w:r>
+      <w:r w:rsidR="0085096A" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">priložene </w:t>
+      </w:r>
+      <w:r w:rsidR="00B2126B" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dokumentacij</w:t>
+      </w:r>
+      <w:r w:rsidR="0085096A" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2126B" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>koj</w:t>
+      </w:r>
+      <w:r w:rsidR="0085096A" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sam pružio/la </w:t>
+      </w:r>
+      <w:r w:rsidR="00B2126B" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">podnošenjem ovog zahtjeva </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>koriste</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2126B" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> u postupku rješavanja mog zahtjeva te ovlašćujem Koprivničko-križevačku županiju kao voditelja obrade da ima pravo provjeravati, obrađivati i čuvati prikupljene osobne podatke iz mog zahtjeva.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74BDB22F" w14:textId="77777777" w:rsidR="00130F7A" w:rsidRPr="00993654" w:rsidRDefault="00130F7A" w:rsidP="00CD2F95">
+    <w:p w14:paraId="6E8DE35B" w14:textId="77777777" w:rsidR="00A500D6" w:rsidRPr="0053704A" w:rsidRDefault="00A500D6" w:rsidP="00993654">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="438FF497" w14:textId="24A48F2E" w:rsidR="00993654" w:rsidRPr="0053704A" w:rsidRDefault="00B2126B" w:rsidP="002F77C3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00993654" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>zričito izjavljuje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00993654" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da ima</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00993654" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> više od 18 godina i da zakonski mo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>gu</w:t>
+      </w:r>
+      <w:r w:rsidR="00993654" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dati</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ovu</w:t>
+      </w:r>
+      <w:r w:rsidR="00993654" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> privolu za obradu osobnih podataka kako je to navedeno u ovoj izjavi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19A1B629" w14:textId="77777777" w:rsidR="00F34B33" w:rsidRDefault="00F34B33" w:rsidP="00F34B33">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3645E7F6" w14:textId="140DAA38" w:rsidR="00F34B33" w:rsidRDefault="00F34B33" w:rsidP="002F77C3">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>U ____________________, ________202</w:t>
+      </w:r>
+      <w:r w:rsidR="0053704A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C646873" w14:textId="2A6ABACC" w:rsidR="002F77C3" w:rsidRDefault="0085096A" w:rsidP="002F77C3">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="002F77C3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(mjesto, datum)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AD126F3" w14:textId="77777777" w:rsidR="00F34B33" w:rsidRDefault="00F34B33" w:rsidP="00F34B33">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E3513B6" w14:textId="50E9D35D" w:rsidR="00F34B33" w:rsidRDefault="00F34B33" w:rsidP="00F34B33">
+      <w:pPr>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F34B33">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>VLASTORUČNI POTPIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4963E884" w14:textId="7CCBB6E9" w:rsidR="00F34B33" w:rsidRPr="00F34B33" w:rsidRDefault="00F34B33" w:rsidP="00F34B33">
+      <w:pPr>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F34B33">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PODNOSITELJA  ZAHTJEVA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18DBED04" w14:textId="77777777" w:rsidR="00F34B33" w:rsidRPr="00F34B33" w:rsidRDefault="00F34B33" w:rsidP="00F34B33">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CC577E4" w14:textId="7E954BBA" w:rsidR="002F77C3" w:rsidRDefault="00F34B33" w:rsidP="002F77C3">
+      <w:pPr>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F34B33">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12A8C021" w14:textId="77777777" w:rsidR="002F77C3" w:rsidRDefault="002F77C3" w:rsidP="002F77C3">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41CFBAF8" w14:textId="77777777" w:rsidR="0053704A" w:rsidRPr="0053704A" w:rsidRDefault="0053704A" w:rsidP="0053704A">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Dokumentacija potrebna za ostvarivanje prava:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="737B9434" w14:textId="1629E5D6" w:rsidR="001B6BCD" w:rsidRPr="00A13356" w:rsidRDefault="00130F7A" w:rsidP="0085096A">
-[...1 lines deleted...]
-        <w:pStyle w:val="Odlomakpopisa"/>
+    <w:p w14:paraId="59448359" w14:textId="77777777" w:rsidR="0053704A" w:rsidRPr="0053704A" w:rsidRDefault="0053704A" w:rsidP="0053704A">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="346FE392" w14:textId="77777777" w:rsidR="0053704A" w:rsidRPr="0053704A" w:rsidRDefault="0053704A" w:rsidP="0053704A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:after="160" w:line="256" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...48 lines deleted...]
-      <w:r w:rsidR="00A13356" w:rsidRPr="00A13356">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0053704A">
+        <w:t xml:space="preserve">uvjerenje o prebivalištu podnositelja zahtjeva te osobe s kojom je u braku/izvanbračnoj zajednici - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053704A">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-        <w:t>,</w:t>
+        </w:rPr>
+        <w:t>prilažu svi podnositelji zahtjeva,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66F18666" w14:textId="51728621" w:rsidR="001B6BCD" w:rsidRPr="00A13356" w:rsidRDefault="00746FA0" w:rsidP="0085096A">
-[...1 lines deleted...]
-        <w:pStyle w:val="Odlomakpopisa"/>
+    <w:p w14:paraId="437A23A4" w14:textId="77777777" w:rsidR="0053704A" w:rsidRPr="0053704A" w:rsidRDefault="0053704A" w:rsidP="0053704A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:after="160" w:line="256" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...52 lines deleted...]
-      <w:r w:rsidR="00A13356" w:rsidRPr="00A13356">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0053704A">
+        <w:t>dokument/dokumentacija (po vlastitom izboru) iz koje(g) je vidljiva uključenost u postupak medicinske pomognute oplodnje –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053704A">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-        <w:t>,</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> prilažu svi podnositelji zahtjeva,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43258345" w14:textId="6062F6AA" w:rsidR="001B6BCD" w:rsidRPr="00A13356" w:rsidRDefault="00746FA0" w:rsidP="0085096A">
-[...1 lines deleted...]
-        <w:pStyle w:val="Odlomakpopisa"/>
+    <w:p w14:paraId="3FB62EFB" w14:textId="77777777" w:rsidR="0053704A" w:rsidRPr="0053704A" w:rsidRDefault="0053704A" w:rsidP="0053704A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:after="160" w:line="256" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...38 lines deleted...]
-      <w:r w:rsidR="00A13356" w:rsidRPr="00A13356">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0053704A">
+        <w:t>računi ovlaštene zdravstvene ustanove, liječnika specijaliste ginekologije odnosno ljekarne -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053704A">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-        <w:t>,</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> prilažu svi podnositelji zahtjeva,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1129D971" w14:textId="0D71BDD0" w:rsidR="001B6BCD" w:rsidRPr="00A13356" w:rsidRDefault="00746FA0" w:rsidP="0085096A">
-[...1 lines deleted...]
-        <w:pStyle w:val="Odlomakpopisa"/>
+    <w:p w14:paraId="54577678" w14:textId="047A50C1" w:rsidR="0053704A" w:rsidRPr="0053704A" w:rsidRDefault="0053704A" w:rsidP="0053704A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:after="160" w:line="256" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...129 lines deleted...]
-      <w:r w:rsidR="00A13356" w:rsidRPr="00A13356">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0053704A">
+        <w:t xml:space="preserve">potpisana </w:t>
+      </w:r>
+      <w:r w:rsidR="00367FD1">
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053704A">
+        <w:t>zjava 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00367FD1">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053704A">
+        <w:t xml:space="preserve"> (o istinitosti podataka navedenih u zahtjevu i priloženim dokazima; da se postupak ne financira sredstvima HZZO; da se troškovi za koje se traži financiranje od strane Županije ne financiraju iz drugih javnih izvora; prihvaćanje materijalne i kaznene odgovornosti) –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053704A">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-        <w:t>,</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> prilažu svi podnositelji zahtjeva,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D8782B2" w14:textId="77777777" w:rsidR="001B6BCD" w:rsidRPr="00F47730" w:rsidRDefault="001B6BCD" w:rsidP="0085096A">
-[...11 lines deleted...]
-        <w:pStyle w:val="Odlomakpopisa"/>
+    <w:p w14:paraId="5E25B615" w14:textId="2742CD8C" w:rsidR="0053704A" w:rsidRPr="0053704A" w:rsidRDefault="0053704A" w:rsidP="0053704A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:after="160" w:line="256" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...45 lines deleted...]
-      <w:r w:rsidR="002752E5" w:rsidRPr="002752E5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0053704A">
+        <w:t xml:space="preserve">potpisana </w:t>
+      </w:r>
+      <w:r w:rsidR="00367FD1">
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053704A">
+        <w:t>zjava 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00367FD1">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053704A">
+        <w:t xml:space="preserve"> - o postojanju izvanbračne zajednice </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053704A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(prilažu samo podnositelji zahtjeva koji žive u izvanbračnoj zajednici)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5504DD2B" w14:textId="77777777" w:rsidR="00374305" w:rsidRPr="00374305" w:rsidRDefault="00374305" w:rsidP="00374305">
-[...10 lines deleted...]
-        <w:pStyle w:val="Odlomakpopisa"/>
+    <w:p w14:paraId="67C719DF" w14:textId="11B034FB" w:rsidR="0053704A" w:rsidRPr="0053704A" w:rsidRDefault="0053704A" w:rsidP="0053704A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0053704A">
+        <w:t xml:space="preserve">potpisana </w:t>
+      </w:r>
+      <w:r w:rsidR="00367FD1">
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053704A">
+        <w:t>zjava 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00367FD1">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053704A">
+        <w:t xml:space="preserve"> - o nepostojanju izvanbračne ili istospolne zajednice </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(prilažu samo podnositeljice zahtjeva koje ne žive u izvanbračnoj ili istospolnoj zajednici).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DF63432" w14:textId="77777777" w:rsidR="002F77C3" w:rsidRDefault="002F77C3" w:rsidP="002F77C3">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00374305">
+    </w:p>
+    <w:p w14:paraId="51EEB9C8" w14:textId="77777777" w:rsidR="00A500D6" w:rsidRDefault="00A500D6" w:rsidP="002F77C3">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">potpisana izjava </w:t>
-[...66 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="42AADB45" w14:textId="31A209F9" w:rsidR="002F77C3" w:rsidRDefault="002F77C3" w:rsidP="002F77C3">
-[...446 lines deleted...]
-    <w:p w14:paraId="3A2C1280" w14:textId="29D7CE30" w:rsidR="002F77C3" w:rsidRPr="00740ACE" w:rsidRDefault="002F77C3" w:rsidP="002F77C3">
+    <w:p w14:paraId="3A2C1280" w14:textId="29D7CE30" w:rsidR="002F77C3" w:rsidRPr="0053704A" w:rsidRDefault="002F77C3" w:rsidP="002F77C3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00740ACE">
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0053704A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
         <w:t xml:space="preserve">Popunjavanjem i potpisivanjem ovog obrasca </w:t>
       </w:r>
-      <w:r w:rsidR="009D187B">
+      <w:r w:rsidR="009D187B" w:rsidRPr="0053704A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">i izjave </w:t>
       </w:r>
-      <w:r w:rsidRPr="00740ACE">
+      <w:r w:rsidRPr="0053704A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>dajete izričitu privolu za prikupljanje, obrađivanje i čuvanje Vaših osobnih podataka navedenih u obrascu</w:t>
       </w:r>
-      <w:r w:rsidR="0085096A">
+      <w:r w:rsidR="0085096A" w:rsidRPr="0053704A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> i dokumentaciji</w:t>
       </w:r>
-      <w:r w:rsidR="009D187B">
+      <w:r w:rsidR="009D187B" w:rsidRPr="0053704A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00740ACE">
+      <w:r w:rsidRPr="0053704A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00740ACE">
+      <w:r w:rsidRPr="0053704A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Koprivničko-križevačkoj županiji (u daljnjem tekstu: Voditelju obrade) u svrhu sufinanciranja troškova medicinski pomognute oplodnje.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E750393" w14:textId="0B236AB4" w:rsidR="002F77C3" w:rsidRPr="00740ACE" w:rsidRDefault="00740ACE" w:rsidP="00B2126B">
+    <w:p w14:paraId="6E750393" w14:textId="3DD678D4" w:rsidR="002F77C3" w:rsidRPr="0053704A" w:rsidRDefault="00740ACE" w:rsidP="00B2126B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0053704A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="001C6F72" w:rsidRPr="00740ACE">
+      <w:r w:rsidR="001C6F72" w:rsidRPr="0053704A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>okumentaciju pod brojem 2. i 3.</w:t>
       </w:r>
-      <w:r w:rsidR="001903AB" w:rsidRPr="00740ACE">
+      <w:r w:rsidR="001903AB" w:rsidRPr="0053704A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0053704A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00B2126B">
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">temeljem vaše privole obrađuju samo službenici koji neposredno rješavaju </w:t>
+      </w:r>
+      <w:r w:rsidR="00367FD1">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>aš zahtjev i neće ju dati na uvid trećim stranama</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2126B" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0053704A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02D01FB7" w14:textId="3F5956E3" w:rsidR="002F77C3" w:rsidRPr="00740ACE" w:rsidRDefault="002F77C3" w:rsidP="002F77C3">
+    <w:p w14:paraId="02D01FB7" w14:textId="3F5956E3" w:rsidR="002F77C3" w:rsidRPr="0053704A" w:rsidRDefault="002F77C3" w:rsidP="002F77C3">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00740ACE">
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0053704A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>S Vašim osobnim podacima postupat ćemo sukladno Općoj uredbi o zaštiti podataka (EU GDPR) i Zakonu provedbi opće uredbe o zaštiti podataka („Narodne novine“ broj 42/18.), te u skladu s Politikom zaštite privatnosti osobnih podataka koja je objavljena i može se pročitati na web stranici Koprivničko-križevačke županije,</w:t>
       </w:r>
-      <w:r w:rsidR="0085096A" w:rsidRPr="0085096A">
+      <w:r w:rsidR="0085096A" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="0085096A" w:rsidRPr="007E2229">
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="0085096A" w:rsidRPr="0053704A">
           <w:rPr>
             <w:rStyle w:val="Hiperveza"/>
             <w:rFonts w:eastAsia="Calibri"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>https://www.kckzz.hr/hr/politika-zastite-privatnosti-osobnih-podataka</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00740ACE">
+      <w:r w:rsidRPr="0053704A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00740ACE">
+      <w:r w:rsidRPr="0053704A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">uz primjenu odgovarajućih organizacijskih i tehničkih mjera zaštite osobnih podataka od neovlaštenog pristupa, zlouporabe, otkrivanja, gubitka ili uništenja. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05382E50" w14:textId="77777777" w:rsidR="002E6663" w:rsidRDefault="002F77C3" w:rsidP="002F77C3">
+    <w:p w14:paraId="05382E50" w14:textId="77777777" w:rsidR="002E6663" w:rsidRPr="0053704A" w:rsidRDefault="002F77C3" w:rsidP="002F77C3">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00740ACE">
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0053704A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="002E6663">
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>            Čuvamo povjerljivost Vaših osobnih podataka te je pristup osobnim podacima omogućen samo onim službenicima kojima su oni potrebni radi provedbe vašeg zahtjeva, a trećim osobama samo u dijelu provedbe zakonskih obveza.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39154809" w14:textId="57556BB5" w:rsidR="002F77C3" w:rsidRPr="0053704A" w:rsidRDefault="002E6663" w:rsidP="002F77C3">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>a trećim osobama samo u dijelu provedbe zakonskih obveza.</w:t>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002F77C3" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Voditelj obrade će ishoditi brisanje Vaših osobnih podataka kada oni više neće biti nužni u odnosu na svrhu za koju su prikupljani</w:t>
+      </w:r>
+      <w:r w:rsidR="002F77C3" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sukladno </w:t>
+      </w:r>
+      <w:r w:rsidR="002F77C3" w:rsidRPr="0053704A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Pravilima za upravljanje javnim dokumentarnim gradivom Koprivničko-križevačke županije („Službeni glasnik Koprivničko-križevačke županije“ broj 28/20.).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39154809" w14:textId="57556BB5" w:rsidR="002F77C3" w:rsidRPr="00740ACE" w:rsidRDefault="002E6663" w:rsidP="002F77C3">
-[...43 lines deleted...]
-    <w:p w14:paraId="007959D7" w14:textId="77777777" w:rsidR="002F77C3" w:rsidRPr="00740ACE" w:rsidRDefault="002F77C3" w:rsidP="002F77C3">
+    <w:p w14:paraId="007959D7" w14:textId="77777777" w:rsidR="002F77C3" w:rsidRPr="0053704A" w:rsidRDefault="002F77C3" w:rsidP="002F77C3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00740ACE">
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0053704A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Napominjemo da u svako doba, u potpunosti ili djelomice, bez naknade i objašnjenja možete dopuniti nepotpune ili netočne osobne podatke te možete povući svoju privolu i zatražiti prestanak aktivnosti obrade Vaših osobnih podataka Opoziv ne utječe na zakonitost obrade prije njezina povlačenja. Opoziv privole možete podnijeti osobno dolaskom na gore navedenu adresu ili e-poštom na adresu: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00740ACE">
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="0053704A">
           <w:rPr>
             <w:rStyle w:val="Hiperveza"/>
             <w:rFonts w:eastAsia="Calibri"/>
+            <w:i/>
+            <w:iCs/>
             <w:color w:val="0563C1"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>zastita.podataka@kckzz.hr</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00740ACE">
+      <w:r w:rsidRPr="0053704A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>. Također, prigovor možete uložiti Agenciji za zaštitu osobnih podataka (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="00740ACE">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="0053704A">
           <w:rPr>
             <w:rStyle w:val="Hiperveza"/>
             <w:rFonts w:eastAsia="Calibri"/>
+            <w:i/>
+            <w:iCs/>
             <w:color w:val="0000FF"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>www.azop.hr</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00740ACE">
+      <w:r w:rsidRPr="0053704A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FC0BC09" w14:textId="77777777" w:rsidR="001E4D2C" w:rsidRPr="0053704A" w:rsidRDefault="001E4D2C" w:rsidP="002F77C3">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70E204F6" w14:textId="30FFDB1F" w:rsidR="00746FA0" w:rsidRPr="007C5423" w:rsidRDefault="007C5423" w:rsidP="007C5423">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C5423">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">POTPIS PODNOSITELJA ZAHTJEVA: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC96DC3" w14:textId="5B86B838" w:rsidR="007C5423" w:rsidRDefault="007C5423" w:rsidP="007C5423">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>).</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="76A7B68F" w14:textId="77777777" w:rsidR="001E4D2C" w:rsidRDefault="001E4D2C" w:rsidP="001E4D2C">
-[...17 lines deleted...]
-    <w:sectPr w:rsidR="00746FA0" w:rsidSect="00557944">
+    <w:sectPr w:rsidR="007C5423" w:rsidSect="00557944">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -3572,51 +2930,51 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B2E63BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="73A4D74E"/>
     <w:lvl w:ilvl="0" w:tplc="EC58B314">
       <w:start w:val="4"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4334,176 +3692,186 @@
   <w:num w:numId="1" w16cid:durableId="2124032165">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1236477070">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="454907951">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1928809295">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1028945446">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="304164464">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1825007104">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="180"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0000020A"/>
     <w:rsid w:val="0000020A"/>
     <w:rsid w:val="000027B5"/>
     <w:rsid w:val="000303FC"/>
     <w:rsid w:val="0004502C"/>
     <w:rsid w:val="00093FB8"/>
+    <w:rsid w:val="000A61F2"/>
     <w:rsid w:val="00130F7A"/>
     <w:rsid w:val="00186D80"/>
     <w:rsid w:val="001871FF"/>
     <w:rsid w:val="001903AB"/>
     <w:rsid w:val="001B6BCD"/>
     <w:rsid w:val="001C6F72"/>
     <w:rsid w:val="001D3759"/>
     <w:rsid w:val="001E49DE"/>
     <w:rsid w:val="001E4D2C"/>
     <w:rsid w:val="002032F4"/>
     <w:rsid w:val="00225B41"/>
     <w:rsid w:val="00263F75"/>
     <w:rsid w:val="002752E5"/>
     <w:rsid w:val="002E6663"/>
+    <w:rsid w:val="002E6E6E"/>
     <w:rsid w:val="002F74A1"/>
     <w:rsid w:val="002F77C3"/>
     <w:rsid w:val="0032245F"/>
+    <w:rsid w:val="00367FD1"/>
     <w:rsid w:val="00374305"/>
     <w:rsid w:val="00397FDD"/>
     <w:rsid w:val="0041013C"/>
     <w:rsid w:val="00422B21"/>
     <w:rsid w:val="004318E8"/>
     <w:rsid w:val="004833CB"/>
+    <w:rsid w:val="004A7A01"/>
     <w:rsid w:val="004C537F"/>
     <w:rsid w:val="00511E45"/>
+    <w:rsid w:val="0053704A"/>
     <w:rsid w:val="0055562A"/>
     <w:rsid w:val="00557944"/>
     <w:rsid w:val="00577B21"/>
+    <w:rsid w:val="005F09FF"/>
     <w:rsid w:val="006174E0"/>
     <w:rsid w:val="006A14B5"/>
     <w:rsid w:val="006F122D"/>
     <w:rsid w:val="007171B5"/>
     <w:rsid w:val="00740ACE"/>
     <w:rsid w:val="00746FA0"/>
     <w:rsid w:val="00762D88"/>
     <w:rsid w:val="00765346"/>
     <w:rsid w:val="00775F2F"/>
     <w:rsid w:val="00793A8A"/>
+    <w:rsid w:val="007B5219"/>
+    <w:rsid w:val="007C5423"/>
     <w:rsid w:val="0085096A"/>
     <w:rsid w:val="008570D5"/>
     <w:rsid w:val="008A1FEE"/>
     <w:rsid w:val="008A2D5F"/>
     <w:rsid w:val="008E086D"/>
     <w:rsid w:val="008F0019"/>
     <w:rsid w:val="00906CA2"/>
     <w:rsid w:val="0092144C"/>
     <w:rsid w:val="009219A8"/>
     <w:rsid w:val="0092278E"/>
     <w:rsid w:val="00993654"/>
     <w:rsid w:val="009D187B"/>
     <w:rsid w:val="00A04F7A"/>
     <w:rsid w:val="00A13356"/>
     <w:rsid w:val="00A500D6"/>
     <w:rsid w:val="00A73288"/>
     <w:rsid w:val="00B2126B"/>
     <w:rsid w:val="00B52A08"/>
     <w:rsid w:val="00B53AE4"/>
     <w:rsid w:val="00B67DB0"/>
     <w:rsid w:val="00B712BB"/>
     <w:rsid w:val="00C3303A"/>
+    <w:rsid w:val="00C96925"/>
     <w:rsid w:val="00CD2F95"/>
     <w:rsid w:val="00CD6A7F"/>
     <w:rsid w:val="00CE0F7C"/>
     <w:rsid w:val="00D0119E"/>
     <w:rsid w:val="00D22E0A"/>
     <w:rsid w:val="00D32AC0"/>
     <w:rsid w:val="00D55A04"/>
     <w:rsid w:val="00D830D1"/>
     <w:rsid w:val="00DD4250"/>
+    <w:rsid w:val="00DF6A35"/>
     <w:rsid w:val="00E0633A"/>
     <w:rsid w:val="00E84D0A"/>
     <w:rsid w:val="00F34B33"/>
     <w:rsid w:val="00FC0B5B"/>
     <w:rsid w:val="00FE1B5C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hr-HR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1898736B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{4B0E0DA8-E4D8-40F2-A8D5-5B36C47D3426}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="hr-HR" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5002,55 +4370,169 @@
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="hr-HR"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Reetkatablice">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Obinatablica"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00130F7A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="table" w:styleId="Svijetlatablicareetke1-isticanje6">
+    <w:name w:val="Grid Table 1 Light Accent 6"/>
+    <w:basedOn w:val="Obinatablica"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="0053704A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="C5E0B3" w:themeColor="accent6" w:themeTint="66"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="C5E0B3" w:themeColor="accent6" w:themeTint="66"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C5E0B3" w:themeColor="accent6" w:themeTint="66"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="C5E0B3" w:themeColor="accent6" w:themeTint="66"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C5E0B3" w:themeColor="accent6" w:themeTint="66"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C5E0B3" w:themeColor="accent6" w:themeTint="66"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="A8D08D" w:themeColor="accent6" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="A8D08D" w:themeColor="accent6" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Svijetlatablicareetke1">
+    <w:name w:val="Grid Table 1 Light"/>
+    <w:basedOn w:val="Obinatablica"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="0053704A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="5333680">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="788820736">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -5067,51 +4549,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1618834670">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zastita.podataka@kckzz.hr" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kckzz.hr/hr/politika-zastite-privatnosti-osobnih-podataka" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pisarnica@kckzz.hr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.azop.hr" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kckzz.hr/hr/politika-zastite-privatnosti-osobnih-podataka" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pisarnica@kckzz.hr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.azop.hr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zastita.podataka@kckzz.hr" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema sustava Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5365,75 +4847,91 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C1C8D26-0A8D-4BAC-A88B-BB4B459458B8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4359</Characters>
+  <Pages>2</Pages>
+  <Words>778</Words>
+  <Characters>4438</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>36</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Naslov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5113</CharactersWithSpaces>
+  <CharactersWithSpaces>5206</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ana Mušlek</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>