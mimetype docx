--- v0 (2025-10-11)
+++ v1 (2025-12-10)
@@ -1,195 +1,343 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6DCFBB7A" w14:textId="046F8E42" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00FE1B5C">
+    <w:p w14:paraId="440CF84E" w14:textId="5E905D35" w:rsidR="001B7187" w:rsidRDefault="001B7187" w:rsidP="00631295">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B7187">
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0ACA942B" wp14:editId="43006B6D">
+            <wp:extent cx="5760720" cy="1092200"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1311579025" name="Slika 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5760720" cy="1092200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73C024E5" w14:textId="77777777" w:rsidR="001B7187" w:rsidRDefault="001B7187" w:rsidP="00631295">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DCFBB7A" w14:textId="01ECC7F8" w:rsidR="00631295" w:rsidRPr="001D3BCD" w:rsidRDefault="00631295" w:rsidP="00631295">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D3BCD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Izjava 2</w:t>
+      </w:r>
+      <w:r w:rsidR="001D3BCD" w:rsidRPr="001D3BCD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D3BCD">
         <w:rPr>
           <w:b/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(popunjavaju samo podnositelji zahtjeva koji</w:t>
       </w:r>
-      <w:r w:rsidR="00437F9D">
+      <w:r w:rsidR="00437F9D" w:rsidRPr="001D3BCD">
         <w:rPr>
           <w:b/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> žive u izvanbračnoj zajednici</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1B5C">
+      <w:r w:rsidRPr="001D3BCD">
         <w:rPr>
           <w:b/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5558191A" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5558191A" w14:textId="77777777" w:rsidR="00631295" w:rsidRPr="001D3BCD" w:rsidRDefault="00631295" w:rsidP="00631295">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FC7D5EF" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20670359" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AF838C9" w14:textId="77777777" w:rsidR="00631295" w:rsidRPr="002032F4" w:rsidRDefault="00631295" w:rsidP="00631295">
+    <w:p w14:paraId="2AF838C9" w14:textId="77777777" w:rsidR="00631295" w:rsidRPr="001D3BCD" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="002032F4">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D3BCD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>IZJAVA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FA74D7D" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20547F6A" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64A8D887" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk146543471"/>
     </w:p>
-    <w:p w14:paraId="3C8796C6" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
-[...33 lines deleted...]
-        <w:tab/>
+    <w:p w14:paraId="3C8796C6" w14:textId="276E8788" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kojom ja, ________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="001D3BCD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00C833D2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="001D3BCD" w:rsidRPr="001D3BCD">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(ime i prezime)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D3BCD">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OIB:_________________, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="607268BC" w14:textId="468626A5" w:rsidR="007D3119" w:rsidRPr="001D3BCD" w:rsidRDefault="007D3119" w:rsidP="00631295">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001D3BCD">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>(podnositelj zahtjeva)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38AFFAB4" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -213,109 +361,157 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52319DE3" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
-[...14 lines deleted...]
-    <w:p w14:paraId="5482E6C7" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
+    <w:p w14:paraId="52319DE3" w14:textId="57C39BC2" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rođen/</w:t>
+      </w:r>
+      <w:r w:rsidR="001D3BCD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a ________________________, _____________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00C833D2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidR="001D3BCD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5482E6C7" w14:textId="2194B6C5" w:rsidR="00631295" w:rsidRPr="001D3BCD" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:ind w:left="1416"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D3BCD">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>(datum i mjesto rođenja)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001D3BCD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D3BCD">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>(adresa prebivališta)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="3CDC4DEA" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="3CDC4DEA" w14:textId="77777777" w:rsidR="00631295" w:rsidRPr="001D3BCD" w:rsidRDefault="00631295" w:rsidP="00631295">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5020D711" w14:textId="77777777" w:rsidR="00437F9D" w:rsidRDefault="00437F9D" w:rsidP="00631295">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C7DCEE8" w14:textId="1CB36728" w:rsidR="00437F9D" w:rsidRDefault="00437F9D" w:rsidP="00437F9D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>i</w:t>
@@ -325,174 +521,229 @@
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4780039B" w14:textId="77777777" w:rsidR="00437F9D" w:rsidRDefault="00437F9D" w:rsidP="00437F9D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30B0F440" w14:textId="77777777" w:rsidR="00437F9D" w:rsidRPr="00437F9D" w:rsidRDefault="00437F9D" w:rsidP="00437F9D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42951EEB" w14:textId="3DB606FE" w:rsidR="007D3119" w:rsidRPr="00437F9D" w:rsidRDefault="007D3119" w:rsidP="00437F9D">
+    <w:p w14:paraId="42951EEB" w14:textId="0154F346" w:rsidR="007D3119" w:rsidRPr="00437F9D" w:rsidRDefault="007D3119" w:rsidP="00437F9D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_________</w:t>
       </w:r>
       <w:r w:rsidR="00437F9D" w:rsidRPr="00437F9D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">_____________________________________, OIB:_______________________, </w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="001D3BCD" w:rsidRPr="001D3BCD">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(ime i prezime)</w:t>
+      </w:r>
+      <w:r w:rsidR="00437F9D" w:rsidRPr="001D3BCD">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00437F9D" w:rsidRPr="00437F9D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OIB:______________________, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30E5F27A" w14:textId="79A455CE" w:rsidR="00437F9D" w:rsidRPr="001D3BCD" w:rsidRDefault="00437F9D" w:rsidP="00437F9D">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00437F9D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00437F9D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="007D3119">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="007D3119" w:rsidRPr="001D3BCD">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>(izvanbračni drug)</w:t>
       </w:r>
+      <w:r w:rsidRPr="001D3BCD">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2846C310" w14:textId="77777777" w:rsidR="007D3119" w:rsidRPr="001D3BCD" w:rsidRDefault="007D3119" w:rsidP="00437F9D">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0094124F" w14:textId="70F24CB1" w:rsidR="00437F9D" w:rsidRPr="00437F9D" w:rsidRDefault="00437F9D" w:rsidP="00437F9D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00437F9D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:tab/>
-[...16 lines deleted...]
-      </w:pPr>
+        <w:t>rođen/a _________________________, ________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00C833D2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
       <w:r w:rsidRPr="00437F9D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>rođen/a ________________________________, ___________________________________</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4B8F07F6" w14:textId="5A81E858" w:rsidR="00437F9D" w:rsidRPr="00437F9D" w:rsidRDefault="00437F9D" w:rsidP="009601D5">
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="001D3BCD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B8F07F6" w14:textId="7367D86C" w:rsidR="00437F9D" w:rsidRPr="001D3BCD" w:rsidRDefault="00437F9D" w:rsidP="009601D5">
       <w:pPr>
         <w:ind w:left="708" w:firstLine="708"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D3BCD">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>(datum i mjesto rođenja)</w:t>
+      </w:r>
       <w:r w:rsidRPr="00437F9D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(datum i mjesto rođenja)</w:t>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00437F9D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00437F9D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00437F9D">
-[...4 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="001D3BCD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D3BCD">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>(adresa prebivališta)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EAEB6BC" w14:textId="77777777" w:rsidR="00437F9D" w:rsidRDefault="00437F9D" w:rsidP="00631295">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="7EAEB6BC" w14:textId="77777777" w:rsidR="00437F9D" w:rsidRPr="001D3BCD" w:rsidRDefault="00437F9D" w:rsidP="00631295">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2EEAF838" w14:textId="77777777" w:rsidR="00437F9D" w:rsidRDefault="00437F9D" w:rsidP="00631295">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AA5D9E1" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pod materijalnom i kaznenom odgovornošću:</w:t>
       </w:r>
@@ -553,466 +804,477 @@
         </w:rPr>
         <w:t xml:space="preserve"> živim</w:t>
       </w:r>
       <w:r w:rsidR="00437F9D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00E0633A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> u izvanbračnoj </w:t>
       </w:r>
       <w:r w:rsidR="00437F9D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>zajednici.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="044F620C" w14:textId="77777777" w:rsidR="00437F9D" w:rsidRDefault="00437F9D" w:rsidP="00437F9D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Odlomakpopisa"/>
+    <w:p w14:paraId="3E7FBDDB" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E7FBDDB" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
+    <w:p w14:paraId="45A35E37" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ova i</w:t>
       </w:r>
       <w:r w:rsidRPr="00557944">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">zjava daje </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">se </w:t>
       </w:r>
       <w:r w:rsidRPr="00557944">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u svrhu ostvarivanja</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00557944">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>prava na sufinanciranje troškova medicinski pomognute oplodnje</w:t>
+        <w:t xml:space="preserve">prava na sufinanciranje troškova medicinski </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00557944">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pomognute</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00557944">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oplodnje</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27622DC9" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
-[...7 lines deleted...]
-    </w:p>
     <w:p w14:paraId="7C834EA2" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="546C9C27" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65AF7562" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
+    <w:p w14:paraId="65AF7562" w14:textId="0DCDD943" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00557944">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>U ____________________, ________2023.</w:t>
+        <w:t>U ____________________, ________202</w:t>
+      </w:r>
+      <w:r w:rsidR="001D3BCD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00557944">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17371C0D" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="383BE455" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
-[...6 lines deleted...]
-    </w:p>
     <w:p w14:paraId="6CB360E6" w14:textId="77777777" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00631295">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="11E7BFC4" w14:textId="76F0D1D7" w:rsidR="00437F9D" w:rsidRDefault="00437F9D" w:rsidP="00437F9D">
       <w:pPr>
         <w:ind w:left="4248" w:firstLine="708"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>POTPIS PODNOSITELJA ZAHTJEVA:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26AD373B" w14:textId="77777777" w:rsidR="004B0C7E" w:rsidRDefault="004B0C7E" w:rsidP="00437F9D">
+    <w:p w14:paraId="02B48079" w14:textId="77777777" w:rsidR="00437F9D" w:rsidRDefault="00437F9D" w:rsidP="001D3BCD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61B15342" w14:textId="50181A23" w:rsidR="00437F9D" w:rsidRDefault="00437F9D" w:rsidP="00437F9D">
+      <w:pPr>
+        <w:ind w:left="4956" w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="004B0C7E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60FAAC33" w14:textId="77777777" w:rsidR="00437F9D" w:rsidRDefault="00437F9D" w:rsidP="00437F9D">
+      <w:pPr>
+        <w:ind w:left="4956" w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38995775" w14:textId="5A27F10C" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00437F9D">
       <w:pPr>
         <w:ind w:left="4248" w:firstLine="708"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...48 lines deleted...]
-    <w:p w14:paraId="38995775" w14:textId="5A27F10C" w:rsidR="00631295" w:rsidRDefault="00631295" w:rsidP="00437F9D">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>POTPIS</w:t>
+      </w:r>
+      <w:r w:rsidR="00437F9D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IZVANBRAČNOG DRUGA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="394127B9" w14:textId="77777777" w:rsidR="004B0C7E" w:rsidRDefault="004B0C7E" w:rsidP="00437F9D">
       <w:pPr>
         <w:ind w:left="4248" w:firstLine="708"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...133 lines deleted...]
-    <w:p w14:paraId="5C901CF5" w14:textId="77777777" w:rsidR="0057254D" w:rsidRDefault="0057254D"/>
+    </w:p>
+    <w:p w14:paraId="09354B22" w14:textId="116E50A2" w:rsidR="00631295" w:rsidRPr="00F34B33" w:rsidRDefault="00631295" w:rsidP="001D3BCD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C901CF5" w14:textId="63A036F3" w:rsidR="0057254D" w:rsidRDefault="001D3BCD">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>_____________________________</w:t>
+      </w:r>
+    </w:p>
     <w:sectPr w:rsidR="0057254D" w:rsidSect="00557944">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="0E577EA7" w14:textId="77777777" w:rsidR="00CE41B6" w:rsidRDefault="00CE41B6" w:rsidP="001D3BCD">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="6FD87491" w14:textId="77777777" w:rsidR="00CE41B6" w:rsidRDefault="00CE41B6" w:rsidP="001D3BCD">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="2E4D446E" w14:textId="77777777" w:rsidR="00CE41B6" w:rsidRDefault="00CE41B6" w:rsidP="001D3BCD">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="6D701BC2" w14:textId="77777777" w:rsidR="00CE41B6" w:rsidRDefault="00CE41B6" w:rsidP="001D3BCD">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1CEC45E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E6C83E9A"/>
     <w:lvl w:ilvl="0" w:tplc="24AAFA72">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1088,106 +1350,124 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1237975134">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="170"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00631295"/>
+    <w:rsid w:val="0007142A"/>
+    <w:rsid w:val="001B7187"/>
+    <w:rsid w:val="001D3BCD"/>
+    <w:rsid w:val="00355994"/>
     <w:rsid w:val="00437F9D"/>
+    <w:rsid w:val="00450385"/>
     <w:rsid w:val="004B0C7E"/>
+    <w:rsid w:val="0053055A"/>
     <w:rsid w:val="0057254D"/>
     <w:rsid w:val="005A317F"/>
+    <w:rsid w:val="005F31E1"/>
     <w:rsid w:val="00631295"/>
     <w:rsid w:val="007D3119"/>
     <w:rsid w:val="009601D5"/>
     <w:rsid w:val="00BE7DA7"/>
+    <w:rsid w:val="00C833D2"/>
+    <w:rsid w:val="00CE41B6"/>
+    <w:rsid w:val="00EF5CDA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hr-HR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="51A7AADE"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D3D90B4D-DD74-487C-8F20-EA14DCF768CE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="hr-HR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1589,62 +1869,116 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezpopisa">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Odlomakpopisa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00631295"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Zaglavlje">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ZaglavljeChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001D3BCD"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZaglavljeChar">
+    <w:name w:val="Zaglavlje Char"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Zaglavlje"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="001D3BCD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="hr-HR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Podnoje">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PodnojeChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001D3BCD"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodnojeChar">
+    <w:name w:val="Podnožje Char"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Podnoje"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="001D3BCD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="hr-HR"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema sustava Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1869,69 +2203,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>140</Words>
-  <Characters>803</Characters>
+  <Words>148</Words>
+  <Characters>844</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
+  <Lines>7</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Naslov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>942</CharactersWithSpaces>
+  <CharactersWithSpaces>991</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Windows korisnik</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>