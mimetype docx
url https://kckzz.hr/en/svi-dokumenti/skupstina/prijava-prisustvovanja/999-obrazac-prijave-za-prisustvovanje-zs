--- v0 (2025-10-10)
+++ v1 (2025-12-10)
@@ -1,314 +1,314 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00CC5FE4" w:rsidRPr="009047E1" w:rsidRDefault="00CC5FE4" w:rsidP="00CC5FE4">
+    <w:p w14:paraId="533BE5B0" w14:textId="77777777" w:rsidR="00CC5FE4" w:rsidRPr="009047E1" w:rsidRDefault="00CC5FE4" w:rsidP="00CC5FE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009047E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>OBRAZAC</w:t>
       </w:r>
       <w:r w:rsidR="00295F55">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ZA PRIJAVU</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B7924" w:rsidRDefault="00CC5FE4" w:rsidP="00CC5FE4">
+    <w:p w14:paraId="3BE75FFD" w14:textId="77777777" w:rsidR="006B7924" w:rsidRDefault="00CC5FE4" w:rsidP="00CC5FE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009047E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">za </w:t>
       </w:r>
       <w:r w:rsidR="009047E1" w:rsidRPr="009047E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">mogućnost </w:t>
       </w:r>
       <w:r w:rsidRPr="009047E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pris</w:t>
       </w:r>
       <w:r w:rsidR="009047E1" w:rsidRPr="009047E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ustvovanja</w:t>
       </w:r>
       <w:r w:rsidRPr="009047E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> sjednici Županijske skupštine Koprivničko-križevačke županije</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B61AD" w:rsidRPr="009047E1" w:rsidRDefault="000B61AD" w:rsidP="00CC5FE4">
+    <w:p w14:paraId="365A3897" w14:textId="77777777" w:rsidR="000B61AD" w:rsidRPr="009047E1" w:rsidRDefault="000B61AD" w:rsidP="00CC5FE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009047E1" w:rsidRPr="009047E1" w:rsidRDefault="009047E1" w:rsidP="00CC5FE4">
+    <w:p w14:paraId="3E39BDDD" w14:textId="77777777" w:rsidR="009047E1" w:rsidRPr="009047E1" w:rsidRDefault="009047E1" w:rsidP="00CC5FE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CC5FE4" w:rsidRPr="009047E1" w:rsidRDefault="00CC5FE4" w:rsidP="009047E1">
+    <w:p w14:paraId="4835AC4A" w14:textId="77777777" w:rsidR="00CC5FE4" w:rsidRPr="009047E1" w:rsidRDefault="00CC5FE4" w:rsidP="009047E1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009047E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>IME</w:t>
       </w:r>
       <w:r w:rsidR="009047E1" w:rsidRPr="009047E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:___________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="000B61AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009047E1" w:rsidRPr="009047E1" w:rsidRDefault="009047E1" w:rsidP="009047E1">
-[...19 lines deleted...]
-    <w:p w:rsidR="00CC5FE4" w:rsidRPr="009047E1" w:rsidRDefault="00CC5FE4" w:rsidP="009047E1">
+    <w:p w14:paraId="4E1F6707" w14:textId="77777777" w:rsidR="009047E1" w:rsidRPr="009047E1" w:rsidRDefault="009047E1" w:rsidP="009047E1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25C050B6" w14:textId="77777777" w:rsidR="009047E1" w:rsidRPr="009047E1" w:rsidRDefault="009047E1" w:rsidP="009047E1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DE50F70" w14:textId="77777777" w:rsidR="00CC5FE4" w:rsidRPr="009047E1" w:rsidRDefault="00CC5FE4" w:rsidP="009047E1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009047E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PREZIME</w:t>
       </w:r>
       <w:r w:rsidR="009047E1" w:rsidRPr="009047E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:_________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="000B61AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009047E1" w:rsidRPr="009047E1" w:rsidRDefault="009047E1" w:rsidP="009047E1">
-[...19 lines deleted...]
-    <w:p w:rsidR="00CC5FE4" w:rsidRPr="009047E1" w:rsidRDefault="00CC5FE4" w:rsidP="009047E1">
+    <w:p w14:paraId="378E13CE" w14:textId="77777777" w:rsidR="009047E1" w:rsidRPr="009047E1" w:rsidRDefault="009047E1" w:rsidP="009047E1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="609A90B0" w14:textId="77777777" w:rsidR="009047E1" w:rsidRPr="009047E1" w:rsidRDefault="009047E1" w:rsidP="009047E1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24AD9B63" w14:textId="77777777" w:rsidR="00CC5FE4" w:rsidRPr="009047E1" w:rsidRDefault="00CC5FE4" w:rsidP="009047E1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009047E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ADRESA STANOVANJA:</w:t>
       </w:r>
       <w:r w:rsidR="009047E1" w:rsidRPr="009047E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="000B61AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>____</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009047E1" w:rsidRPr="009047E1" w:rsidRDefault="009047E1" w:rsidP="009047E1">
-[...19 lines deleted...]
-    <w:p w:rsidR="009047E1" w:rsidRPr="009047E1" w:rsidRDefault="00376056" w:rsidP="009047E1">
+    <w:p w14:paraId="332EEA93" w14:textId="77777777" w:rsidR="009047E1" w:rsidRPr="009047E1" w:rsidRDefault="009047E1" w:rsidP="009047E1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29E9D96D" w14:textId="77777777" w:rsidR="009047E1" w:rsidRPr="009047E1" w:rsidRDefault="009047E1" w:rsidP="009047E1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B470424" w14:textId="77777777" w:rsidR="009047E1" w:rsidRPr="009047E1" w:rsidRDefault="00376056" w:rsidP="009047E1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">KONTAKT </w:t>
       </w:r>
       <w:r w:rsidR="009047E1" w:rsidRPr="009047E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>BROJ</w:t>
       </w:r>
       <w:r>
@@ -330,253 +330,261 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009047E1" w:rsidRPr="009047E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>___________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009047E1" w:rsidRPr="009047E1" w:rsidRDefault="009047E1" w:rsidP="009047E1">
-[...19 lines deleted...]
-    <w:p w:rsidR="00CC5FE4" w:rsidRPr="009047E1" w:rsidRDefault="00CC5FE4" w:rsidP="009047E1">
+    <w:p w14:paraId="3E768EE1" w14:textId="77777777" w:rsidR="009047E1" w:rsidRPr="009047E1" w:rsidRDefault="009047E1" w:rsidP="009047E1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6554113F" w14:textId="77777777" w:rsidR="009047E1" w:rsidRPr="009047E1" w:rsidRDefault="009047E1" w:rsidP="009047E1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="652690FA" w14:textId="77777777" w:rsidR="00CC5FE4" w:rsidRPr="009047E1" w:rsidRDefault="00CC5FE4" w:rsidP="009047E1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009047E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">RAZLOG </w:t>
       </w:r>
       <w:r w:rsidR="00AE39BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ZBOG KOJEG ŽELITE PRISUSTVOVATI</w:t>
       </w:r>
       <w:r w:rsidRPr="009047E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> SJEDNICI ŽUPANIJSKE SKUPŠTINE</w:t>
       </w:r>
       <w:r w:rsidR="009047E1" w:rsidRPr="009047E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (objasnite)</w:t>
       </w:r>
       <w:r w:rsidRPr="009047E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009047E1" w:rsidRPr="009047E1" w:rsidRDefault="009047E1" w:rsidP="009047E1">
-[...49 lines deleted...]
-    <w:p w:rsidR="00CC5FE4" w:rsidRDefault="00295F55" w:rsidP="00295F55">
+    <w:p w14:paraId="1394A0AA" w14:textId="77777777" w:rsidR="009047E1" w:rsidRPr="009047E1" w:rsidRDefault="009047E1" w:rsidP="009047E1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47E44511" w14:textId="77777777" w:rsidR="009047E1" w:rsidRPr="009047E1" w:rsidRDefault="009047E1" w:rsidP="009047E1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B3A7691" w14:textId="77777777" w:rsidR="009047E1" w:rsidRPr="009047E1" w:rsidRDefault="009047E1" w:rsidP="009047E1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CE366E7" w14:textId="77777777" w:rsidR="009047E1" w:rsidRPr="009047E1" w:rsidRDefault="009047E1" w:rsidP="009047E1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AEF77AC" w14:textId="77777777" w:rsidR="009047E1" w:rsidRPr="009047E1" w:rsidRDefault="009047E1" w:rsidP="009047E1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FCECD76" w14:textId="77777777" w:rsidR="00CC5FE4" w:rsidRDefault="00295F55" w:rsidP="00295F55">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DATUM PRIJAVE:___________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00514E0C" w:rsidRDefault="00514E0C" w:rsidP="00295F55">
-[...19 lines deleted...]
-    <w:p w:rsidR="00376056" w:rsidRDefault="00EE1B2E" w:rsidP="009047E1">
+    <w:p w14:paraId="7BAD08BF" w14:textId="77777777" w:rsidR="00514E0C" w:rsidRDefault="00514E0C" w:rsidP="00295F55">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38358245" w14:textId="77777777" w:rsidR="00295F55" w:rsidRPr="009047E1" w:rsidRDefault="00295F55" w:rsidP="00295F55">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77D366B5" w14:textId="16499591" w:rsidR="00376056" w:rsidRDefault="008711FF" w:rsidP="009047E1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE1B2E">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00EE1B2E">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1B2E" w:rsidRPr="00EE1B2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">spunjeni obrazac pošaljite </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1B2E" w:rsidRPr="00EE1B2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>najkasnije dva dana prije održavanja sjednice</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE1B2E">
+      <w:r w:rsidR="00EE1B2E" w:rsidRPr="00EE1B2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE1B2E">
+      <w:r w:rsidR="00EE1B2E" w:rsidRPr="00EE1B2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Županijske skupštine</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE1B2E">
+      <w:r w:rsidR="00EE1B2E" w:rsidRPr="00EE1B2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B61AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00CC5FE4" w:rsidRPr="009047E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a mail adresu Koprivničko-križevačke županij</w:t>
       </w:r>
       <w:r w:rsidR="00C74D30">
         <w:rPr>
@@ -625,272 +633,332 @@
         </w:rPr>
         <w:t xml:space="preserve"> , </w:t>
       </w:r>
       <w:r w:rsidR="00376056" w:rsidRPr="00872A6B">
         <w:rPr>
           <w:rStyle w:val="Hiperveza"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>ili</w:t>
       </w:r>
       <w:r w:rsidR="00376056" w:rsidRPr="00376056">
         <w:rPr>
           <w:rStyle w:val="Hiperveza"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hiperveza"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> na </w:t>
+      </w:r>
       <w:r w:rsidR="00872A6B">
         <w:rPr>
           <w:rStyle w:val="Hiperveza"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">mail adresu </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidR="006D3EE6" w:rsidRPr="007F64F0">
+        <w:r w:rsidRPr="00C60AE6">
           <w:rPr>
             <w:rStyle w:val="Hiperveza"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>helena.matica.bukovcan@kckzz.hr</w:t>
+          <w:t>skupstina@kckzz.hr</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00376056">
         <w:rPr>
           <w:rStyle w:val="Hiperveza"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B61AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> i</w:t>
+        <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00CC5FE4" w:rsidRPr="009047E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">li dostavite u pisarnicu Koprivničko-križevačke </w:t>
       </w:r>
       <w:r w:rsidR="009047E1" w:rsidRPr="009047E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>županije</w:t>
       </w:r>
       <w:r w:rsidR="00775B3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (prizemlje-Antuna </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00775B3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nemčića</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00775B3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5, Koprivnica)</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Po</w:t>
+      </w:r>
       <w:r w:rsidR="009047E1" w:rsidRPr="009047E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> i po zaprimanju Vašeg o</w:t>
+        <w:t xml:space="preserve"> zaprimanju Vašeg o</w:t>
       </w:r>
       <w:r w:rsidR="00CC5FE4" w:rsidRPr="009047E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>brasca obavijestit ćemo Vas o mogućnosti sudjelovanja</w:t>
       </w:r>
       <w:r w:rsidR="009047E1" w:rsidRPr="009047E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> na sjednici Županijske skupštine.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5FE4" w:rsidRDefault="00F0555E" w:rsidP="009047E1">
+    <w:p w14:paraId="114DB5BB" w14:textId="77777777" w:rsidR="008711FF" w:rsidRDefault="008711FF" w:rsidP="009047E1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04181F33" w14:textId="1FFB9346" w:rsidR="00CC5FE4" w:rsidRDefault="00F0555E" w:rsidP="009047E1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Sve </w:t>
       </w:r>
       <w:r w:rsidR="00775B3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">dodatne </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>informacije možete dobiti na broj telefona: 048/658-252.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B61AD" w:rsidRPr="009047E1" w:rsidRDefault="000B61AD" w:rsidP="009047E1">
+    <w:p w14:paraId="2C719B4E" w14:textId="77777777" w:rsidR="000B61AD" w:rsidRPr="009047E1" w:rsidRDefault="000B61AD" w:rsidP="009047E1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009047E1" w:rsidRDefault="000B61AD" w:rsidP="000B61AD">
+    <w:p w14:paraId="1D5FC685" w14:textId="0E58B13F" w:rsidR="009047E1" w:rsidRDefault="000B61AD" w:rsidP="000B61AD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B61AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Napomena:</w:t>
       </w:r>
       <w:r w:rsidR="00775B3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> P</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rilikom sudjelovanja na sjednici Župan</w:t>
       </w:r>
       <w:r w:rsidR="00702F4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ijske skupštine </w:t>
       </w:r>
       <w:r w:rsidR="00775B3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>dužni ste se pridržavati reda te ne možete</w:t>
+        <w:t>dužni ste se pridržavati reda</w:t>
+      </w:r>
+      <w:r w:rsidR="008711FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00775B3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ne možete</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> sudjelovati u raspravi, </w:t>
       </w:r>
       <w:r w:rsidR="00775B3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">kao i </w:t>
+        <w:t xml:space="preserve">kao </w:t>
+      </w:r>
+      <w:r w:rsidR="008711FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ni</w:t>
+      </w:r>
+      <w:r w:rsidR="00775B3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>postav</w:t>
       </w:r>
       <w:r w:rsidR="00775B3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ljati pitanja na sjednici te </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>na</w:t>
       </w:r>
@@ -913,214 +981,216 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> koji drugi način ometati </w:t>
       </w:r>
       <w:r w:rsidR="00775B3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">rad </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Županijske skupštine.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00295F55" w:rsidRPr="009047E1" w:rsidRDefault="00295F55" w:rsidP="000B61AD">
-[...9 lines deleted...]
-    <w:p w:rsidR="00295F55" w:rsidRPr="00D60071" w:rsidRDefault="00D60071" w:rsidP="00CC5FE4">
+    <w:p w14:paraId="7E4FA538" w14:textId="77777777" w:rsidR="00295F55" w:rsidRPr="009047E1" w:rsidRDefault="00295F55" w:rsidP="000B61AD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50824B6E" w14:textId="77777777" w:rsidR="00295F55" w:rsidRPr="00D60071" w:rsidRDefault="00D60071" w:rsidP="00CC5FE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D60071">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Upravni odjel za poslove Županijske skupštine i pravne poslove</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00295F55" w:rsidRPr="009047E1" w:rsidRDefault="00295F55" w:rsidP="00295F55">
+    <w:p w14:paraId="31949EFE" w14:textId="77777777" w:rsidR="00295F55" w:rsidRPr="009047E1" w:rsidRDefault="00295F55" w:rsidP="00295F55">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00295F55" w:rsidRPr="009047E1" w:rsidSect="006B7924">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CC5FE4"/>
+    <w:rsid w:val="00053783"/>
     <w:rsid w:val="000B61AD"/>
     <w:rsid w:val="00135C16"/>
     <w:rsid w:val="002576F7"/>
     <w:rsid w:val="00295F55"/>
     <w:rsid w:val="00376056"/>
     <w:rsid w:val="004F681E"/>
     <w:rsid w:val="00514E0C"/>
     <w:rsid w:val="005B0D2B"/>
     <w:rsid w:val="006B7924"/>
-    <w:rsid w:val="006D3EE6"/>
     <w:rsid w:val="00702F4A"/>
     <w:rsid w:val="00775B3F"/>
-    <w:rsid w:val="00835269"/>
+    <w:rsid w:val="008711FF"/>
     <w:rsid w:val="00872A6B"/>
     <w:rsid w:val="009047E1"/>
     <w:rsid w:val="009B7AFA"/>
     <w:rsid w:val="00AE39BD"/>
     <w:rsid w:val="00C74D30"/>
     <w:rsid w:val="00CC5FE4"/>
     <w:rsid w:val="00D60071"/>
     <w:rsid w:val="00E50841"/>
     <w:rsid w:val="00EE1B2E"/>
     <w:rsid w:val="00F0555E"/>
+    <w:rsid w:val="00F90A34"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hr-HR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="560240E3"/>
+  <w14:docId w14:val="2012AF3F"/>
   <w15:docId w15:val="{AFD0B80C-FE77-4E08-9485-7275F2206615}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="hr-HR" w:eastAsia="hr-HR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1448,106 +1518,121 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Zadanifontodlomka">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Obinatablica">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezpopisa">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hiperveza">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Zadanifontodlomka"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CC5FE4"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Nerijeenospominjanje">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008711FF"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:helena.matica.bukovcan@kckzz.hr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pisarnica@kckzz.hr" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:skupstina@kckzz.hr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pisarnica@kckzz.hr" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1791,76 +1876,76 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>224</Words>
-  <Characters>1282</Characters>
+  <Words>220</Words>
+  <Characters>1255</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Naslov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Grizli777</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1503</CharactersWithSpaces>
+  <CharactersWithSpaces>1473</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Geđan</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>