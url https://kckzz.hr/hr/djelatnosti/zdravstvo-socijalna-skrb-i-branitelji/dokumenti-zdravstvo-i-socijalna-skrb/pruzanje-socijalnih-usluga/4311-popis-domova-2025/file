--- v1 (2026-02-22)
+++ v2 (2026-03-28)
@@ -438,123 +438,99 @@
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>27</w:t>
             </w:r>
             <w:r>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE0231" w14:paraId="71B08F8C" w14:textId="77777777" w:rsidTr="00AE0231">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="880"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3927" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="676D2AD0" w14:textId="155367AA" w:rsidR="00AE0231" w:rsidRPr="00AE0231" w:rsidRDefault="00AE0231">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Dom za starije i nemoćne osobe „Dom sestre Jadranke“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3269" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="621060E0" w14:textId="77777777" w:rsidR="00AE0231" w:rsidRPr="009278B2" w:rsidRDefault="00AE0231">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009278B2">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Čabraji 36</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2961601F" w14:textId="77777777" w:rsidR="00AE0231" w:rsidRPr="009278B2" w:rsidRDefault="00AE0231">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009278B2">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kloštar </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Kloštar Vojakovački </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="17B14A93" w14:textId="77777777" w:rsidR="00AE0231" w:rsidRPr="009278B2" w:rsidRDefault="00AE0231">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009278B2">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Tel: </w:t>
             </w:r>
             <w:r w:rsidRPr="009278B2">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">697-050; </w:t>
@@ -626,95 +602,70 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3269" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C2BED3D" w14:textId="0B1EAC7B" w:rsidR="003B6068" w:rsidRPr="009278B2" w:rsidRDefault="003B6068" w:rsidP="003B6068">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009278B2">
               <w:rPr>
                 <w:rStyle w:val="Istaknuto"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brdo </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Brdo Cirkvensko</w:t>
+            </w:r>
             <w:r w:rsidRPr="009278B2">
               <w:rPr>
-                <w:rStyle w:val="Istaknuto"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rStyle w:val="apple-converted-space"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="009278B2">
               <w:rPr>
-                <w:rStyle w:val="apple-converted-space"/>
-[...25 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rStyle w:val="apple-style-span"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>59, Cirkvena</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="1C391428" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="009278B2" w:rsidRDefault="003B6068" w:rsidP="003B6068">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009278B2">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Tel: 211-100</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="54C6F196" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="009278B2" w:rsidRDefault="003B6068" w:rsidP="003B6068">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
@@ -838,107 +789,98 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="4B1E1E0C" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="009278B2" w:rsidRDefault="003B6068" w:rsidP="003B6068">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r w:rsidRPr="009278B2">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>zbalazin@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D7392CA" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="00C16A88" w:rsidRDefault="003B6068" w:rsidP="003B6068">
+          <w:p w14:paraId="5D7392CA" w14:textId="2DEAA457" w:rsidR="003B6068" w:rsidRPr="00C16A88" w:rsidRDefault="008E0745" w:rsidP="003B6068">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C16A88">
-[...3 lines deleted...]
-              <w:t>41</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="apple-style-span"/>
+              </w:rPr>
+              <w:t>55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B6068" w:rsidRPr="00C16A88" w14:paraId="3A4E6989" w14:textId="77777777" w:rsidTr="00AE0231">
         <w:trPr>
           <w:trHeight w:val="852"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3927" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0550AE4D" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="00C16A88" w:rsidRDefault="003B6068" w:rsidP="003B6068">
             <w:r w:rsidRPr="00C16A88">
               <w:t>Dom za starije i nemoćne odrasle osobe Dom Novak 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3269" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="183C51CF" w14:textId="379E98DB" w:rsidR="003B6068" w:rsidRPr="009278B2" w:rsidRDefault="003B6068" w:rsidP="003B6068">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009278B2">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Potočka</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> 59, Križevci</w:t>
+              <w:t>Potočka 59, Križevci</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5D1B33FD" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="009278B2" w:rsidRDefault="003B6068" w:rsidP="003B6068">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009278B2">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tel: 718-677</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="77A64DD1" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="009278B2" w:rsidRDefault="003B6068" w:rsidP="003B6068">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009278B2">
@@ -1084,210 +1026,123 @@
           <w:p w14:paraId="40DCCAF4" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="00C16A88" w:rsidRDefault="003B6068" w:rsidP="003B6068">
             <w:r w:rsidRPr="00C16A88">
               <w:t>Dom baka Ilona-dom za starije i nemoćne, Koprivnica</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3269" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7162CC1A" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="009278B2" w:rsidRDefault="003B6068" w:rsidP="003B6068">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009278B2">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Braće Radić 25, Koprivnica</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="763CFD00" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="009278B2" w:rsidRDefault="003B6068" w:rsidP="003B6068">
+          <w:p w14:paraId="763CFD00" w14:textId="5429D6F5" w:rsidR="003B6068" w:rsidRPr="009278B2" w:rsidRDefault="003B6068" w:rsidP="003B6068">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009278B2">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Mob: 099/710-0972</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1CC2D712" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="009278B2" w:rsidRDefault="003B6068" w:rsidP="003B6068">
+              <w:t>Mob: 09</w:t>
+            </w:r>
+            <w:r w:rsidR="005E4D7A">
+              <w:rPr>
+                <w:rStyle w:val="apple-style-span"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009278B2">
+              <w:rPr>
+                <w:rStyle w:val="apple-style-span"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="005E4D7A">
+              <w:rPr>
+                <w:rStyle w:val="apple-style-span"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>123 4277</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CC2D712" w14:textId="11A008A1" w:rsidR="003B6068" w:rsidRPr="005E4D7A" w:rsidRDefault="005E4D7A" w:rsidP="003B6068">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r w:rsidRPr="009278B2">
+              <w:r w:rsidRPr="005E4D7A">
                 <w:rPr>
-                  <w:rStyle w:val="Hiperveza"/>
+                  <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>kosi.jelena@gmail.com</w:t>
+                <w:t>dom.baka.ilona@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79C1A0EE" w14:textId="77777777" w:rsidR="003B6068" w:rsidRPr="00C16A88" w:rsidRDefault="003B6068" w:rsidP="003B6068">
+          <w:p w14:paraId="79C1A0EE" w14:textId="21D49F87" w:rsidR="003B6068" w:rsidRPr="00C16A88" w:rsidRDefault="000B1807" w:rsidP="003B6068">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C16A88">
-[...112 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
+            <w:r>
+              <w:t>43</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="222B0270" w14:textId="77777777" w:rsidR="00B91BB7" w:rsidRPr="00C16A88" w:rsidRDefault="00B91BB7" w:rsidP="00B91BB7">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C16A88">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11455566" w14:textId="77777777" w:rsidR="002C6298" w:rsidRDefault="002C6298" w:rsidP="00B91BB7">
       <w:pPr>
         <w:rPr>
@@ -1441,55 +1296,53 @@
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>KAPACITET USTANOVE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C6298" w:rsidRPr="00C16A88" w14:paraId="74222BDD" w14:textId="77777777" w:rsidTr="00B0213F">
         <w:trPr>
           <w:trHeight w:val="892"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3927" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4916ADF6" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t xml:space="preserve">Dom sestri </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Bazilijanki</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00C16A88">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3269" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="061C89B1" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C6298">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -1559,59 +1412,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C6298" w:rsidRPr="00C16A88" w14:paraId="0F516555" w14:textId="77777777" w:rsidTr="00B0213F">
         <w:trPr>
           <w:trHeight w:val="908"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3927" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50236144" w14:textId="68E8C7BC" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
-              <w:t xml:space="preserve">Dom „ </w:t>
-[...7 lines deleted...]
-              <w:t>“ d.o.o.</w:t>
+              <w:t>Dom „ Stanešić“ d.o.o.</w:t>
             </w:r>
             <w:r>
               <w:t>,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3269" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4977191D" w14:textId="7C9E94DA" w:rsidR="002C6298" w:rsidRPr="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C6298">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1704,69 +1549,58 @@
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>Dom Baljak d.o.o</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3269" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5A58BF4C" w14:textId="705D59B9" w:rsidR="002C6298" w:rsidRPr="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002C6298">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Virovska</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> 41, Novigrad Podravski</w:t>
+              <w:t>Virovska 41, Novigrad Podravski</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="058AE0D6" w14:textId="3430BBCA" w:rsidR="002C6298" w:rsidRPr="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C6298">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Mob: 099/192-1381</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1819,88 +1653,78 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C6298" w:rsidRPr="00C16A88" w14:paraId="3D1FFFDF" w14:textId="77777777" w:rsidTr="00B0213F">
         <w:trPr>
           <w:trHeight w:val="892"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3927" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69EDC324" w14:textId="6AB96622" w:rsidR="002C6298" w:rsidRPr="0064126A" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0064126A">
-              <w:lastRenderedPageBreak/>
               <w:t>Dom sestre Andreje</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F0D18C4" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3269" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4F1224BD" w14:textId="57F9CC85" w:rsidR="002C6298" w:rsidRPr="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002C6298">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Miholjanska</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> 28, Virje</w:t>
+              <w:t>Miholjanska 28, Virje</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="061858C8" w14:textId="3CE34429" w:rsidR="002C6298" w:rsidRPr="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C6298">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Mob: 099/192-1381 i 091/788-5881</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F129645" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
@@ -1935,221 +1759,147 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C6298" w:rsidRPr="00C16A88" w14:paraId="53712E8D" w14:textId="77777777" w:rsidTr="00B0213F">
         <w:trPr>
           <w:trHeight w:val="56"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3927" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0FA7EAA0" w14:textId="77777777" w:rsidR="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
+              <w:lastRenderedPageBreak/>
               <w:t>MAXI, obrt za poljoprivredu i socijalnu skrb</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="70BB2BB4" w14:textId="1A1E5D7E" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">-izdvojena jedinica Donji </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>-izdvojena jedinica Donji Cubinec</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="37E0C315" w14:textId="2A3A401F" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="44A8D6FE" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C4CAA5D" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3269" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="44306E54" w14:textId="7EAA7DD5" w:rsidR="002C6298" w:rsidRPr="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002C6298">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Cubinec</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Cubinec 33, Cubinec</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2980C16D" w14:textId="7A5ED2AB" w:rsidR="002C6298" w:rsidRPr="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="apple-style-span"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="002C6298">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 33, </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>vl. Zdenko Maksić</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C660072" w14:textId="0F37F701" w:rsidR="002C6298" w:rsidRPr="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="apple-style-span"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="002C6298">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Cubinec</w:t>
-[...88 lines deleted...]
-              <w:t xml:space="preserve"> 20</w:t>
+              <w:t>izdvojena jedinica  Donji Cubinec 20</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15DB9241" w14:textId="14AD325F" w:rsidR="002C6298" w:rsidRPr="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C6298">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Tel</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -2236,65 +1986,72 @@
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64A9CDB2" w14:textId="77777777" w:rsidR="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="176687B7" w14:textId="614506FF" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
+          <w:p w14:paraId="176687B7" w14:textId="459A7F4F" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>40</w:t>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="000B1807">
+              <w:rPr>
+                <w:rStyle w:val="apple-style-span"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C6298" w:rsidRPr="00C16A88" w14:paraId="100D96CE" w14:textId="77777777" w:rsidTr="00B0213F">
         <w:trPr>
           <w:trHeight w:val="892"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3927" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3813C478" w14:textId="3CBEDD8D" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t xml:space="preserve">Obrt za socijalnu skrb „Obiteljski dom Šolaja“ </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="696502FD" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
@@ -2347,117 +2104,108 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Mob: </w:t>
             </w:r>
             <w:r w:rsidR="002C6298" w:rsidRPr="002C6298">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>091/580-9026</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E2BCAF3" w14:textId="3DD115CF" w:rsidR="00B0213F" w:rsidRPr="002C6298" w:rsidRDefault="00B0213F" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>vl</w:t>
-[...7 lines deleted...]
-              <w:t>. Valentina Šolaja</w:t>
+              <w:t>vl. Valentina Šolaja</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="65F45195" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r w:rsidRPr="002C6298">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>valentina.jezovita@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7FC4EA72" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="68EABACF" w14:textId="014644AA" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="00B0213F">
+          <w:p w14:paraId="68EABACF" w14:textId="12726BC1" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="000B1807" w:rsidP="00B0213F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C16A88">
-[...4 lines deleted...]
-              <w:t>11</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="apple-style-span"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C6298" w:rsidRPr="00C16A88" w14:paraId="2647AFF8" w14:textId="77777777" w:rsidTr="00B0213F">
         <w:trPr>
           <w:trHeight w:val="892"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3927" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="745F1D1F" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="260" w:lineRule="exact"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>Dom  Petrović j.d.o.o.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7FED289E" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:color w:val="FF0000"/>
@@ -2809,67 +2557,51 @@
               <w:spacing w:line="260" w:lineRule="exact"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>Dom Sveti Ladislav d.o.o.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3269" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="061F6006" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C6298">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ladislav </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> 16</w:t>
+              <w:t>Ladislav Sokolovački 16</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7CB3754E" w14:textId="3DC0D094" w:rsidR="002C6298" w:rsidRPr="002C6298" w:rsidRDefault="00B0213F" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Mob: </w:t>
             </w:r>
             <w:r w:rsidR="002C6298" w:rsidRPr="002C6298">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>091/263-1281; 663-128</w:t>
             </w:r>
           </w:p>
@@ -2903,99 +2635,79 @@
           <w:p w14:paraId="4FF41C1F" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="00B0213F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C6298" w:rsidRPr="00C16A88" w14:paraId="1C75743C" w14:textId="77777777" w:rsidTr="00B0213F">
         <w:trPr>
           <w:trHeight w:val="853"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3936" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6D5C6D73" w14:textId="74BD4C6A" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
-              <w:t xml:space="preserve">Dom Mršić </w:t>
-[...7 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Dom Mršić j.d.o.o.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DC6E0B1" w14:textId="5176CC4D" w:rsidR="002C6298" w:rsidRPr="00B0213F" w:rsidRDefault="002C6298" w:rsidP="00B0213F">
             <w:pPr>
               <w:pStyle w:val="Naslov4"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Plavšinac</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> 71, Novigrad Podravski</w:t>
+              <w:t>Plavšinac 71, Novigrad Podravski</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="31A6D2A6" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="00B0213F" w:rsidRDefault="002C6298" w:rsidP="00B0213F">
             <w:pPr>
               <w:pStyle w:val="Naslov4"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tel: 832-026</w:t>
             </w:r>
           </w:p>
@@ -3072,57 +2784,52 @@
           <w:p w14:paraId="50D87E63" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="00B0213F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C6298" w:rsidRPr="00C16A88" w14:paraId="564ED139" w14:textId="77777777" w:rsidTr="00B0213F">
         <w:trPr>
           <w:trHeight w:val="755"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3936" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="60F8D439" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
-              <w:t xml:space="preserve">Dom Maljak, obrt Marina </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Dom Maljak, obrt Marina Maljaka</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2408E45E" w14:textId="7D1054BA" w:rsidR="002C6298" w:rsidRPr="00B0213F" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Bana Josipa Jelačića 69A</w:t>
             </w:r>
             <w:r w:rsidR="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -3240,67 +2947,51 @@
               <w:spacing w:line="260" w:lineRule="exact"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>Viktor S d.o.o.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3269" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="04BCD934" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="00B0213F" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Legrad, </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Šandora 29</w:t>
+              <w:t>Legrad, Petefi Šandora 29</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5BE55876" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="00B0213F" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>095/583-5601</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="087F8608" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="00B0213F" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3324,87 +3015,73 @@
           </w:tcPr>
           <w:p w14:paraId="1F45883F" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C6298" w:rsidRPr="00C16A88" w14:paraId="3168BE13" w14:textId="77777777" w:rsidTr="00B0213F">
         <w:trPr>
           <w:trHeight w:val="892"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3927" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BFE1C68" w14:textId="2DB2A26E" w:rsidR="002C6298" w:rsidRPr="00C16A88" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="260" w:lineRule="exact"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Dom Marija d.o.o. </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Dom Marija d.o.o. Štaglinec</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3269" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="377430E6" w14:textId="1AF2BAE9" w:rsidR="002C6298" w:rsidRPr="00B0213F" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Štaglinec</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> 22 B</w:t>
+              <w:t>Štaglinec 22 B</w:t>
             </w:r>
             <w:r w:rsidR="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, Koprivnica</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="19D23FD1" w14:textId="77777777" w:rsidR="002C6298" w:rsidRPr="00B0213F" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tel. 642-373; 099/201-4560</w:t>
@@ -3468,67 +3145,51 @@
               <w:spacing w:line="260" w:lineRule="exact"/>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk212207853"/>
             <w:r>
               <w:t>Dom za starije i nemoćne Babić d.o.o.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3269" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1498BFCF" w14:textId="09EDB1FE" w:rsidR="002C6298" w:rsidRPr="00B0213F" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> 42</w:t>
+              <w:t xml:space="preserve"> Jagnjedovec 42</w:t>
             </w:r>
             <w:r w:rsidR="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, Koprivnica</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69AE28FE" w14:textId="463B3E18" w:rsidR="002C6298" w:rsidRPr="00B0213F" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mob. 098/183-3154</w:t>
             </w:r>
             <w:r w:rsidR="00B0213F">
               <w:rPr>
@@ -3559,105 +3220,50 @@
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>goricababic76@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2AE9958C" w14:textId="346F3F33" w:rsidR="002C6298" w:rsidRDefault="002C6298" w:rsidP="002C6298">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
-      <w:tr w:rsidR="00B0213F" w:rsidRPr="00C16A88" w14:paraId="7242D74E" w14:textId="77777777" w:rsidTr="00B0213F">
-[...53 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p w14:paraId="18916589" w14:textId="77777777" w:rsidR="00A23F07" w:rsidRPr="00C16A88" w:rsidRDefault="00A23F07" w:rsidP="00B91BB7">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02011750" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B91BB7">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1CF0F0AB" w14:textId="4901DCF2" w:rsidR="00B91BB7" w:rsidRPr="00C16A88" w:rsidRDefault="00C16A88" w:rsidP="00B91BB7">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -3903,51 +3509,50 @@
           </w:tcPr>
           <w:p w14:paraId="4AF3F7A4" w14:textId="39EE6EBA" w:rsidR="00B0213F" w:rsidRPr="00C16A88" w:rsidRDefault="00B0213F" w:rsidP="000041BE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B0213F" w:rsidRPr="00C16A88" w14:paraId="6DECA0EA" w14:textId="77777777" w:rsidTr="00B0213F">
         <w:trPr>
           <w:trHeight w:val="769"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3936" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2AE81752" w14:textId="6BC72B19" w:rsidR="00B0213F" w:rsidRPr="00C16A88" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
-              <w:lastRenderedPageBreak/>
               <w:t>Obiteljski dom Aleksandre Kralj</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="24D373B1" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00C16A88" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F567240" w14:textId="512C6654" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFF9"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
@@ -4061,65 +3666,56 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3936" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A2C6DB6" w14:textId="52E7E082" w:rsidR="00B0213F" w:rsidRPr="00C16A88" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>Obiteljski dom Lidije Novak</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0050B4EA" w14:textId="5469CF1E" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Potočka</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> 59</w:t>
+              <w:t>Potočka 59</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Križevci</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3484FB31" w14:textId="52A18060" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
@@ -4168,86 +3764,76 @@
           </w:tcPr>
           <w:p w14:paraId="204B1BD0" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00C16A88" w:rsidRDefault="00B0213F" w:rsidP="000041BE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B0213F" w:rsidRPr="00C16A88" w14:paraId="31C28DC5" w14:textId="77777777" w:rsidTr="00B0213F">
         <w:trPr>
           <w:trHeight w:val="841"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3936" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70D9FD79" w14:textId="467C679C" w:rsidR="00B0213F" w:rsidRPr="00C16A88" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
+              <w:lastRenderedPageBreak/>
               <w:t>Obiteljski dom Branke Prpić</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75DE0490" w14:textId="6613C130" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Škrinjari</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> 48</w:t>
+              <w:t>Škrinjari 48</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Sv. Ivan Žabno</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07CE0EA3" w14:textId="7B186510" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
@@ -4332,69 +3918,51 @@
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>Obiteljski dom Ines Kos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C8B6895" w14:textId="14AFD26A" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ivana </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> 90A</w:t>
+              <w:t>Ivana Lepušića 90A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Križevci</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A1B1CD7" w14:textId="5898A7C0" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4722,67 +4290,51 @@
           <w:p w14:paraId="537213E1" w14:textId="2CE8509A" w:rsidR="00B0213F" w:rsidRPr="00C16A88" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>Obiteljski dom Peje Petrovića</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D45A1C8" w14:textId="1A9D3717" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Blaža </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> 121c</w:t>
+              <w:t>Blaža Mađera 121c</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Novigrad Podravski</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0ABB2646" w14:textId="0AD71D2D" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0213F">
@@ -5091,57 +4643,52 @@
           </w:tcPr>
           <w:p w14:paraId="2F8F516F" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00C16A88" w:rsidRDefault="00B0213F" w:rsidP="000041BE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B0213F" w:rsidRPr="00C16A88" w14:paraId="4922D9F6" w14:textId="77777777" w:rsidTr="00B0213F">
         <w:trPr>
           <w:trHeight w:val="302"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3936" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BC2E0ED" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00C16A88" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
-              <w:t xml:space="preserve">Obiteljski dom Marijana </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Obiteljski dom Marijana Šklebara</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E3BA403" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mihovila Pavleka Miškine 6a, Virje</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="610FDE9B" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -5196,65 +4743,56 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3936" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59109E90" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00C16A88" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>Obiteljski dom Gogea Mije</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D9FDF3D" w14:textId="7A1C5B52" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Imbriovec</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> 47</w:t>
+              <w:t>Imbriovec 47</w:t>
             </w:r>
             <w:r w:rsidR="000041BE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, Đelekovec </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="29441AB4" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mob. 098/169-9903</w:t>
@@ -5378,57 +4916,52 @@
           </w:tcPr>
           <w:p w14:paraId="5CDF7B4B" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00C16A88" w:rsidRDefault="00B0213F" w:rsidP="000041BE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B0213F" w:rsidRPr="00C16A88" w14:paraId="077D8DA9" w14:textId="77777777" w:rsidTr="00B0213F">
         <w:trPr>
           <w:trHeight w:val="302"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3936" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37134E0D" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00C16A88" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
-              <w:t xml:space="preserve">Obiteljski dom Nine </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Obiteljski dom Nine Šokec</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AA60B1B" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0213F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Prugovac,Vinogradska 22</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F050876" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00B0213F" w:rsidRDefault="00B0213F" w:rsidP="00B0213F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
@@ -5463,104 +4996,50 @@
               <w:t xml:space="preserve">Mail: </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r w:rsidRPr="00B0213F">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>ninasokec715@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3AD138D1" w14:textId="77777777" w:rsidR="00B0213F" w:rsidRPr="00C16A88" w:rsidRDefault="00B0213F" w:rsidP="000041BE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:t>10</w:t>
-            </w:r>
-[...52 lines deleted...]
-              <w:t>205</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="76B036CD" w14:textId="77777777" w:rsidR="00B91BB7" w:rsidRPr="00C16A88" w:rsidRDefault="00B91BB7" w:rsidP="00B91BB7">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="748977B4" w14:textId="77777777" w:rsidR="000041BE" w:rsidRPr="00C16A88" w:rsidRDefault="000041BE" w:rsidP="00A23F07">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="08774946" w14:textId="6DA06BDA" w:rsidR="00A23F07" w:rsidRPr="00C16A88" w:rsidRDefault="00C16A88" w:rsidP="00A23F07">
       <w:pPr>
         <w:rPr>
@@ -5963,51 +5442,50 @@
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000041BE" w:rsidRPr="00C16A88" w14:paraId="20333006" w14:textId="77777777" w:rsidTr="000041BE">
         <w:trPr>
           <w:trHeight w:val="840"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4219" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A278A87" w14:textId="77777777" w:rsidR="000041BE" w:rsidRPr="00C16A88" w:rsidRDefault="000041BE" w:rsidP="000041BE">
             <w:r w:rsidRPr="00C16A88">
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Dom za psihički bolesne odrasle osobe Poljak </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09FA4712" w14:textId="434794A3" w:rsidR="000041BE" w:rsidRPr="00C16A88" w:rsidRDefault="000041BE" w:rsidP="000041BE"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="618531D6" w14:textId="5830A761" w:rsidR="000041BE" w:rsidRPr="000041BE" w:rsidRDefault="000041BE" w:rsidP="000041BE">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="apple-style-span"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
               </w:rPr>
               <w:t xml:space="preserve">Ulica A. </w:t>
@@ -6064,179 +5542,151 @@
           </w:p>
           <w:p w14:paraId="1F9A89D0" w14:textId="77777777" w:rsidR="000041BE" w:rsidRPr="000041BE" w:rsidRDefault="000041BE" w:rsidP="000041BE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r w:rsidRPr="000041BE">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
                 </w:rPr>
                 <w:t>dom.poljak@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06A5C2EA" w14:textId="428FFDB6" w:rsidR="000041BE" w:rsidRPr="00C16A88" w:rsidRDefault="000041BE" w:rsidP="000041BE">
+          <w:p w14:paraId="06A5C2EA" w14:textId="7C50E483" w:rsidR="000041BE" w:rsidRPr="00C16A88" w:rsidRDefault="000041BE" w:rsidP="000041BE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
               </w:rPr>
-              <w:t>20</w:t>
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="005E4D7A">
+              <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
               </w:rPr>
-            </w:pPr>
-[...36 lines deleted...]
-              <w:t>170</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="270DCF25" w14:textId="2C8D5FB5" w:rsidR="000041BE" w:rsidRDefault="00A23F07" w:rsidP="00A23F07">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C16A88">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="06037C74" w14:textId="77777777" w:rsidR="00375E69" w:rsidRDefault="00375E69" w:rsidP="00A23F07">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E32FCA5" w14:textId="77777777" w:rsidR="00375E69" w:rsidRPr="00C16A88" w:rsidRDefault="00375E69" w:rsidP="00A23F07">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5AA05355" w14:textId="77777777" w:rsidR="0070059C" w:rsidRPr="00C16A88" w:rsidRDefault="0070059C" w:rsidP="0070059C">
+    <w:p w14:paraId="736D2E00" w14:textId="77777777" w:rsidR="000B1807" w:rsidRDefault="000B1807" w:rsidP="0070059C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="672CC0B6" w14:textId="77777777" w:rsidR="000B1807" w:rsidRDefault="000B1807" w:rsidP="0070059C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D26FECD" w14:textId="77777777" w:rsidR="000B1807" w:rsidRDefault="000B1807" w:rsidP="0070059C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AA05355" w14:textId="3AE9F9F5" w:rsidR="0070059C" w:rsidRPr="00C16A88" w:rsidRDefault="0070059C" w:rsidP="0070059C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C16A88">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>5.</w:t>
       </w:r>
       <w:r w:rsidR="00C16A88" w:rsidRPr="00C16A88">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C16A88">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Obiteljski domovi za psihički bolesne i osobe s mentalnim oštećenjem</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53A9DCE3" w14:textId="77777777" w:rsidR="0070059C" w:rsidRPr="00C16A88" w:rsidRDefault="0070059C" w:rsidP="0070059C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -6340,201 +5790,120 @@
             <w:r w:rsidRPr="00375E69">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>KAPACITET USTANOVE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000041BE" w:rsidRPr="00C16A88" w14:paraId="4D62162D" w14:textId="77777777" w:rsidTr="00375E69">
         <w:trPr>
           <w:trHeight w:val="823"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3810" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BB7882B" w14:textId="77777777" w:rsidR="000041BE" w:rsidRPr="00C16A88" w:rsidRDefault="000041BE" w:rsidP="00C012FF">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
-              <w:t xml:space="preserve">Obiteljski dom Valentine </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Obiteljski dom Valentine Košćak</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3386" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0AEFA527" w14:textId="77777777" w:rsidR="000041BE" w:rsidRPr="00375E69" w:rsidRDefault="000041BE" w:rsidP="00375E69">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00375E69">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Blagaji</w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> Orehovec </w:t>
+              <w:t xml:space="preserve">Blagaji 8, Dedina, Sv.Petar Orehovec </w:t>
             </w:r>
             <w:r w:rsidRPr="00375E69">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Tel: </w:t>
             </w:r>
             <w:r w:rsidRPr="00375E69">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>098/919-4727, 857-206</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="269F803E" w14:textId="05479942" w:rsidR="000041BE" w:rsidRPr="00375E69" w:rsidRDefault="00375E69" w:rsidP="00375E69">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r w:rsidRPr="00C14A40">
                 <w:rPr>
                   <w:rStyle w:val="Hiperveza"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:t>obiteljski.dom.koscak@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50079168" w14:textId="77777777" w:rsidR="000041BE" w:rsidRPr="00C16A88" w:rsidRDefault="000041BE" w:rsidP="00C012FF">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00C16A88">
-              <w:t>20</w:t>
-[...33 lines deleted...]
-            <w:r>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="73DF2F56" w14:textId="77777777" w:rsidR="0070059C" w:rsidRPr="00C16A88" w:rsidRDefault="0070059C" w:rsidP="0070059C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5427EF66" w14:textId="77777777" w:rsidR="00BF45F2" w:rsidRPr="00C16A88" w:rsidRDefault="00BF45F2" w:rsidP="00BF45F2">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -6660,111 +6029,121 @@
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="593980268">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B91BB7"/>
     <w:rsid w:val="000041BE"/>
     <w:rsid w:val="000346E1"/>
     <w:rsid w:val="000A6CA4"/>
+    <w:rsid w:val="000B1807"/>
     <w:rsid w:val="0014653F"/>
     <w:rsid w:val="00150062"/>
     <w:rsid w:val="001C3026"/>
     <w:rsid w:val="002C6298"/>
     <w:rsid w:val="002D4070"/>
     <w:rsid w:val="00312E1E"/>
     <w:rsid w:val="003168AA"/>
     <w:rsid w:val="00323D53"/>
+    <w:rsid w:val="00355471"/>
     <w:rsid w:val="00375E69"/>
     <w:rsid w:val="003B6068"/>
     <w:rsid w:val="003F5FA3"/>
     <w:rsid w:val="00422D94"/>
     <w:rsid w:val="00453DC8"/>
     <w:rsid w:val="004544C7"/>
     <w:rsid w:val="004619C2"/>
     <w:rsid w:val="00582EC6"/>
+    <w:rsid w:val="005E4D7A"/>
     <w:rsid w:val="005F3D1D"/>
     <w:rsid w:val="0064126A"/>
     <w:rsid w:val="00692AFF"/>
     <w:rsid w:val="006A7AC9"/>
     <w:rsid w:val="006C6B6B"/>
     <w:rsid w:val="006E341A"/>
     <w:rsid w:val="006F4111"/>
     <w:rsid w:val="0070059C"/>
     <w:rsid w:val="00770027"/>
     <w:rsid w:val="00784B55"/>
     <w:rsid w:val="007962D7"/>
     <w:rsid w:val="00820EFF"/>
     <w:rsid w:val="00842862"/>
     <w:rsid w:val="008B5F14"/>
     <w:rsid w:val="008C5F35"/>
+    <w:rsid w:val="008E0745"/>
     <w:rsid w:val="009278B2"/>
     <w:rsid w:val="009A1E9C"/>
     <w:rsid w:val="009B634C"/>
     <w:rsid w:val="00A03120"/>
     <w:rsid w:val="00A111CD"/>
     <w:rsid w:val="00A23F07"/>
     <w:rsid w:val="00A349EC"/>
     <w:rsid w:val="00A43967"/>
+    <w:rsid w:val="00AC26B9"/>
     <w:rsid w:val="00AD70F4"/>
     <w:rsid w:val="00AE0231"/>
     <w:rsid w:val="00AE05E3"/>
     <w:rsid w:val="00B0213F"/>
     <w:rsid w:val="00B14130"/>
     <w:rsid w:val="00B91BB7"/>
     <w:rsid w:val="00BA572B"/>
     <w:rsid w:val="00BF45F2"/>
     <w:rsid w:val="00C16A88"/>
+    <w:rsid w:val="00C21D36"/>
     <w:rsid w:val="00C5064A"/>
     <w:rsid w:val="00C66559"/>
     <w:rsid w:val="00C74476"/>
     <w:rsid w:val="00C80C27"/>
     <w:rsid w:val="00C85CD6"/>
     <w:rsid w:val="00D8767F"/>
     <w:rsid w:val="00E06D71"/>
     <w:rsid w:val="00EF1CA7"/>
     <w:rsid w:val="00F0319D"/>
     <w:rsid w:val="00F2568C"/>
     <w:rsid w:val="00F50C22"/>
     <w:rsid w:val="00FD5C98"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -7389,51 +6768,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1739668483">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kosi.jelena@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maksiczdenko@gmail.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@dom-marija.hr" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:petricevic.ana1981@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomica.singer@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:careviarko01@gmail.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cedar.wh@kc.t-com.hr" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zeljka.koluder@dom-kc.hr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zeanetaba11@gmail.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prelecbranimir@net.hr" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:domnovakd.o.o.@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dom-mrsic@net.hr" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:icchakos@gmail.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mladen.corc@gmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ninasokec715@gmail.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dom.stanesic@net.hr" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marinabk123@gmail.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bozica.petkovic@gmail.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obiteljskidom.ruza@gmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zbalazin@gmail.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:valentina.jezovita@gmail.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obiteljskidomprpic@gmail.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obiteljski.dom.koscak@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:inesivelic22@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sestrebazilijanke@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prelecbranimir@net.hr" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:goricababic76@gmail.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:domnovakd.o.o@gmail.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@dom-petrovic.hr" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dom.poljak@gmail.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:domsestrejadranke@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@seniorcare.hr" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andreja.zibreg@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maljak@net.hr" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lahorka.pintaric@gmail.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mihaelahorvat001@gmail.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@dom-petrovic.hr" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dvizjak@inet.hr" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dom.baka.ilona@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maksiczdenko@gmail.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@dom-marija.hr" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:petricevic.ana1981@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomica.singer@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:careviarko01@gmail.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cedar.wh@kc.t-com.hr" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zeljka.koluder@dom-kc.hr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zeanetaba11@gmail.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prelecbranimir@net.hr" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:domnovakd.o.o.@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dom-mrsic@net.hr" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:icchakos@gmail.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mladen.corc@gmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ninasokec715@gmail.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dom.stanesic@net.hr" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marinabk123@gmail.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bozica.petkovic@gmail.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obiteljskidom.ruza@gmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zbalazin@gmail.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:valentina.jezovita@gmail.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obiteljskidomprpic@gmail.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obiteljski.dom.koscak@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:inesivelic22@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sestrebazilijanke@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prelecbranimir@net.hr" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:goricababic76@gmail.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:domnovakd.o.o@gmail.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@dom-petrovic.hr" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dom.poljak@gmail.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:domsestrejadranke@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@seniorcare.hr" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andreja.zibreg@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maljak@net.hr" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lahorka.pintaric@gmail.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mihaelahorvat001@gmail.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@dom-petrovic.hr" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dvizjak@inet.hr" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7696,65 +7075,65 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70991A29-6F7E-4862-A29B-63EB8A367C00}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1084</Words>
-  <Characters>6184</Characters>
+  <Words>1074</Words>
+  <Characters>6125</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>51</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Naslov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7254</CharactersWithSpaces>
+  <CharactersWithSpaces>7185</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>MajaBlazek</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>