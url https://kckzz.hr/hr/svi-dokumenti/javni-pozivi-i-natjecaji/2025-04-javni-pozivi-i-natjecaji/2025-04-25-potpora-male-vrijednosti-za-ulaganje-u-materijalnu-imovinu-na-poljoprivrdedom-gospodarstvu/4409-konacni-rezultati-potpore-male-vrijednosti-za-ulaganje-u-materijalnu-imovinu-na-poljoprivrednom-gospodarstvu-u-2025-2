--- v0 (2026-01-16)
+++ v1 (2026-02-16)
@@ -5409,62 +5409,68 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2457" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="1B86A9AB" w14:textId="77777777" w:rsidR="00A11010" w:rsidRDefault="00A11010" w:rsidP="00A763E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="1827BC1F" w14:textId="0B769C70" w:rsidR="00A11010" w:rsidRDefault="00051883" w:rsidP="00641BDC">
+          <w:p w14:paraId="1827BC1F" w14:textId="26FE1418" w:rsidR="00A11010" w:rsidRDefault="00051883" w:rsidP="00641BDC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1300"/>
               </w:tabs>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="008E00F4">
-              <w:t>1.4</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="004D511F">
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="008E00F4">
+              <w:t>.4</w:t>
             </w:r>
             <w:r>
               <w:t>90,15</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="57F171CA" w14:textId="72C7E3F3" w:rsidR="00A11010" w:rsidRDefault="00EF73A5" w:rsidP="00EF73A5">
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FED780C" w14:textId="683BCE30" w:rsidR="00D056FD" w:rsidRDefault="00EF73A5" w:rsidP="00EF73A5">
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
@@ -5619,94 +5625,97 @@
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Narrow">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A763E9"/>
     <w:rsid w:val="000475A6"/>
     <w:rsid w:val="00051883"/>
     <w:rsid w:val="000762E2"/>
     <w:rsid w:val="00087875"/>
     <w:rsid w:val="00103C5D"/>
     <w:rsid w:val="0017157E"/>
     <w:rsid w:val="001B7CA1"/>
     <w:rsid w:val="002C50DA"/>
     <w:rsid w:val="002D1A06"/>
     <w:rsid w:val="003725C7"/>
     <w:rsid w:val="004C1E2A"/>
+    <w:rsid w:val="004D511F"/>
     <w:rsid w:val="00553657"/>
     <w:rsid w:val="005F421F"/>
     <w:rsid w:val="005F51DB"/>
     <w:rsid w:val="00632930"/>
     <w:rsid w:val="00641BDC"/>
     <w:rsid w:val="007B0DF7"/>
     <w:rsid w:val="00813C43"/>
     <w:rsid w:val="008270D6"/>
     <w:rsid w:val="00830B06"/>
     <w:rsid w:val="008E00F4"/>
     <w:rsid w:val="00917E8E"/>
     <w:rsid w:val="009D1259"/>
     <w:rsid w:val="009E394C"/>
     <w:rsid w:val="00A11010"/>
     <w:rsid w:val="00A763E9"/>
     <w:rsid w:val="00A82B7F"/>
     <w:rsid w:val="00AD4CE7"/>
     <w:rsid w:val="00AE2F5B"/>
     <w:rsid w:val="00BF1B1E"/>
     <w:rsid w:val="00C27A7D"/>
+    <w:rsid w:val="00C41E3C"/>
     <w:rsid w:val="00D056FD"/>
     <w:rsid w:val="00D4225C"/>
     <w:rsid w:val="00D642AE"/>
     <w:rsid w:val="00D802E0"/>
     <w:rsid w:val="00DB1EB1"/>
     <w:rsid w:val="00DF12F7"/>
     <w:rsid w:val="00E409DD"/>
     <w:rsid w:val="00EA1069"/>
     <w:rsid w:val="00EA6379"/>
     <w:rsid w:val="00EC47B5"/>
     <w:rsid w:val="00EF73A5"/>
     <w:rsid w:val="00F33358"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -7022,69 +7031,69 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>511</Words>
-  <Characters>2918</Characters>
+  <Characters>2919</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>24</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Naslov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3423</CharactersWithSpaces>
+  <CharactersWithSpaces>3424</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Denis Maksić</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>