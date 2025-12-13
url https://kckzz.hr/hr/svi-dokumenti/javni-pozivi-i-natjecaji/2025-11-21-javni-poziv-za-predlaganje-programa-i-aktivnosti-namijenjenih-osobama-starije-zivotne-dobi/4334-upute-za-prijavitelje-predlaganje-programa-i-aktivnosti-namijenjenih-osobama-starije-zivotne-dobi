--- v0 (2025-11-21)
+++ v1 (2025-12-13)
@@ -111,51 +111,51 @@
           <w:lang w:val="en-US" w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:object w:dxaOrig="825" w:dyaOrig="902" w14:anchorId="348EF3DF">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
           <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:57.75pt;height:62.25pt" o:ole="" fillcolor="window">
             <v:imagedata r:id="rId8" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="CPaint5" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1825240500" r:id="rId9"/>
+          <o:OLEObject Type="Embed" ProgID="CPaint5" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1825473499" r:id="rId9"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F5FBCBE" w14:textId="689EF0F6" w:rsidR="007263F0" w:rsidRDefault="007263F0" w:rsidP="00A40472">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27EC61B2" w14:textId="45AD2B37" w:rsidR="007B717A" w:rsidRDefault="0030123D" w:rsidP="00A40472">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
@@ -8212,51 +8212,51 @@
         <w:t xml:space="preserve">ukoliko sadrži </w:t>
       </w:r>
       <w:r w:rsidR="00B56E67" w:rsidRPr="00BD092B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>prijavni obrazac</w:t>
       </w:r>
       <w:r w:rsidR="002104DE" w:rsidRPr="00BD092B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> i obvezne priloge kako je navedeno u Javnom pozivu za dostavu prijedloga:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2834C1B3" w14:textId="0AF7B5F0" w:rsidR="002104DE" w:rsidRPr="00BD092B" w:rsidRDefault="002104DE" w:rsidP="009F453A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B71A49D" w14:textId="6B464CD1" w:rsidR="00766F1A" w:rsidRPr="00BD092B" w:rsidRDefault="0030123D" w:rsidP="006900FD">
+    <w:p w14:paraId="2B71A49D" w14:textId="6B464CD1" w:rsidR="00766F1A" w:rsidRDefault="0030123D" w:rsidP="006900FD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD092B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Obvezna dokumentacija za prijavu programa</w:t>
       </w:r>
       <w:r w:rsidR="00843C90" w:rsidRPr="00BD092B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>/</w:t>
@@ -8280,227 +8280,123 @@
       <w:r w:rsidR="00434AC2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">i je </w:t>
       </w:r>
       <w:r w:rsidR="004804B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>sljedeća</w:t>
       </w:r>
       <w:r w:rsidR="00434AC2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D4751E3" w14:textId="50532564" w:rsidR="00DA0191" w:rsidRPr="00BD092B" w:rsidRDefault="00DA0191" w:rsidP="00DA0191">
+    <w:p w14:paraId="09DD8E5B" w14:textId="77777777" w:rsidR="00F771EA" w:rsidRPr="00BD092B" w:rsidRDefault="00F771EA" w:rsidP="006900FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D4751E3" w14:textId="18F52994" w:rsidR="00DA0191" w:rsidRPr="00BD092B" w:rsidRDefault="00F771EA" w:rsidP="00DA0191">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD092B">
-[...8 lines deleted...]
-        <w:pStyle w:val="Odlomakpopisa"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0191" w:rsidRPr="00BD092B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>pisni i financijski obrazac</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41509478" w14:textId="77777777" w:rsidR="005D541C" w:rsidRDefault="005D541C" w:rsidP="007D0B74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BE5129D" w14:textId="77777777" w:rsidR="00CF245B" w:rsidRPr="00BD092B" w:rsidRDefault="00CF245B" w:rsidP="007D0B74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08C012E1" w14:textId="3A0273EF" w:rsidR="007D0B74" w:rsidRPr="00BD092B" w:rsidRDefault="0030123D" w:rsidP="007D0B74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-          <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD092B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...139 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        </w:rPr>
         <w:t>Neobavezna dodatna dokumentacija za prijavu programa</w:t>
       </w:r>
       <w:r w:rsidR="00843C90" w:rsidRPr="00BD092B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD092B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">projekta </w:t>
       </w:r>
       <w:r w:rsidR="00DA0191" w:rsidRPr="00BD092B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">koja se podnosi </w:t>
@@ -8577,50 +8473,51 @@
         </w:rPr>
         <w:t>Pisma preporuke (npr. ministarstva, županije, sponzora, donatora, institucija i slično)</w:t>
       </w:r>
       <w:r w:rsidR="000441E9" w:rsidRPr="00730463">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1823F8DE" w14:textId="77777777" w:rsidR="000441E9" w:rsidRPr="00730463" w:rsidRDefault="000441E9" w:rsidP="000441E9">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00730463">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Zapisi, publikacije, novinski članci te ostali materijali koji prikazuju aktivnosti prijavite i u izravnoj su vezi s prijavom programa/projekta.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FA5DDD4" w14:textId="77777777" w:rsidR="00C740EA" w:rsidRPr="00730463" w:rsidRDefault="00C740EA" w:rsidP="0007022C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E2E509F" w14:textId="0FAC5927" w:rsidR="000375A6" w:rsidRDefault="0030123D" w:rsidP="0087354F">
       <w:pPr>
         <w:pStyle w:val="Naslov2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc206654722"/>
       <w:r>
         <w:t xml:space="preserve">Sadržaj </w:t>
@@ -8680,156 +8577,104 @@
         </w:rPr>
         <w:t>aktivnosti</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD092B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E331CD" w:rsidRPr="00BD092B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>koji se predlaže za financijsku potporu.</w:t>
       </w:r>
       <w:r w:rsidR="004D0A22" w:rsidRPr="00BD092B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004D0A22" w:rsidRPr="00BD092B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Sadrži podatke o svim izravnim i neizravnim troškovima programa, o bespovratnim sredstvima koja se traže od davatelja.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="263882B9" w14:textId="57D75C5E" w:rsidR="00C53D56" w:rsidRPr="00730463" w:rsidRDefault="0030123D" w:rsidP="00E35CAD">
+    <w:p w14:paraId="59BD20F4" w14:textId="55CB772F" w:rsidR="004804B4" w:rsidRPr="00F771EA" w:rsidRDefault="0030123D" w:rsidP="00E35CAD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD092B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00730463">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Obrasci u kojima nedostaju podaci vezani uz sadržaj</w:t>
       </w:r>
       <w:r w:rsidR="00A01190" w:rsidRPr="00730463">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> i troškove</w:t>
       </w:r>
       <w:r w:rsidRPr="00730463">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0043193D" w:rsidRPr="00730463">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>programa</w:t>
       </w:r>
       <w:r w:rsidRPr="00730463">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> neće biti uzeti u razmatranje.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59BD20F4" w14:textId="177C3D99" w:rsidR="004804B4" w:rsidRDefault="0030123D" w:rsidP="00E35CAD">
-[...53 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w14:paraId="5B9FFE54" w14:textId="77777777" w:rsidR="00C740EA" w:rsidRPr="00730463" w:rsidRDefault="00C740EA" w:rsidP="00F771EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DBEB869" w14:textId="47BF4C22" w:rsidR="00BB1F29" w:rsidRDefault="0030123D" w:rsidP="0087354F">
       <w:pPr>
         <w:pStyle w:val="Naslov2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Toc206654723"/>
       <w:r>
         <w:t>Gdje poslati prijav</w:t>
       </w:r>
       <w:r w:rsidR="00F00EEC">
         <w:t>u?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="70B1968A" w14:textId="3D6AC034" w:rsidR="00F00EEC" w:rsidRDefault="00F00EEC" w:rsidP="00F00EEC">
@@ -9329,113 +9174,168 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C740EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Sva pitanja vezana uz prijavu putem online platforme „SOM“ mogu se postaviti elektroničkim putem, slanjem upita na sljedeću e-mail adresu: </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="007B102B">
           <w:rPr>
             <w:rStyle w:val="Hiperveza"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>podrska-eprijave@kckzz.hr</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C740EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="648A8BA5" w14:textId="271B2A70" w:rsidR="00D1209D" w:rsidRPr="00BD092B" w:rsidRDefault="0030123D" w:rsidP="00D1209D">
+    <w:p w14:paraId="648A8BA5" w14:textId="271B2A70" w:rsidR="00D1209D" w:rsidRDefault="0030123D" w:rsidP="00D1209D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00730463">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">U svrhu osiguravanja ravnopravnosti svih potencijalnih prijavitelja, davatelj </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD092B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>sredstava ne može dati prethodna mišljenja o prihvatljivosti prijavitelja, partnera aktivnosti ili troškova navedenih u prijavi.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="0FF8D4F3" w14:textId="77777777" w:rsidR="00F771EA" w:rsidRDefault="00F771EA" w:rsidP="00D1209D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3090C207" w14:textId="77777777" w:rsidR="00F771EA" w:rsidRDefault="00F771EA" w:rsidP="00D1209D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C9E4DB1" w14:textId="77777777" w:rsidR="00F771EA" w:rsidRDefault="00F771EA" w:rsidP="00D1209D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43D78F2A" w14:textId="77777777" w:rsidR="00F771EA" w:rsidRDefault="00F771EA" w:rsidP="00D1209D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39360D3B" w14:textId="77777777" w:rsidR="00F771EA" w:rsidRPr="00BD092B" w:rsidRDefault="00F771EA" w:rsidP="00D1209D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="25FE91F5" w14:textId="508660B4" w:rsidR="00F35D9F" w:rsidRDefault="0030123D" w:rsidP="00AA0A6D">
       <w:pPr>
         <w:pStyle w:val="Naslov1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
       </w:pPr>
       <w:bookmarkStart w:id="18" w:name="_Toc206654726"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Procjena prijava i donošenje odluke o dodjeli sredstava</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="2CA9039D" w14:textId="097DDBA5" w:rsidR="00E0613B" w:rsidRDefault="00E0613B" w:rsidP="00E0613B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7366869B" w14:textId="1FC3C405" w:rsidR="00F35D9F" w:rsidRPr="00BD092B" w:rsidRDefault="0030123D" w:rsidP="00E0613B">
+    <w:p w14:paraId="7366869B" w14:textId="1FC3C405" w:rsidR="00F35D9F" w:rsidRDefault="0030123D" w:rsidP="00E0613B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD092B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Sve pristigle i zaprimljene prijave proći će kroz sljedeću proceduru:</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="43CE6F4E" w14:textId="77777777" w:rsidR="00F771EA" w:rsidRPr="00BD092B" w:rsidRDefault="00F771EA" w:rsidP="00E0613B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="0FB91812" w14:textId="4ADD25F5" w:rsidR="00E0613B" w:rsidRDefault="00E0613B" w:rsidP="00E0613B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2106036B" w14:textId="6E12CCB3" w:rsidR="00E0613B" w:rsidRPr="00627ECD" w:rsidRDefault="0030123D" w:rsidP="00AA0A6D">
       <w:pPr>
         <w:pStyle w:val="Naslov2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="_Toc206654727"/>
       <w:r w:rsidRPr="00627ECD">
         <w:t>Pregled prijava u odnosu na propisane uvjete Javnog poziva</w:t>
       </w:r>
@@ -10170,60 +10070,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>0 bodova.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="128AADCD" w14:textId="6D3A465F" w:rsidR="0014771D" w:rsidRPr="006D720E" w:rsidRDefault="0014771D" w:rsidP="006D720E">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D720E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Kriterij se odnosi na godine iskustva u radu s populacijom starijih osoba i umirovljenika, broj uključenih korisnika u programe i aktivnosti dnevnog boravka ili udruga umirovljenika te na </w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>pozitivan utjecaj programa i aktivnosti na lokalnu zajednicu, uključujući i korisnike iz drugih županija, kao i sposobnost prijavitelja da prilagođava programe različitim potrebama starijih osoba i umirovljenika.</w:t>
+        <w:t>Kriterij se odnosi na godine iskustva u radu s populacijom starijih osoba i umirovljenika, broj uključenih korisnika u programe i aktivnosti dnevnog boravka ili udruga umirovljenika te na pozitivan utjecaj programa i aktivnosti na lokalnu zajednicu, uključujući i korisnike iz drugih županija, kao i sposobnost prijavitelja da prilagođava programe različitim potrebama starijih osoba i umirovljenika.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="396E6A04" w14:textId="7C4F5079" w:rsidR="00B57589" w:rsidRPr="006D720E" w:rsidRDefault="003857FE" w:rsidP="006D720E">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D720E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Kvaliteta razrade financijskog plana/troškovnika proračuna </w:t>
       </w:r>
@@ -11306,50 +11198,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E4B53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B0206FC" w14:textId="3E36DEF0" w:rsidR="00FD00AF" w:rsidRPr="007E4B53" w:rsidRDefault="0030123D" w:rsidP="000B5B5E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="705"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E4B53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Dodatna dokumentacija koja može biti z</w:t>
       </w:r>
       <w:r w:rsidR="007E2C7A" w:rsidRPr="007E4B53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>atražena:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F85D5D0" w14:textId="77086561" w:rsidR="007E2C7A" w:rsidRPr="007E4B53" w:rsidRDefault="0030123D" w:rsidP="007E2C7A">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E4B53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -11358,51 +11251,50 @@
       </w:r>
       <w:r w:rsidR="00175E47" w:rsidRPr="007E4B53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DDC9CFD" w14:textId="25F32B94" w:rsidR="007E2C7A" w:rsidRPr="007E4B53" w:rsidRDefault="0030123D" w:rsidP="007E2C7A">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E4B53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Uvjerenje o nekažnjavanju</w:t>
       </w:r>
       <w:r w:rsidR="00175E47" w:rsidRPr="007E4B53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="051B4DDD" w14:textId="106FD1B9" w:rsidR="00B31BB8" w:rsidRPr="007E4B53" w:rsidRDefault="0030123D" w:rsidP="007E2C7A">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E4B53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -12801,61 +12693,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>BRANITELJE</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="001C467D" w:rsidRPr="009A3EB1" w:rsidSect="00E660E7">
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="75231E5F" w14:textId="77777777" w:rsidR="000C29A7" w:rsidRDefault="000C29A7" w:rsidP="00E660E7">
+    <w:p w14:paraId="06C4867B" w14:textId="77777777" w:rsidR="0051292C" w:rsidRDefault="0051292C" w:rsidP="00E660E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="427D688A" w14:textId="77777777" w:rsidR="000C29A7" w:rsidRDefault="000C29A7" w:rsidP="00E660E7">
+    <w:p w14:paraId="75FFC2AF" w14:textId="77777777" w:rsidR="0051292C" w:rsidRDefault="0051292C" w:rsidP="00E660E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -12926,61 +12818,61 @@
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="0F70CBBF" w14:textId="77777777" w:rsidR="00E660E7" w:rsidRDefault="00E660E7">
     <w:pPr>
       <w:pStyle w:val="Podnoje"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="18F3454D" w14:textId="77777777" w:rsidR="000C29A7" w:rsidRDefault="000C29A7" w:rsidP="00E660E7">
+    <w:p w14:paraId="2B6288AF" w14:textId="77777777" w:rsidR="0051292C" w:rsidRDefault="0051292C" w:rsidP="00E660E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3C7E4ED0" w14:textId="77777777" w:rsidR="000C29A7" w:rsidRDefault="000C29A7" w:rsidP="00E660E7">
+    <w:p w14:paraId="0B1C2C3C" w14:textId="77777777" w:rsidR="0051292C" w:rsidRDefault="0051292C" w:rsidP="00E660E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="48B846C0" w14:textId="7A714369" w:rsidR="009A0599" w:rsidRDefault="009A0599" w:rsidP="009A0599">
     <w:pPr>
       <w:pStyle w:val="Zaglavlje"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
@@ -17789,50 +17681,51 @@
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1187795254">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1640577717">
     <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="1358771912">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="1483233704">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1962608302">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="207692378">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006C0D17"/>
     <w:rsid w:val="00002037"/>
@@ -18145,68 +18038,70 @@
     <w:rsid w:val="00487EB6"/>
     <w:rsid w:val="00491324"/>
     <w:rsid w:val="00492A16"/>
     <w:rsid w:val="00492F68"/>
     <w:rsid w:val="004948AC"/>
     <w:rsid w:val="00495853"/>
     <w:rsid w:val="004A24CB"/>
     <w:rsid w:val="004A2CFA"/>
     <w:rsid w:val="004A3F63"/>
     <w:rsid w:val="004A4C12"/>
     <w:rsid w:val="004A6171"/>
     <w:rsid w:val="004A6362"/>
     <w:rsid w:val="004A6464"/>
     <w:rsid w:val="004A6FC1"/>
     <w:rsid w:val="004A75BF"/>
     <w:rsid w:val="004B1D28"/>
     <w:rsid w:val="004B56A2"/>
     <w:rsid w:val="004B72C2"/>
     <w:rsid w:val="004B7914"/>
     <w:rsid w:val="004B7937"/>
     <w:rsid w:val="004C0F43"/>
     <w:rsid w:val="004C4A8C"/>
     <w:rsid w:val="004D0A22"/>
     <w:rsid w:val="004D264B"/>
     <w:rsid w:val="004D2979"/>
+    <w:rsid w:val="004D2AB9"/>
     <w:rsid w:val="004D34B1"/>
     <w:rsid w:val="004D4AE1"/>
     <w:rsid w:val="004E033C"/>
     <w:rsid w:val="004E1E92"/>
     <w:rsid w:val="004E3806"/>
     <w:rsid w:val="004E5D1D"/>
     <w:rsid w:val="004F3D7D"/>
     <w:rsid w:val="004F49E1"/>
     <w:rsid w:val="004F4DFD"/>
     <w:rsid w:val="004F66F3"/>
     <w:rsid w:val="00500E35"/>
     <w:rsid w:val="005012F5"/>
     <w:rsid w:val="00502EF5"/>
     <w:rsid w:val="00503EA2"/>
     <w:rsid w:val="00507AEC"/>
     <w:rsid w:val="00507D1D"/>
     <w:rsid w:val="00511924"/>
     <w:rsid w:val="005124DC"/>
+    <w:rsid w:val="0051292C"/>
     <w:rsid w:val="00522A2D"/>
     <w:rsid w:val="00523229"/>
     <w:rsid w:val="005239D0"/>
     <w:rsid w:val="00526216"/>
     <w:rsid w:val="005312FC"/>
     <w:rsid w:val="005313FC"/>
     <w:rsid w:val="00531B94"/>
     <w:rsid w:val="00531C4C"/>
     <w:rsid w:val="00537147"/>
     <w:rsid w:val="005413E1"/>
     <w:rsid w:val="005479A8"/>
     <w:rsid w:val="0055124F"/>
     <w:rsid w:val="005523A1"/>
     <w:rsid w:val="00553690"/>
     <w:rsid w:val="00553C36"/>
     <w:rsid w:val="00556CC9"/>
     <w:rsid w:val="00557919"/>
     <w:rsid w:val="005640FF"/>
     <w:rsid w:val="00564E18"/>
     <w:rsid w:val="00565AEC"/>
     <w:rsid w:val="00565D63"/>
     <w:rsid w:val="00566FD4"/>
     <w:rsid w:val="0057024F"/>
     <w:rsid w:val="00570AF7"/>
     <w:rsid w:val="00570B28"/>
@@ -18917,50 +18812,51 @@
     <w:rsid w:val="00F3057B"/>
     <w:rsid w:val="00F35D9F"/>
     <w:rsid w:val="00F35F58"/>
     <w:rsid w:val="00F36A03"/>
     <w:rsid w:val="00F37926"/>
     <w:rsid w:val="00F43561"/>
     <w:rsid w:val="00F43B1E"/>
     <w:rsid w:val="00F44A41"/>
     <w:rsid w:val="00F45C49"/>
     <w:rsid w:val="00F46C68"/>
     <w:rsid w:val="00F50056"/>
     <w:rsid w:val="00F5117B"/>
     <w:rsid w:val="00F52830"/>
     <w:rsid w:val="00F5341A"/>
     <w:rsid w:val="00F53F1C"/>
     <w:rsid w:val="00F545A1"/>
     <w:rsid w:val="00F557D2"/>
     <w:rsid w:val="00F5644F"/>
     <w:rsid w:val="00F5778E"/>
     <w:rsid w:val="00F57E74"/>
     <w:rsid w:val="00F64FC3"/>
     <w:rsid w:val="00F71303"/>
     <w:rsid w:val="00F71A77"/>
     <w:rsid w:val="00F74714"/>
     <w:rsid w:val="00F75AC7"/>
+    <w:rsid w:val="00F771EA"/>
     <w:rsid w:val="00F80D10"/>
     <w:rsid w:val="00F81858"/>
     <w:rsid w:val="00F830CD"/>
     <w:rsid w:val="00F8417A"/>
     <w:rsid w:val="00F86F6E"/>
     <w:rsid w:val="00F876F4"/>
     <w:rsid w:val="00F8787B"/>
     <w:rsid w:val="00F9415F"/>
     <w:rsid w:val="00F94441"/>
     <w:rsid w:val="00F94E8B"/>
     <w:rsid w:val="00F9627A"/>
     <w:rsid w:val="00F9681F"/>
     <w:rsid w:val="00F96FB3"/>
     <w:rsid w:val="00FA073B"/>
     <w:rsid w:val="00FA1857"/>
     <w:rsid w:val="00FA688F"/>
     <w:rsid w:val="00FA7DB7"/>
     <w:rsid w:val="00FB19B3"/>
     <w:rsid w:val="00FB4BA8"/>
     <w:rsid w:val="00FB508E"/>
     <w:rsid w:val="00FB6C7E"/>
     <w:rsid w:val="00FC1DF3"/>
     <w:rsid w:val="00FC42AD"/>
     <w:rsid w:val="00FC6C21"/>
     <w:rsid w:val="00FD00AF"/>
@@ -20160,66 +20056,66 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E855A9A-FCF6-45CC-962B-936951DDAC34}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>4836</Words>
-  <Characters>27567</Characters>
+  <Words>4791</Words>
+  <Characters>27311</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>229</Lines>
+  <Lines>227</Lines>
   <Paragraphs>64</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Naslov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>32339</CharactersWithSpaces>
+  <CharactersWithSpaces>32038</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Maja Ferlindeš</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>